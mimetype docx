--- v0 (2025-11-09)
+++ v1 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e833b98" w14:textId="e833b98">
+    <w:p w14:paraId="30140f1" w14:textId="30140f1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -172,191 +172,191 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1) тармақшасына сәйкес Науырзым аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Науырзым ауданы Шолақсай ауылының 2025-2027 жылдарға арналған бюджеті тиісінше </w:t>
+      1. Шолақсай ауылының 2025-2027 жылдарға арналған бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3-қосымшаларға</w:t>
+        <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 43 902,0 мың теңге, оның iшiнде:</w:t>
+      1) кірістер – 61 115,8 мың теңге, оның iшiнде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер бойынша – 2430,0 мың теңге;</w:t>
+      салықтық түсімдер бойынша – 17 430,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферт түсімдері бойынша – 41 472,0 мың теңге;</w:t>
+      трансферттер түсімі бойынша – 43 685,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 45 586,5 мың теңге;</w:t>
+      2) шығындар – 62 800,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттiк кредиттеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
@@ -387,89 +387,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 1684,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланатын қалдықтары - 1684,5 мың теңге.</w:t>
+      бюджет қаражатының пайдаланатын қалдықтары – 1684,5 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Науырзым ауданы мәслихатының 17.02.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Науырзым ауданы мәслихатының 19.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 190</w:t>
+        <w:t>№ 261</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -707,51 +707,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Науырзым</w:t>
+              <w:t>Науырзым аудандық мәслихатының</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -772,51 +772,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>аудандық мәслихатының</w:t>
+              <w:t>2025 жылғы 5 қаңтардағы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -837,51 +837,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2025 жылғы 05 қаңтардағы</w:t>
+              <w:t>№ 176 шешіміне</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -902,165 +902,98 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 176 шешіміне</w:t>
-[...63 lines deleted...]
-              </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шолақсай ауылының 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Науырзым ауданы мәслихатының 17.02.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Науырзым ауданы мәслихатының 19.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 190</w:t>
+        <w:t>№ 261</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1870,51 +1803,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-43902,0</w:t>
+61115,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2079,51 +2012,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2430,0</w:t>
+17430,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2288,51 +2221,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550,0</w:t>
+15550,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2461,87 +2394,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке табыс салығы</w:t>
-[...35 lines deleted...]
-550,0</w:t>
+Жекғе табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15550,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3020,119 +2953,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...67 lines deleted...]
-Жер салығы</w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3229,119 +3162,119 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...67 lines deleted...]
-Көлiк құралдарына салынатын салық</w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3751,51 +3684,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41472,0</w:t>
+43685,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3960,51 +3893,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41472,0</w:t>
+43685,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4169,4572 +4102,77 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41472,0</w:t>
-[...4154 lines deleted...]
-1684,5</w:t>
+43685,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...342 lines deleted...]
-    <w:bookmarkStart w:name="z27" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
+          <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Шолақсай ауылының 2026 жылға арналған бюджеті</w:t>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -8751,51 +4189,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Санаты</w:t>
+Функционалдық топ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8862,51 +4300,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сыныбы</w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -8981,51 +4419,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Iшкi сыныбы</w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -9132,51 +4570,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ерекшелiгi</w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -9496,296 +4934,296 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-I. Кірістер</w:t>
-[...35 lines deleted...]
-40222,0</w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+62800,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...167 lines deleted...]
-2555,0</w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34821,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9814,187 +5252,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01</w:t>
-[...135 lines deleted...]
-575,0</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34821,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10055,155 +5493,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...103 lines deleted...]
-575,0</w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34821,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10223,405 +5661,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1980,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34821,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-90,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11336,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10641,82 +6079,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...30 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
@@ -10741,96 +6147,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...44 lines deleted...]
-30,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11336,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10891,155 +6329,155 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...103 lines deleted...]
-1260,0</w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11336,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11091,373 +6529,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-600,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5751,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-37667,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11477,573 +6915,825 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-37667,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3584,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-37667,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1643,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1643,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1643,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12072,97 +7762,187 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1642,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12223,279 +8003,364 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...151 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15000,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12513,401 +8378,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-40222,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-29239,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12927,196 +8796,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-29239,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+051</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заңнаманы өзгертуге байланысты жоғары тұрған бюджеттің шығындарын өтеуге төменгі тұрған бюджеттен нысаналы ағымдағы трнасферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13168,164 +9037,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-29239,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13409,2454 +9274,159 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-29239,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ІV. Бюджет тапшылығы (профициті) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-1684,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...2289 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -15986,51 +9556,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+1684,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16329,74 +9899,7736 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="11"/>
+    <w:bookmarkStart w:name="z27" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Шолақсай ауылының 2026 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Iшкi сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40222,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2555,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+575,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыссалығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+575,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1980,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1260,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37667,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37667,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37667,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40222,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29239,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29239,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29239,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29239,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9267,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9267,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9267,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8654,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+613,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1716,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1716,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1716,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1716,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+IV. Бюджет тапшылығы (профициті) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Науырзым</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 05 қаңтардағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 176 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z33" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Шолақсай ауылының 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>