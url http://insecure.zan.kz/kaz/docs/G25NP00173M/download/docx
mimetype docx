--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ecef1aa" w14:textId="ecef1aa">
+    <w:p w14:paraId="3b936b2" w14:textId="3b936b2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,111 +252,111 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 42111,0 мың теңге, оның iшiнде:</w:t>
+      1) кірістер – 43538,0 мың теңге, оның iшiнде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер бойынша – 5299,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферт түсімдері бойынша – 36812,0 мың теңге;</w:t>
+      трансферт түсімдері бойынша – 38239,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 47611,0 мың теңге;</w:t>
+      2) шығындар – 49038,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттiк кредиттеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
@@ -415,61 +415,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Науырзым ауданы мәслихатының 17.02.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қостанай облысы Науырзым ауданы мәслихатының 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 187</w:t>
+        <w:t>№ 247</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -926,7682 +926,87 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z20" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Раздольное ауылының 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Науырзым ауданы мәслихатының 17.02.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы Науырзым ауданы мәслихатының 26.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 187</w:t>
+        <w:t>№ 247</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
-      </w:r>
-[...7594 lines deleted...]
-        <w:t xml:space="preserve"> Раздольное ауылының 2026 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
@@ -9402,51 +1807,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36535,0</w:t>
+43538,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9611,51 +2016,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3693,0</w:t>
+5299,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9820,51 +2225,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-900,0</w:t>
+540,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10029,51 +2434,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-900,0</w:t>
+540,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10238,51 +2643,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2793,0</w:t>
+4759,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10865,51 +3270,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-434,0</w:t>
+700,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11038,87 +3443,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірыңғай жер салығы</w:t>
-[...35 lines deleted...]
-2300,0</w:t>
+Біріңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11283,51 +3688,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32842,0</w:t>
+38239,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11492,51 +3897,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32842,0</w:t>
+38239,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11701,204 +4106,368 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-32842,0</w:t>
+38239,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Кіші функция</w:t>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -11942,82 +4511,114 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -12093,82 +4694,113 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Бағдарлама</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -12306,478 +4938,505 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
-[...14 lines deleted...]
-          <w:p/>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49038,0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-36535,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38873,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-31620,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38873,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12797,196 +5456,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-31620,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38873,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13038,582 +5697,582 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-31620,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38873,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-31620,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9515,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-4228,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9515,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13633,196 +6292,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-4228,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9515,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13874,164 +6533,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-4228,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9304,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14124,541 +6783,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-4008,0</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+211,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-220,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+650,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-687,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+650,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14678,196 +7337,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-687,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+650,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14919,164 +7578,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-687,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+650,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15160,132 +7819,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-687,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15409,88 +8064,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-0,0</w:t>
+              <w:t xml:space="preserve">
+IV. Бюджет тапшылығы (профициті) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-5500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15614,293 +8269,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...203 lines deleted...]
-              </w:rPr>
               <w:t>
 V. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+5500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -16134,74 +8584,7671 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3-қосымша</w:t>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="11"/>
+    <w:bookmarkStart w:name="z25" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Раздольное ауылының 2026 жылға арналған бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Iшкi сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+I. Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36535,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3693,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+900,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+900,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2793,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+434,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2300,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32842,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32842,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+32842,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+II. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36535,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31620,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31620,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31620,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31620,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4228,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4228,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4228,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4008,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+220,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+687,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+687,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+687,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+687,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+III. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+IV. Бюджет тапшылығы (профициті) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+V. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Науырзым аудандық мәслихатының</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 05 қаңтардағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 173 шешіміне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z30" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Раздольное ауылының 2027 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>