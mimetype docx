--- v0 (2025-11-08)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="234cdc9" w14:textId="234cdc9">
+    <w:p w14:paraId="5d88e3e" w14:textId="5d88e3e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"Қостанай қаласы әкімдігінің дене шынықтыру және спорт бөлімі" мемлекеттік мекемесі туралы Ережені бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қостанай облысы Қостанай қаласы әкімдігінің 2025 жылғы 20 қазандағы № 1659 қаулысы</w:t>
+        <w:t>Қостанай облысы Қостанай қаласы әкімдігінің 2025 жылғы 20 қазандағы № 1659 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1482,54 +1482,206 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) дене шынықтыру және спорт іс-шараларын өткізу кезінде қоғамдық тәртіпті және қоғамдық қауіпсіздікті қамтамасыз ету болып табылады;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
     <w:bookmarkStart w:name="z51" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9) дене шынықтыру мен спортты насихаттау, денсаулықты сақтау және нығайту, аурулардың алдын алу, жұмысқа қабілеттілік пен ұзақ өмір сүрудің жоғары деңгейіне қол жеткізу үшін дене шынықтыру компоненттерін практикалық пайдалануда халықтың білім деңгейін, сондай-ақ спорттың гуманистік идеалдары мен құндылықтарын арттыру.</w:t>
+      9) дене шынықтыру мен спортты насихаттау, денсаулықты сақтау және нығайту, аурулардың алдын алу, жұмысқа қабілеттілік пен ұзақ өмір сүрудің жоғары деңгейіне қол жеткізу үшін дене шынықтыру компоненттерін практикалық пайдалануда халықтың білім деңгейін, сондай-ақ спорттың гуманистік идеалдары мен құндылықтарын арттыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-1) дене шынықтыру-сауықтыру және спорт ғимараттарының тізілімін жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-2) халық үшін спорт секцияларының жұмысын қамтамасыз ету және спорттық іс-шараларды өткізу мақсатында білім беру ұйымдарының спорт құрылысжайларын сабақтан тыс және кешкі уақытта пайдалану жөнінде шаралар қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-3) бюджет қаражатының көлемдері шегінде балалар мен жасөспірімдерге арналған спорт секцияларын қаржыландыруға мемлекеттік спорттық тапсырысты бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-4) мемлекеттік спорттық тапсырыстың көрсетілетін қызметтерін берушілердің меншік нысанына, ведомстволық бағыныстылығына, типтері мен түрлеріне қарамастан, балалар мен жасөспірімдерге арналған спорт секцияларында мемлекеттік спорттық тапсырысты орналастыруды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9-5) мемлекеттік спорттық тапсырысты орналастырудың, оның сапасын бақылаудың және мақсатты игерілуінің барлық кезеңі мен рәсімдерінің электрондық және жалпыға қолжетімді форматтарда орындалуын қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 14-тармаққа өзгерістер енгізілді  - Қостанай облысы Қостанай қаласы әкімдігінің 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 2072</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (қол қойылған күнінен бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Мемлекеттік органның, бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2029,55 +2181,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>