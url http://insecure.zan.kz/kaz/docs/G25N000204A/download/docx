--- v0 (2025-11-08)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2056203" w14:textId="2056203">
+    <w:p w14:paraId="d9dc77b" w14:textId="d9dc77b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Техникалық және кәсіптік, орта білімнен кейінгі білімі бар кадрларды даярлауға 2025-2026 оқу жылына арналған мемлекеттік білім беру тапсырысын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қостанай облысы әкімдігінің 2025 жылғы 22 шілдедегі № 204 қаулысы</w:t>
+        <w:t>Қостанай облысы әкімдігінің 2025 жылғы 22 шілдедегі № 204 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Білім туралы" Қазақстан Республикасы Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -766,54 +766,101 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Техникалық және кәсіптік білімі бар кадрларды даярлауға 2025-2026 оқу жылына арналған мемлекеттік білім беру тапсырысы</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Техникалық және кәсіптік білімі бар кадрларды даярлауға 2025-2026 оқу жылына арналған мемлекеттік білім беру тапсырысы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Қостанай облысы әкімдігінің 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 357</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -940,51 +987,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оқу жылында бір білім алушыға жұмсалатын шығыстардың орташа құны (теңге)</w:t>
+Оқу жылында 1 білім алушыға жұмсалатын орташа шығыстар (теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -1169,51 +1216,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-295</w:t>
+269</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1354,51 +1401,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-225</w:t>
+227</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1539,51 +1586,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-225</w:t>
+269</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1909,51 +1956,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2094,51 +2141,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-125</w:t>
+97</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2464,51 +2511,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
+41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2649,51 +2696,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38</w:t>
+33</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3019,51 +3066,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3204,51 +3251,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3389,51 +3436,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3574,51 +3621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75</w:t>
+79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3944,51 +3991,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-484</w:t>
+503</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4129,51 +4176,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75</w:t>
+92</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4314,51 +4361,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4499,51 +4546,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85</w:t>
+101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4684,51 +4731,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+87</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4869,51 +4916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75</w:t>
+68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5054,51 +5101,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+103</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5239,51 +5286,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+52</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5424,51 +5471,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-275</w:t>
+273</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5609,51 +5656,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90</w:t>
+86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5794,51 +5841,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-135</w:t>
+137</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6164,51 +6211,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-247</w:t>
+205</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6349,51 +6396,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+101</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6719,51 +6766,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6904,51 +6951,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7274,51 +7321,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-145</w:t>
+174</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7459,51 +7506,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65</w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7644,51 +7691,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-265</w:t>
+244</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8014,51 +8061,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48</w:t>
+27</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8199,51 +8246,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8754,51 +8801,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-380</w:t>
+331</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9124,51 +9171,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-357</w:t>
+320</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9494,51 +9541,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70</w:t>
+45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9828,159 +9875,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07221400 Жиһаз өндірісі</w:t>
-[...107 lines deleted...]
-336 072</w:t>
+07230100 Тігін өндірісі және киімдерді үлгілеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+216 719</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+442 799</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10013,159 +10060,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07230100 Тігін өндірісі және киімдерді үлгілеу</w:t>
-[...107 lines deleted...]
-442 799</w:t>
+07240300 Пайдалы қазбалар кен орындарын ашық қазу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+84</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164 220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+336 072</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10198,87 +10245,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07240300 Пайдалы қазбалар кен орындарын ашық қазу</w:t>
-[...35 lines deleted...]
-112</w:t>
+07240500 Пайдалы қазбаларды байыту (кен байыту)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10382,88 +10429,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-55</w:t>
+              <w:t xml:space="preserve">
+07310100 Архитектура </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10567,88 +10614,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-25</w:t>
+              <w:t>
+07310300 Жерге орналастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10753,159 +10800,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07310300 Жерге орналастыру</w:t>
-[...107 lines deleted...]
-336 072</w:t>
+07320100 Ғимараттар мен құрылыстарды салу және пайдалану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+198 240</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+404 975</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10938,159 +10985,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07320100 Ғимараттар мен құрылыстарды салу және пайдалану</w:t>
-[...107 lines deleted...]
-404 975</w:t>
+07320700 Автомобиль жолдары мен аэродромдар құрылысы және пайдалану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164 220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+336 072</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11123,87 +11170,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07320700 Автомобиль жолдары мен аэродромдар құрылысы және пайдалану</w:t>
-[...35 lines deleted...]
-75</w:t>
+07321200 Газбен қамтамасыз ету жабдықтары мен жүйелерін құрастыру және пайдалану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11308,159 +11355,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07321200 Газбен қамтамасыз ету жабдықтары мен жүйелерін құрастыру және пайдалану</w:t>
-[...107 lines deleted...]
-336 072</w:t>
+07880100 Стандарттау, метрология және сертификаттау (салалар бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+147 181</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+300 123</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11493,159 +11540,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07880100 Стандарттау, метрология және сертификаттау (салалар бойынша)</w:t>
-[...107 lines deleted...]
-300 123</w:t>
+08110100 Агрономия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+157 573</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+321 193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11678,159 +11725,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08110100 Агрономия</w:t>
-[...107 lines deleted...]
-321 193</w:t>
+08210100 Орман шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+149 803</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+305 653</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11863,159 +11910,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08210100 Орман шаруашылығы</w:t>
-[...107 lines deleted...]
-305 653</w:t>
+08410100 Ветеринария</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+157 573</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+321 193</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12048,159 +12095,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08410100 Ветеринария</w:t>
-[...107 lines deleted...]
-321 193</w:t>
+09120100 Емдеу ісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+857 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+977 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12233,87 +12280,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-09120100 Емдеу ісі</w:t>
-[...35 lines deleted...]
-160</w:t>
+09130100 Мейіргер ісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+244</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12418,87 +12465,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-09130100 Мейіргер ісі</w:t>
-[...35 lines deleted...]
-250</w:t>
+09130200 Акушерлік іс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12603,159 +12650,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-09130200 Акушерлік іс</w:t>
-[...107 lines deleted...]
-977 000</w:t>
+10120100 Шаштараз өнері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164 220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+336 072</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12788,159 +12835,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10120100 Шаштараз өнері</w:t>
-[...107 lines deleted...]
-336 072</w:t>
+10130100 Қонақ үй бизнесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+149 803</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+305 653</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12973,87 +13020,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10130100 Қонақ үй бизнесі</w:t>
-[...35 lines deleted...]
-25</w:t>
+10130200 Тамақтану саласында қызмет көрсетуді ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13158,159 +13205,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10130200 Тамақтану саласында қызмет көрсетуді ұйымдастыру</w:t>
-[...107 lines deleted...]
-305 653</w:t>
+10130300 Тамақтандыруды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+419</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+171 990</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+351 612</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13343,159 +13390,159 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10130300 Тамақтандыруды ұйымдастыру</w:t>
-[...107 lines deleted...]
-351 612</w:t>
+10410200 Темір жолкөлігінде тасымалдауды ұйымдастыру және қозғалысты басқару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+164 220</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+336 072</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13528,87 +13575,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10410200 Темір жолкөлігінде тасымалдауды ұйымдастыру және қозғалысты басқару</w:t>
-[...35 lines deleted...]
-70</w:t>
+10410300 Автомобиль көлігінде тасымалдауды ұйымдастыру және қозғалысты басқару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13647,235 +13694,50 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 336 072</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...183 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -13899,51 +13761,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6734</w:t>
+6440</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14252,63 +14114,113 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z23" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Орта білімнен кейінгі білімі бар кадрларды даярлауға 2025-2026 оқу жылына арналған мемлекеттік білім беру тапсырысы</w:t>
+        <w:t>Орта білімнен кейінгі білімі бар кадрларды даярлауға 2025-2026 оқу жылына арналған мемлекеттік білім беру тапсырысы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - Қостанай облысы әкімдігінің 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 357</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14323,52 +14235,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-№</w:t>
+              <w:t xml:space="preserve">
+№ </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14435,51 +14347,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Оқу жылында бір білім алушыға жұмсалатын шығыстардың орташа құны (теңге)</w:t>
+Оқу жылында 1 білім алушыға жұмсалатын орташа шығыстар (теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -14664,51 +14576,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14849,51 +14761,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15034,51 +14946,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+89</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15219,51 +15131,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+94</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15369,51 +15281,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-210</w:t>
+281</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15445,50 +15357,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -15509,55 +15435,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>