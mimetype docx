--- v0 (2025-11-10)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8be536e" w14:textId="8be536e">
+    <w:p w14:paraId="28eb087" w14:textId="28eb087">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Маңғыстау облысы әкімі аппаратының регламентін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Маңғыстау облысы әкімдігінің 2025 жылғы 5 қыркүйектегі № 188 шешімі</w:t>
+        <w:t>Маңғыстау облысы әкімдігінің 2025 жылғы 5 қыркүйектегі № 188 шешімі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының Әкімшілік рәсімдік-процестік кодексіне, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы", "Терроризмге қарсы іс-қимыл туралы" Қазақстан Республикасының Заңдарына сәйкес Маңғыстау облысының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -201,94 +201,147 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулы оның алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="12000"/>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12000" w:type="dxa"/>
+            <w:tcW w:w="8040" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Маңғыстау облысының әкімі 	Н. Қилыбай</w:t>
+              <w:t xml:space="preserve">      Маңғыстау облысының әкімі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Н. Қилыбай</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
@@ -1309,52 +1362,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Облыс әкімінің орынбасарларының, Аппарат басшысының, оның орынбасарларының, мүдделі бөлімдер мен өзге де мемлекеттік органдардың өтінімдері негізінде залдарда іс-шаралар өткізу кестесін жасау және броньдау Аппараттың істер басқармасы тарапынан апта сайын жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Облыс басшылығының қатысуымен өтетін ресми іс-шараларды 
-дайындау және өткізу тәртібі</w:t>
+        <w:t xml:space="preserve"> 3. Облыс басшылығының қатысуымен өтетін ресми іс-шараларды  дайындау және өткізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Бөлімдер, облыстық басқармалар, Ақтау, Жаңаөзен қалалары мен аудан әкімдіктері, баспасөз хатшысы, облыс әкімінің көмекшілері мен кеңесшілері облыс басшылығының қатысуымен өтетін ресми іс-шараларға сөйленетін сөздер, мақалалар, сұхбаттар жобаларын, сондай-ақ өзге де материалдарды (бұдан әрі – сөйленетін сөздер жобалары) дайындау кезінде осы Регламент талаптарын сақтаулары тиіс.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3196,52 +3248,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Үкімет мәжілістерінің қорытындылары бойынша берілген тапсырмалардың орындалуын бақылауды және мониторингілеуді тиісті бөлімдер жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Облыс әкімінің төрағалығымен өтетін аппараттық кеңестерді 
-дайындау және өткізу тәртібі</w:t>
+      Облыс әкімінің төрағалығымен өтетін аппараттық кеңестерді  дайындау және өткізу тәртібі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Облыс әкімінің төрағалығымен өтетін аппараттық кеңестерге (бұдан әрі – аппараттық кеңес) материалдар дайындауды және өткізуді облыс әкімінің орынбасарлары, аумақтық (келісім бойынша) және облыстың атқарушы органдары, қала мен аудан әкімдіктері, мүдделі бөлімдер жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11555,52 +11606,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       238. Облыстың атқарушы органы басшысының демалысы, сондай-ақ оның уақытша еңбекке жарамсыздығы кезеңінде міндеттерді басшының орынбасарына жүктей отырып, облыс әкімінің тиісті өкімімен ресімделеді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 20. Қызметтік іссапарларға жолдау және мемлекеттік қызметшілердің қызметтік мақсаттарда шетелге шығуы, соның ішінде қайта даярлауға және 
-біліктілігін арттыруға жіберу</w:t>
+        <w:t xml:space="preserve"> 20. Қызметтік іссапарларға жолдау және мемлекеттік қызметшілердің қызметтік мақсаттарда шетелге шығуы, соның ішінде қайта даярлауға және  біліктілігін арттыруға жіберу</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       239. Аппарат қызметкерлерін Қазақстан Республикасының шегінде қызметтік іссапарға жіберу Қазақстан Республикасы Үкіметінің 2000 жылғы 22 қыркүйектегі №1428 қаулысымен бекітілген мемлекеттік бюджет қаражаты есебінен ұсталатын мемлекеттік мекемелердің қызметкерлерін, сондай-ақ Қазақстан Республикасы Парламентінің депутаттарын Қазақстан Республикасының шегіндегі қызметтік іссапарлар туралы Қағидаларда айқындалатын тәртіппен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -11932,87 +11982,229 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       251. ПБҚ (кадр қызметі) ай сайын есепті айдан кейінгі айдың бірі (1) Аппарат басшылығына еңбек тәртібінің жай-күйі туралы ақпаратты ұсынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      252. Кезек күттірмейтін және алдын ала күтілмеген, оның шұғылдығы одан кейін жалпы алғанда Аппараттың (немесе оның жекелеген бөлімшелерінің) қалыпты және үзіліссіз жұмыс істеуіне ықпал ететін жұмыстарды орындау үшін қолданыстағы заңнамада көзделген тәртіппен Аппараттың жекелеген қызметкерлері жұмыс режимінен тыс уақытта шақырылуы мүмкін.</w:t>
+      252. Нақты жұмыс істеген уақытты есепке алуды ұйымдастыру үшін жұмыс уақытын есепке алу табелі жүргізіледі, ол екі данада жасалады, оған ПБҚ (кадр қызметі) басшысы қол қояды, бұдан әрі Облыс әкімі аппаратының басшысы бекітеді және Қаржы және бухгалтерлік есеп бөліміне беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 252 - тармаққа өзгеріс енгізілді - Маңғыстау облысы әкімдігінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(алғашқы ресми жарияланғанкүнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      253. Кезек күттірмейтін және алдын ала күтілмеген, оның шұғылдығы одан кейін жалпы алғанда Аппараттың (немесе оның жекелеген бөлімшелерінің) қалыпты және үзіліссіз жұмыс істеуіне ықпал ететін жұмыстарды орындау үшін қолданыстағы заңнамада көзделген тәртіппен Аппараттың жекелеген қызметкерлері жұмыс режимінен тыс уақытта шақырылуы мүмкін.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бұл жағдайларда Аппарат басшылығының рұқсаты бойынша қызметкерге кезекші автокөлік беріледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-      253. "Маңғыстау облысы әкімі аппараты" мемлекеттік мекемесінің ғимаратына:</w:t>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 253 - тармаққа өзгеріс енгізілді - Маңғыстау облысы әкімдігінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> (алғашқы ресми жарияланғанкүнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      254. "Маңғыстау облысы әкімі аппараты" мемлекеттік мекемесінің ғимаратына:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       -Қазақстан Республикасының Мемлекеттік фельдъегерлік қызметі және Қазақстан Республикасы Мемлекеттік күзет қызметі қызметкерлерін қоспағанда, атыс қаруымен, оларға оқ-дәрілермен, арнайы құралдармен (газды, пневматикалық тапанша, электрошок құралдары, бронежилеттер және т.б.) кіруге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12029,78 +12221,122 @@
       -жарылғыш заттарды, тез әрі жеңіл жанатын сұйықтықтар мен материалдарды алып кіруге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       -Маңғыстау облысы әкімі аппаратының, басқада мемлекеттік органдардың және "Маңғыстау облысы әкімдігінің Іс басқармасы" коммуналдық мемлекеттік мекемесі қызметкерлерін және қала мен аудан әкімдерін қоспағанда, интернет модульдермен және фото-бейнекамералармен жарақтандырылған ұялы телефон, планшет, смарт-сағаттарды, ноутбуктерді алып кіруге және ғимарат ішінде қолдануға тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 254 - тармаққа өзгеріс енгізілді - Маңғыстау облысы әкімдігінің 07.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(алғашқы ресми жарияланғанкүнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 22. Кадрлық қамтамасыз ету</w:t>
+        <w:t xml:space="preserve">  22. Кадрлық қамтамасыз ету</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       255. Бөлімдердің жұмысын ұйымдастыру тікелей олардың басшыларымен қамтамасыз етіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -12766,55 +13002,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>