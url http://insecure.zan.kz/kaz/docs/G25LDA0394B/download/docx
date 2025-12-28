--- v0 (2025-11-13)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d3bba43" w14:textId="d3bba43">
+    <w:p w14:paraId="35aeaa6" w14:textId="35aeaa6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,496 +93,597 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Көшелер мен тұйық көшелерге атау беру және қайта атау туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қызылорда облысы Қазалы ауданы Әйтеке би кенті әкімінің 2025 жылғы 09 қыркүйектегі № 394 шешімі</w:t>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:t>Қызылорда облысы Қазалы ауданы Әйтеке би кенті әкімінің 2025 жылғы 09 қыркүйектегі № 394 шешімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Қазақстан Республикасының әкімшілік-аумақтық құрылысы туралы" Қазақстан Республикасының 1993 жылғы 8 желтоқсандағы Заңының 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Облыстық ономастика комиссиясы отырысының 2025 жылғы 26 тамыздағы қорытындысына сәйкес Қазалы ауданы, Әйтеке би кентінің әкімі ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Әйтеке би кентіндегі келесі көшелеріне:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Ерімбет Көлдебекұлы көшесімен қиылысатын атауы жоқ көшеге "Тәкей Есетовтің" есімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Талант Бөріқұлақов көшесімен қиылысатын атауы жоқ көшеге "Әбжами Байшуақовтың" есімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Дабыл Бекшеұлы көшесімен қиылысатын атауы жоқ көшеге "Нағымет Ыматтың" есімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Әбубәкір Теміровпен қатар жатқан атауы жоқ көшеге "Өмірзақ Ахметовтың" есімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) 5 кварталдағы Қорқыт ата көшесімен қиылысатын Қани Медетбаев көшесімен қатар жатқан атауы жоқ көшеге "Уснадин Сапаровтың" есімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Дабыл Бекшеұлы көшесімен қиылысатын № 8 атауы жоқ көшеге "Ізбасқан Ежегеевтің" есімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) 5 кварталдағы Айдарбек баба көшесімен қатар жатқан атауы жоқ көшеге "Шүкір Оспановтың" есімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
-[...15 lines deleted...]
-      9) Дабыл Бекшеұлы көшесімен қиылысатын №6 атауы жоқ көшеге "Зәйну Таңжарықовтың" есімі;</w:t>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Дабыл Бекшеұлы көшесімен қиылысатын № 5 атауы жоқ көшеге "Данияр Жұпарбаевтың" есімі;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Дабыл Бекшеұлы көшесімен қиылысатын № 6 атауы жоқ көшеге "Зәйну Таңжарықовтың" есімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) 5 кварталдағы Әзімжан Әліпбаев пен Жетес би көшесі аралығындағы атауы жоқ көшеге "Жұмат Рашовтың" есімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Дабыл Бекшеұлы көшесімен қиылысатын № 7 атауы жоқ көшеге "Садуақас Махашовтың" есімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) 2 кварталдағы Жеті Ишан көшесімен қиылысатын Құлмұрат Қуатов көшесімен қатар жатқан атауы жоқ көшеге "Қалдан Бештембековтің" есімі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Әбубәкір Теміровпен қатар жатқан атауы жоқ көшеге "Мағзам Жүрімбетовтің" есімі берілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармаққа орыс тіліндегі мәтінге өзгеріс енгізілді, қазақ тіліндегі мәтіні өзгермейді - Қызылорда облысы Қазалы ауданы Әйтеке би кенті әкімінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Әйтеке би кентіндегі келесі көшелері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Біржан сал" тұйық көшесі "Белкөл" есімімен;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Дәстен Оразымбетов-1" көшесі "Айнакөл" есімімен қайта аталсын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармаққа орыс тіліндегі мәтінге өзгеріс енгізілді, қазақ тіліндегі мәтіні өзгермейді - Қызылорда облысы Қазалы ауданы Әйтеке би кенті әкімінің 02.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 433</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) шешімімен</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешімнің орындалуын бақылауды өзіме қалдырамын.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z23" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы шешім алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -598,51 +699,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Әйтеке би кентінің әкімі </w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әйтеке би кентінің әкімі </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>