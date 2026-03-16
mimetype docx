--- v0 (2025-11-09)
+++ v1 (2026-03-16)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="eac2901" w14:textId="eac2901">
+    <w:p w14:paraId="c8e3eda" w14:textId="c8e3eda">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"Copper Union Group" жауапкершілігі шектеулі серіктестігімен қатты пайдалы қазбаларды барлау жөніндегі операцияларды жүргізу үшін жер учаскелеріне жария сервитут белгілеу туралы</w:t>
+        <w:t>"COPPER MINING INDUSTRY" жауапкершілігі шектеулі серіктестігінің "Қатты пайдалы қазбаларды барлау жөніндегі операцияларды жүргізу үшін жер учаскелеріне қауымдық сервитут белгілеу туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қарағанды облысы Осакаров ауданының әкімдігінің 2025 жылғы 30 қыркүйектегі № 89/03 қаулысы</w:t>
+        <w:t>Қарағанды облысы Осакаров ауданының әкімдігінің 2025 жылғы 30 қыркүйектегі № 89/03 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қаулының тақырыбы жаңа редакцияда - Қарағанды облысы Осакаров ауданының әкімдігінің 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112/03</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Жер кодексінің 17-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5-1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -232,74 +270,198 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы қаулының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес "Copper Union Group" жауапкершілігі шектеулі серіктестігімен қатты пайдалы қазбаларды барлау жөніндегі операцияларды жүргізу үшін 2028 жылдың 06 желтоқсанына дейінгі мерзімге жер учаскелерін алып қоймай, Осакаров ауданының Жансары ауылдық округінің аумағында орналасқан жалпы ауданы 863,078 гектар жер учаскелеріне жария сервитут белгіленсін.</w:t>
+        <w:t xml:space="preserve"> сәйкес "COPPER MINING INDUSTRY" жауапкершілігі шектеулі серіктестігі қатты пайдалы қазбаларды барлау жөніндегі операцияларды жүргізу үшін 2028 жылғы 06 желтоқсанға дейінгі мерзімге Осакаров ауданы Жансары ауылдық округінің аумағында орналасқан жалпы ауданы 863,078 гектар жер учаскелеріне қауымдық сервитут белгіленсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қарағанды облысы Осакаров ауданының әкімдігінің 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112/03</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. "Copper Union Group" жауапкершілігі шектеулі серіктестігі (келісім бойынша) жер учаскелерінің меншік иелері мен жер пайдаланушылардың шығындарын толық көлемде өтеуі қажет. Залалдардың мөлшері мен оларды өтеу тәртібі Қазақстан Республикасының қолданыстағы заңнамасына сәйкес тараптардың келісімімен айқындалсын.</w:t>
+      2. "COPPER MINING INDUSTRY" жауапкершілігі шектеулі серіктестігі (келісім бойынша) жер учаскелерінің меншік иелері мен жер пайдаланушыларға шығындарды толық көлемде өтеуі қажет. Залалдардың мөлшері мен оларды өтеу тәртібі Қазақстан Республикасының қолданыстағы заңнамасына сәйкес тараптардың келісімімен айқындалсын.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - Қарағанды облысы Осакаров ауданының әкімдігінің 10.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 112/03</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. "Осакаров ауданының жер қатынастары бөлімі" мемлекеттік мекемесіне Қазақстан Республикасының заңнамасында белгіленген тәртіппен қамтамасыз ету:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1612,55 +1774,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>