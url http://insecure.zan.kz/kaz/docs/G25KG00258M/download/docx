--- v0 (2025-12-30)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="235220e" w14:textId="235220e">
+    <w:p w14:paraId="bef4861" w14:textId="bef4861">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2026-2028 жылдарға арналған Ақтас кентінің бюджеті туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қарағанды облысы Саран қалалық мәслихатының 2025 жылғы 18 желтоқсандағы № 258 шешімі</w:t>
+        <w:t>Қарағанды облысы Саран қалалық мәслихатының 2025 жылғы 18 желтоқсандағы № 258 шешімі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -228,51 +228,51 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Саран қалалық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. "2026-2028 жылдарға арналған Ақтас кентінің бюджеті </w:t>
+      1. 2026-2028 жылдарға арналған Ақтас кентінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -312,490 +312,548 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2026 жылға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1 қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, келесі көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кірістер – 634 558 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтың түсімдері – 122 104 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 1 210 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 2 398 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімдері – 508 846 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 634 558 мың теңге;</w:t>
+      2) шығындар – 636 885 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      бюджеттік кредиттер– 0 теңге;</w:t>
+        <w:t xml:space="preserve">
+      бюджеттік кредиттер– 0 теңге; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профециті) – 0 теңге;</w:t>
+      5) бюджет тапшылығы (профециті) – -2 327 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 0 теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 2 327 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздардың түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 0 теңге";</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 2 327 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Қарағанды облысы Саран қалалық мәслихатының 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2026 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Саран қаласының бюджетінен кент бюджетіне берілетін субвенциялар көлемі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2026 жылға – 391 446 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2027 жылға – 391 006 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2028 жылға – 416 579 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2026 жылғы 1 қаңтардан бастап қолданысқа еңгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1012,68 +1070,106 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№258 шешіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Ақтас кентінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Қарағанды облысы Саран қалалық мәслихатының 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 271</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2026 бастап қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6115,51 +6211,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-634 558</w:t>
+636 885</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6324,51 +6420,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92 520</w:t>
+93 406</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6533,51 +6629,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91 620</w:t>
+92 506</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6742,51 +6838,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91 620</w:t>
+92 506</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6951,51 +7047,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-90 522</w:t>
+91 408</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7996,51 +8092,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-259 575</w:t>
+261 015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8205,51 +8301,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-259 575</w:t>
+261 015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8414,51 +8510,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-259 575</w:t>
+261 015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9250,51 +9346,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-164 575</w:t>
+166 015</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11095,51 +11191,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Капитальный и средний ремонт автомобильных дорог в городах районного значения, селах, поселках, сельских округах</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарын күрделі және орташа жөндеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11163,224 +11259,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11400,192 +11500,614 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -12835,51 +13357,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 0 </w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -13944,51 +14466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+-2 327</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14021,51 +14543,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+2 327</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -14149,68 +14671,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№258 шешіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Ақтас кентінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -26868,68 +27390,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№258 шешіміне</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2028 жылға арналған Ақтас кентінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>