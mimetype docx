--- v0 (2025-11-15)
+++ v1 (2025-12-30)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f49f48f" w14:textId="f49f48f">
+    <w:p w14:paraId="4800c07" w14:textId="4800c07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Зерттеулердің, консалтингтік көрсетілетін қызметтер мен мемлекеттік тапсырманың құнын айқындау қағидаларын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Сыртқы істер министрінің 2025 жылғы 29 мамырдағы № 11-1-4/323 бұйрығы</w:t>
+        <w:t>Қазақстан Республикасы Сыртқы істер министрінің 2025 жылғы 29 мамырдағы № 11-1-4/323 бұйрығы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Бюджет кодексінің 14-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1839,90 +1839,184 @@
         <w:t>
       күзету бойынша қызметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өрт қауіпсіздігі және арнайы талаптарды сақтау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z60" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3) тармақша жаңа редакцияда  көзделген – ҚР Сыртқы істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/576</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Қазақстан Республикасы "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Кодексінің 369-бабының 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қосылған құн салығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2222,368 +2316,368 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="50"/>
+    <w:bookmarkStart w:name="z66" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көрсетілетін қызметтердің құнының есебі</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z67" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Көрсетілетін қызмет құны мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z67" w:id="51"/>
-[...15 lines deleted...]
-      1. Көрсетілетін қызмет құны мына формула бойынша есептеледі:</w:t>
+    <w:bookmarkStart w:name="z68" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қ = Тш + Бш + ҚҚС, мұнда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z68" w:id="52"/>
-[...15 lines deleted...]
-      Қ = Тш + Бш + ҚҚС, мұнда:</w:t>
+    <w:bookmarkStart w:name="z69" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тш – қызмет көрсетуге тікелей қатысатын қызметкерлердің еңбегіне ақы төлеу және жұмыс берушiлердiң жарналары бойынша шығыстарсыз тікелей шығыстар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z69" w:id="53"/>
-[...15 lines deleted...]
-      Тш – қызмет көрсетуге тікелей қатысатын қызметкерлердің еңбегіне ақы төлеу және жұмыс берушiлердiң жарналары бойынша шығыстарсыз тікелей шығыстар;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бш – қызмет көрсетуге тікелей қатысатын қызметкерлердің еңбегіне ақы төлеу жөніндегі шығыстарды, жұмыс берушiлердiң жарналарын және шартты – тұрақты шығыстарды (бұдан әрі-қызмет құнының бөлінетін бөлігі) қамтитын еңбек шығынына қарай бөлінетін шығыстар;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z70" w:id="54"/>
-[...15 lines deleted...]
-      Бш – қызмет көрсетуге тікелей қатысатын қызметкерлердің еңбегіне ақы төлеу жөніндегі шығыстарды, жұмыс берушiлердiң жарналарын және шартты – тұрақты шығыстарды (бұдан әрі-қызмет құнының бөлінетін бөлігі) қамтитын еңбек шығынына қарай бөлінетін шығыстар;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ҚҚС – қосылған құн салығы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z71" w:id="55"/>
-[...15 lines deleted...]
-      ҚҚС – қосылған құн салығы.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қызмет құнының бөлінетін бөлігі мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z72" w:id="56"/>
-[...15 lines deleted...]
-      2. Қызмет құнының бөлінетін бөлігі мына формула бойынша есептеледі:</w:t>
+    <w:bookmarkStart w:name="z73" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бш = ЕШ * СМ, мұнда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z73" w:id="57"/>
-[...15 lines deleted...]
-      Бш = ЕШ * СМ, мұнда:</w:t>
+    <w:bookmarkStart w:name="z74" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЕШ – қызмет көрсетуге тікелей қатысатын бір қызметкерге адам-сағаттағы еңбек шығындары;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z74" w:id="58"/>
-[...15 lines deleted...]
-      ЕШ – қызмет көрсетуге тікелей қатысатын бір қызметкерге адам-сағаттағы еңбек шығындары;</w:t>
+    <w:bookmarkStart w:name="z75" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      СМ – қызмет көрсетуге тікелей қатысатын қызметкердің сағаттық мөлшерлемесі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z75" w:id="59"/>
-[...15 lines deleted...]
-      СМ – қызмет көрсетуге тікелей қатысатын қызметкердің сағаттық мөлшерлемесі.</w:t>
+    <w:bookmarkStart w:name="z76" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қызмет көрсетуге тікелей қатысатын бір қызметкерге адам-сағаттағы еңбек шығындары мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z76" w:id="60"/>
-[...15 lines deleted...]
-      3. Қызмет көрсетуге тікелей қатысатын бір қызметкерге адам-сағаттағы еңбек шығындары мына формула бойынша есептеледі:</w:t>
+    <w:bookmarkStart w:name="z77" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЕШ = А * Сағ * ЖКО, мұнда:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z77" w:id="61"/>
-[...15 lines deleted...]
-      ЕШ = А * Сағ * ЖКО, мұнда:</w:t>
+    <w:bookmarkStart w:name="z78" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      А – қызметті орындау айларының саны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z78" w:id="62"/>
-[...15 lines deleted...]
-      А – қызметті орындау айларының саны;</w:t>
+    <w:bookmarkStart w:name="z79" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сағ – бір күнгі қызметті орындау сағаттарының саны;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z79" w:id="63"/>
-[...15 lines deleted...]
-      Сағ – бір күнгі қызметті орындау сағаттарының саны;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖКО – тиісті жылға арналған жұмыс уақыты балансына сәйкес жұмыс күндерінің орташа айлық саны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z80" w:id="64"/>
-[...15 lines deleted...]
-      ЖКО – тиісті жылға арналған жұмыс уақыты балансына сәйкес жұмыс күндерінің орташа айлық саны.</w:t>
+    <w:bookmarkStart w:name="z81" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қызмет көрсетуге тікелей қатысатын бір қызметкерге сағаттық мөлшерлеме мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z81" w:id="65"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2626,130 +2720,130 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="66"/>
+    <w:bookmarkStart w:name="z83" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЕА – қызмет көрсетуге тікелей қатысатын қызметкерлердің еңбегіне ақы төлеу бойынша шығыстар, жұмыс берушiлердiң жарналары;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ШТШа – қызмет көрсетуге тікелей қатысатын бір қызметкерге айына келетін шартты-тұрақты шығыстар;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z84" w:id="67"/>
-[...15 lines deleted...]
-      ШТШа – қызмет көрсетуге тікелей қатысатын бір қызметкерге айына келетін шартты-тұрақты шығыстар;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ЖСО – тиісті жылға арналған жұмыс уақытының балансына сәйкес жұмыс сағаттарының орташа айлық саны.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z85" w:id="68"/>
-[...15 lines deleted...]
-      ЖСО – тиісті жылға арналған жұмыс уақытының балансына сәйкес жұмыс сағаттарының орташа айлық саны.</w:t>
+    <w:bookmarkStart w:name="z86" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қызмет көрсетуге тікелей қатысатын бір қызметкерге келетін шартты-тұрақты шығыстар айына мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z86" w:id="69"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2792,90 +2886,90 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="70"/>
+    <w:bookmarkStart w:name="z88" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ШТШж – жылына қызмет көрсетуге тікелей қатысатын бір қызметкерге келетін шартты-тұрақты шығыстар.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z89" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қызмет көрсетуге тікелей қатысатын бір қызметкерге келетін шартты-тұрақты шығыстар жылына мына формула бойынша есептеледі:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z89" w:id="71"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2918,90 +3012,90 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="72"/>
+    <w:bookmarkStart w:name="z91" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ШТШд – даму жоспары бойынша шартты-тұрақты шығыстар;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z92" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      С – қызмет көрсетуге тікелей қатысатын қызметкерлердің саны.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z92" w:id="73"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>