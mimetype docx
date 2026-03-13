--- v1 (2025-12-30)
+++ v2 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4800c07" w14:textId="4800c07">
+    <w:p w14:paraId="a89d47c" w14:textId="a89d47c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1339,50 +1339,88 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z34" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көрсетілетін қызметтерді ұсынуға арналған шығындардың құрылымы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Құрылымына өзгеріс енгізілді – ҚР Сыртқы істер министрінің 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 11-1-4/576</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі) бұйрығымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z35" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Көрсетілетін қызметтерді ұсынуға арналған шығындардың құрылымы мыналарды қамтиды:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z36" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1839,184 +1877,90 @@
         <w:t>
       күзету бойынша қызметтер;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өрт қауіпсіздігі және арнайы талаптарды сақтау;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:p>
-[...94 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) Қазақстан Республикасы "Салық және бюджетке төленетін басқа да міндетті төлемдер туралы (Салық кодексі)" Кодексінің 369-бабының 1-тармағының </w:t>
-[...21 lines deleted...]
-    </w:p>
+      3) Қазақстан Республикасы Салық кодексінің 449-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес қосылған құн салығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2316,368 +2260,368 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="49"/>
+    <w:bookmarkStart w:name="z66" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Көрсетілетін қызметтердің құнының есебі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z67" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z67" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Көрсетілетін қызмет құны мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z68" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z68" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қ = Тш + Бш + ҚҚС, мұнда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z69" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z69" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Тш – қызмет көрсетуге тікелей қатысатын қызметкерлердің еңбегіне ақы төлеу және жұмыс берушiлердiң жарналары бойынша шығыстарсыз тікелей шығыстар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z70" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z70" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бш – қызмет көрсетуге тікелей қатысатын қызметкерлердің еңбегіне ақы төлеу жөніндегі шығыстарды, жұмыс берушiлердiң жарналарын және шартты – тұрақты шығыстарды (бұдан әрі-қызмет құнының бөлінетін бөлігі) қамтитын еңбек шығынына қарай бөлінетін шығыстар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z71" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z71" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ҚҚС – қосылған құн салығы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z72" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z72" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қызмет құнының бөлінетін бөлігі мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z73" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z73" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бш = ЕШ * СМ, мұнда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z74" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z74" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЕШ – қызмет көрсетуге тікелей қатысатын бір қызметкерге адам-сағаттағы еңбек шығындары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z75" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z75" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СМ – қызмет көрсетуге тікелей қатысатын қызметкердің сағаттық мөлшерлемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z76" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z76" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Қызмет көрсетуге тікелей қатысатын бір қызметкерге адам-сағаттағы еңбек шығындары мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z77" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z77" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЕШ = А * Сағ * ЖКО, мұнда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z78" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z78" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       А – қызметті орындау айларының саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z79" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z79" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сағ – бір күнгі қызметті орындау сағаттарының саны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z80" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z80" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖКО – тиісті жылға арналған жұмыс уақыты балансына сәйкес жұмыс күндерінің орташа айлық саны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z81" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z81" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Қызмет көрсетуге тікелей қатысатын бір қызметкерге сағаттық мөлшерлеме мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkEnd w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2720,130 +2664,130 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z83" w:id="65"/>
+    <w:bookmarkStart w:name="z83" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЕА – қызмет көрсетуге тікелей қатысатын қызметкерлердің еңбегіне ақы төлеу бойынша шығыстар, жұмыс берушiлердiң жарналары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z84" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z84" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ШТШа – қызмет көрсетуге тікелей қатысатын бір қызметкерге айына келетін шартты-тұрақты шығыстар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z85" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z85" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ЖСО – тиісті жылға арналған жұмыс уақытының балансына сәйкес жұмыс сағаттарының орташа айлық саны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z86" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z86" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Қызмет көрсетуге тікелей қатысатын бір қызметкерге келетін шартты-тұрақты шығыстар айына мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkEnd w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2886,90 +2830,90 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z88" w:id="69"/>
+    <w:bookmarkStart w:name="z88" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ШТШж – жылына қызмет көрсетуге тікелей қатысатын бір қызметкерге келетін шартты-тұрақты шығыстар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z89" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z89" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Қызмет көрсетуге тікелей қатысатын бір қызметкерге келетін шартты-тұрақты шығыстар жылына мына формула бойынша есептеледі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -3012,144 +2956,144 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="71"/>
+    <w:bookmarkStart w:name="z91" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ШТШд – даму жоспары бойынша шартты-тұрақты шығыстар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z92" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z92" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       С – қызмет көрсетуге тікелей қатысатын қызметкерлердің саны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>