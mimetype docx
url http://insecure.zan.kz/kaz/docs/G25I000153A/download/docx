--- v0 (2025-12-25)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a2e1f5a" w14:textId="a2e1f5a">
+    <w:p w14:paraId="a048d3b" w14:textId="a048d3b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -6559,3918 +6559,3568 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 3-қосымша жаңа редакцияда - Жетісу облысы әкімдігінің 19.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 405</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z311" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Жетісу облысының білім басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
+        <w:t xml:space="preserve"> "Жетісу облысының білім басқармасы" мемлекеттік мекемесінің Ережесі 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z312" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Жетісу облысының білім басқармасы" мемлекеттік мекемесі (бұдан әрі – Басқарма) Жетісу облысы аумағындағы мектеп жасына дейінгі оқыту мен тәрбие беру, қосымша білім беру, бастауыш, негізгі және жалпы орта білім беру, техникалық және кәсіптік, орта білімнен кейінгі білім беру, білім беру қызметкерлерінің біліктілігін арттыру және оларды қайта даярлау, балалардың құқықтарын қорғау, сондай-ақ кәмелетке толмағандарға қатысты қамқоршылық және қорғаншылық салаларындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Басқарманың ведомстволары жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасы Президенті мен Үкіметінің актілеріне, өзге де нормативтік-құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлері және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Қабанбай батыр көшесі, 26.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Басқарма қызметін қаржыландыру Қазақстан Республикасының заңына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12. Басқарманың өз өкілеттіктері болып саналатын міндеттерін орындау бойынша кәсіпкерлік субъектілермен шарттық қатынастарға түсуіне тыйым салынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
-[...276 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
-    <w:bookmarkStart w:name="z327" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-    <w:bookmarkStart w:name="z328" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) азаматтардың білім алуға конституциялық құқығын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z330" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) өңірлік, демографиялық және басқа ерекшеліктерді ескере отырып, мектеп жасына дейінгі оқыту мен тәрбие беру, қосымша білім беру, бастауыш, негізгі, негізгі орта және жалпы орта білім беру, техникалық және кәсіптік, орта білімнен кейінгі білім беру мәселелері бойынша бірыңғай мемлекеттік саясатты жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) облыста білім жүйесінің қызметін мемлекеттік қамтамасыз ету, қоғам талабының өзгерісіне сай жаңа әлеуметтік-экономикалық жағдайларға сәйкес оның дамуын әлеуметтік қорғау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
-    <w:bookmarkStart w:name="z331" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) балалар мен оқушы жастардың, білім саласындағы қызметкерлердің әлеуметтік қорғалуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
-    <w:bookmarkStart w:name="z332" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) Қазақстан Республикасының Конституциясын, Баланың құқықтары туралы конвенцияны, Қазақстан Республикасының "Неке (ерлі-зайыптылық) және отбасы туралы" Кодексін, Қазақстан Республикасының "Білім туралы", "Қазақстан Республикасындағы баланың құқықтары туралы" Заңдарын және балалардың құқықтары мен заңды мүдделерін қорғау мәселелері бойынша өзге де заңнамалық және нормативтік құқықтық актілерді іске асыруды қамтамасыз ету; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z333" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) аудандық (қалалық) білім бөлімдерімен бірлесе отырып, ата-анасының қамқорлығынсыз қалған кәмелетке толмаған балаларды қамқорлық пен қорғаншылыққа алуды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z334" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) орта мектеп бітіруші түлектерін жұмысқа орналастыру және оларға кәсіптік-техникалық білім беру мәселелерін шешу жөніндегі аудандық, қалалық білім бөлімдерінің жұмысын жетілдіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z335" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) облыстың білім беру саласында кадр саясатын қалыптастыру: орта білімді реформалау және нарықтық қатынастар жағдайында кадрларды қайта даярлау және педагогикалық қызметкерлердің біліктілігін жоғарылатуды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z336" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) облыстық білім беру органдарының қоғаммен, ақпарат құралдарымен, басқа да мемлекеттік және жергілікті басқару органдарымен бірлескен жұмысының аясын кеңейту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z337" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z338" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) құқықтары: </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z339" w:id="328"/>
+      1) Құқықтары: </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       халықты жұмыспен қамту және әлеуметтік бағдарламалар басқармасымен, барлық тиісті мекемелер және ұйымдарымен бірлесіп, жастар мен жұмыстан босағандардың қажетіліктерін ескере отырып, өңірлік кәсіптік білім беру бағдарламасын әзірлейді және жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
-    <w:bookmarkStart w:name="z340" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        оқушыларды, тәрбиенушілерді және педагогикалық қызметкерлерді материалдық қамтамасыз етудің нормаларын, түрлерін және қосымша жеңілдіктер белгілеу жөнінде ұсыныс әзірлейді, сонымен қатар, оқушыларды оқыту және тәрбиелеу жөніндегі әлеуметтік-кепілдеме нормативтерін өзгерту туралы ұсыныс береді және ол мәселені облыс әкімдігінде көтереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z343" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыстық әкімдіктің қарауына білім беру ұйымдарының материалдық-техникалық базасын сақтау және дамыту жөнінде ұсыныстар әзірлейді және енгізеді. Білім беру ұйымдарын салуға, қайта жаңартуға, күрделі жөндеуге ұсыныстарды жоспарлап, орналастырады. Облыстық әкімдікке білім беру жүйесінің жаңа объектілерін салуды және жобалауды ұйымдастыру бойынша ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      экономика және бюджеттік жоспарлау басқармасымен бірлесіп, жергілікті ерекшеліктерді ескере отырып, барлық түрдегі білім мекемелерінде балаларды оқытуға қажетті әлеуметтік-кепілдеме нормативін жасайды және оны аудандық, қалалық білім бөлімдеріне жеткізеді. Жергілікті атқарушы органдарға білім беру бюджетінің жобасы бойынша ұсыныс енгізеді. Өңірлік білім жүйесінің қаржыландыруына талдау жасайды. Қазақстан Республикасының Оқу-ағарту министрлігіне, облыстық әкімдікке білім саласындағы мақсатты бағдарламаларды қаржыландыру мәселесі жөнінде ұсыныс жасайды, сонымен қатар, облыс аумағында орналасқан республикалық бағыныстағы объектілердің қаржыландырылуын қадағалайды. Өңірлік білім жүйесінің экономикалық механизмін жетілдіреді;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        облыста жаңа ақпарат жүйелерін әзірлейді және құрады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z345" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Біліммен мемлекеттік басқару жүйесін дамытады және жетілдіреді. Диагностика, талдау және алдын-ала болжау негізіне сүйене отырып, құрылымды қалыптастыру жөнінде ұсыныс жасайды;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Басқарманың қармағындағы мемлекеттік мекемелерді және кәсіпорындарды құру, қайта құру, қайта атау және тарату бойынша облыс әкімдігіне ұсыныстар енгізеді және олардың Жарғылары мен Ережелерін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z346" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Басқармаға жүктелген функцияларды жүзеге асыру үшін белгіленген тәртіппен атқарушы органдардан, сондай-ақ ұйымдар, мекемелер мен кәсіпорындар, меншік нысанына қарамастан, қажетті құжаттар, ақпараттар, мәліметтер, анықтамалық және өзге материалдар сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
-    <w:bookmarkStart w:name="z347" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        жедел басқару құқығындағы мүлікті пайдалануды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z348" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Басқарма құзыретіне кіретін мәселелер бойынша белгіленген тәртіпте конференциялар, семинарлар, кеңестер мен кездесулер ұйымдастыру және өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z349" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        ішкі пайдалану үшін пайдаланылатын ұсынылған құжаттардың көшірмелерін растау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z350" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Басқарма құзыретіне кіретін мәселелер бойынша әдістемелік құралдар шығару, ақпараттық-түсіндіру жұмыстарын жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z351" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Басқарма құзыретіне кіретін мәселелер бойынша құзыреті шегінде лауазымды тұлғалармен, қоғамдық ұйымдармен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z352" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        өз құзыреті шегінде шарттар, келісімдер жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z353" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        білім беру мәселелерімен айналысатын мемлекеттік органдардан, білім беру ұйымдарында, мамандарды даярлауды, қайта даярлауды және біліктілігін арттыруды жүзеге асыратын әртүрлі ұйымдардың оқу курстарынан бітірушілердің жұмысқа орналасуы туралы мәліметтерді, оқыту жүргізілетін кәсіптер (мамандықтар), нақты кәсіптер (мамандықтар) бойынша даярланған және даярлауға жоспарланған мамандар саны туралы ақпаратты сұрату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z357" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Облыс көлемінде оқыту, тәрбиелеу, оқушылар өмірі мен денсаулығын қорғау мәселелері бойынша жүргізіліп жатқан эксперименттерді ғылыми-әдістемелік және психологиялық-медициналық-педагогикалық жағынан қамтамасыз етеді. Аудандық, қалалық білім бөлімдері мен облыстағы жалпы білім беретін мекемелерге көмек көрсететін психологиялық-педагогикалық, әлеуметтік, заң және диагностикалық орталықтар құрады (уақытша, түпкілікті, бюджеттік, бюджеттен тыс). Облыста білім саласында жаңалық енгізуге, оқыту мен тәрбиелеу жөнінде жаңа технология ендіру үшін сынақ алаңдарын ұйымдастырады. Жаңалықтардың кешенді, сарапталуын ұйымдастырады, жаңа оқу жоспарын, оқу бағдарламаларын, педагогикалық және басқару жаңалықтарын сынақтан өткізеді. Оларды іске асыру жөнінде ұсыныс жасайды. Қазақстан Республикасының Оқу-ағарту министрлігіне жаңа бағдарламалық-әдістемелік қамтамасыз ету туралы ұсыныс жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      облыстағы білім мекемелерінің педагогикалық және басшылық мамандармен қамтамасыз етілуін зерттейді және олардың жаңа мамандар әзірлеуге сұранысын болжауды жүзеге асырады. Жоғары оқу орындары, колледждер, мамандар кәсіби біліктілігін арттыратын және қайта даярлайтын мекемелермен бірлесе облыстық педагогикалық білім беру қызметкерлерінің жүйесін құрады және жетілдіреді. Облыстық білім мекемелерінің басшылары мен педагог мамандарды аттестациядан өткізеді, білім беру органдары мен мекемелерінде аттестациялау ережесінің сақталуына бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-       өз құзыреті аясында білім мекемелерін оқулықтармен, оқу-әдістемелік әдебиеттермен қамтамасыз етеді. Қазақстан Республикасы Оқу-ағарту министрлігіне оларды басу, қайта басу жөнінде жоспар-ұсыныс әзірлейді. Мектепалды, бастауыш, жалпы орта және негізгі орта мектептерге жалпы білім беретін оқулықтарды тарататын аудандық және қалалық білім бөлімдерінің оқулықтар мен оқу-әдістемелік кешендермен қамтамасыз ету ісіне бақылау жасайды; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z358" w:id="347"/>
+       өз құзыреті аясында білім мекемелерін оқулықтармен, оқу-әдістемелік әдебиеттермен қамтамасыз етеді. Қазақстан Республикасының Оқу-ағарту министрлігіне оларды басу, қайта басу жөнінде жоспар-ұсыныс әзірлейді. Мектепалды, бастауыш, жалпы орта және негізгі орта мектептерге жалпы білім беретін оқулықтарды тарататын аудандық және қалалық білім бөлімдерінің оқулықтар мен оқу-әдістемелік кешендермен қамтамасыз етілу ісіне бақылау жасайды; </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма алқасының, өңірлік комиссияның отырыстарында меншік нысанына қарамастан ұйымдар, кәсіпорындар мен мекемелер басшыларының Басқарма құзыретіне жататын мәселелер бойынша есептерін тыңдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z359" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Басқарма құзыретіне кіретін мәселелерді талқылау бойынша комиссиялар мен жұмыс топтарының жұмысына қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z361" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Басқарма құзыретіне кіретін мәселелер бойынша түсініктемелер беру;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Басқарманың мүдделерін мемлекеттік органдарда, сотта білдіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z362" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Қазақстан Республикасының заңнамалық актілерінде көзделген өкілеттіктер шегінде өзге де құқықтар мен міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z363" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-[...1180 lines deleted...]
-    <w:bookmarkStart w:name="z423" w:id="412"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) тиісті облыс аумағында білім беру саласындағы мемлекеттік саясатты іске асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органымен және білім беру саласындағы уәкілетті органмен келісім бойынша аудандардың (облыстық маңызы бар қалалардың) білім бөлімдерінің бірінші басшыларын лауазымға тағайындайды және лауазымнан босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазақстан Республикасы заңнамасында, сондай-ақ білім беру саласындағы уәкілетті орган айқындаған тәртіппен ведомстволық бағынысты мемлекеттік білім беру ұйымдарының басшыларын қызметке тағайындайды және қызметтен босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) облыс аудандарының, облыстық маңызы бар қалалардың білім бөлімдерін әкімшілендіру және қаржыландыру функцияларын орындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) техникалық және кәсіптік, орта білімнен кейінгі білім беруді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) балаларды арнайы оқу бағдарламалары бойынша оқытуды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) мамандандырылған білім беру ұйымдарында дарынды балаларды оқытуды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) облыс аумағында мектепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі, орта, жалпы орта, сондай-ақ қосымша білім беруді ұйымдастырады және оған жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) білім туралы мемлекеттік үлгідегі құжаттардың бланкілеріне тапсырыс беруді және негізгі орта, жалпы білімнің жалпы білім беретін оқу бағдарламаларын және техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарын солармен қамтамасыз етуді ұйымдастырады және олардың пайдаланылуына бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасының заңнамасында белгіленген тәртіппен, облыстың жергілікті атқарушы органдарына білім беру саласындағы уәкілетті органмен келісу бойынша аудандардың, облыстық маңызы бар қалалардың білім бөлімдерінің ұсынуы бойынша мектепке дейінгі тәрбие және оқыту, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын және балаларға қосымша білім беру бағдарламаларын іске асыратын мемлекеттік білім беру ұйымдарын, мамандандырылған жалпы білім білім беретін және арнайы оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын, мамандандырылған жалпы білім беретін іске асыратын мемлекеттік білім беру ұйымдарын құру, қайта ұйымдастыру және тарату туралы ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) аудандардың, облыстық маңызы бар қалалардың білім бөлімінің ұсынысы бойынша қолданыстағы заңнаманың талаптарын ескере отырып, мектепке дейінгі тәрбие мен оқытуға мемлекеттік білім беру тапсырысының мөлшерін, сондай ата-ананың ақы төлеу мөлшерін облыстың жергілікті атқарушы органдарының бекітуіне енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) мемлекеттік білім беру ұйымдарында орта білім беруге мемлекеттік білім беру тапсырысын облыстың жергілікті атқарушы органдарының бекітуіне енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) техникалық және кәсіптік, орта білімнен кейінгі білімі бар кадрларды даярлауға арналған мемлекеттік білім беру тапсырысын облыстың жергілікті атқарушы органдарының бекітуіне енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) жоғары және жоғары оқу орнынан кейінгі білімі бар кадрларды даярлауға арналған мемлекеттік білім беру тапсырысын облыстың жергілікті атқарушы органдарының бекітуіне енгізеді</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) мүдделі ұйымдардың ұсыныстарын ескере отырып, техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білімі бар кадрларды даярлауға арналған мемлекеттік білім беру тапсырысын орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) білім алушылардың ұлттық бірыңғай тестілеуге қатысуын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) облыстың білім беру саласындағы кадр саясатын іске асырады, сондай-ақ білім беру саласындағы уәкілетті орган айқындаған тәртіппен білім беру ұйымдарының басшыларын тағайындау үшін педагогтерді аттестаттауды, тестілеуді өткізеді және ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын, сондай-ақ мамандандырылған жалпы білім беретін және арнайы оқу бағдарламаларын (қылмыстық-атқару жүйесінің түзеу мекемелеріндегі білім беру ұйымдарын қоспағанда) іске асыратын мемлекеттік білім беру ұйымдарын материалдық-техникалық қамтамасыз етуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) жыл сайын 1 тамызға дейін мектепалды даярлықтың, бастауыш, негізгі, орта, жалпы орта білім беретін оқу бағдарламаларын, мамандандырылған жалпы білім беретін және арнайы оқу бағдарламаларын, техникалық және кәсіптік білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары үшін білім беру органдары оқу жылына болжайтын көлемде оқулықтар мен оқу-әдістемелік кешендерді сатып алуды және жеткізуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) орындаушылар конкурстары мен кәсіби шеберлік конкурстарының жалпы білімі беретін пәндері бойынша облыстық мектеп олимпидаларын және ғылыми жобалар конкурстарын ұйымдастыруды және өткізуді қамтамасыз етеді, сондай-ақ балалар мен педагогтар арасында олимпиадалар мен конкурстар өткізуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) облыстық деңгейлерде жүзеге асырылатын балаларға қосымша білім беруді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) бюджет қаражаты есебінен қаржыландырылатын мемлекеттік білім беру ұйымдарының кадрларын қайта даярлауды және қызметкерлердің біліктілігін арттыруды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23) балалар мен жасөспірімдердің зерттеп-қарауды және психологиялық-медициналық-педагогикалық консультациялық көмек көрсетуді үйлестіреді және қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24) дамуында проблемалары бар балалар мен жасөспірімдерді оңалтуды және әлеуметтік бейімдеуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25) жетім балалар мен ата-анаcының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында тәрбиеленетін жетім балаларды, сондай-ақ ата-анаcының қамқорлығынсыз қалған балаларды белгіленген тәртіппен мемлекеттік қамтамасыз етуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26) техникалық және кәсіптік, орта білімнен кейінгі, жоғары және жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарын мемлекеттік білім беру тапсырысы негізінде бітірген адамдарды жұмысқа орналастыруға жәрдемдеседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27) берілген өтінімдерге сәйкес кейіннен жұмысқа орналастыра отырып, ауылдық жердің кадрлар қажетсінуі туралы өтінімді білім беру саласындағы уәкілетті органдарға жыл сайын 15 сәуірге дейін ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28) облыс мәслихатына білім алушылардың қоғамдық көлікте (таксиден басқа) жеңілдікпен жол жүруі туралы жергілікті атқарушы орган арқылы ұсыныс енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29) білім беру мониторингін жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30) жыл сайын белгіленген мерзімдерде білім саласындағы уәкілетті органның ақпараттандыру объектілерінде статистикалық байқаулар деректерін жинауды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) кәмелетке толмағандарды бейімдеу орталықтарының және өмірлік қиын жағдайда жүрген балаларды қолдау орталықтарының жұмыс істеуін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32) кәмелетке толмағандарды бейімдеу орталықтарында және өмірлік қиын жағдайда жүрген балаларды қолдау орталықтарында ұсталатын адамдарға жағдай жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33) облыс білім басқармасына ведомстволық бағыныстағы білім беру ұйымдарында қамқоршылық кеңестерге жәрдем көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34) облыс білім басқармасына ведомстволық бағыныстағы білім беру ұйымдарында Қазақстан Республикасының заңнамасында көзделген тәртіппен білім алушылардың жекелеген санаттарын жеңілдікпен тамақтандыруды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35) ведомстволық бағынысты мемлекеттік білім беру ұйымдарының тарификациялық тізімдерін, штат кестесін, жұмыс оқу жоспарларын, сондай –ақ сынып-жинақтардың, олардағы топтардың санын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36) облыстың мемлекеттік білім беру ұйымдарының кадрмен қамтамасыз етуді ұйымдастырады және жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) конкурстардың өткізілуін қамтамасыз етеді, конкурс жеңімпаздарына – мемлекеттік орта білім беру ұйымдарына "Орта білім беретін үздік ұйым" грантын төлеуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38) негізгі орта, жалпы орта білім беру ұйымдарында, мамандырылған және арнайы жалпы білім беретін оқу бағдарламаларын, сондай-ақ мәдениет және өнер, дене шынықтыру және спорт мамандықтары бойынша техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында экстернат нысанында оқытуға рұқсат береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39) облыстық әдістемелік кабинеттің (орталықтың) материалдық-техникалық базасын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40) орта білім беру ұйымдарындағы психологиялық қызметтің жұмыс істеу қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41) білім беру ұйымдарының ішкі тәртіптемесінің үлгілік қағидаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42) дуальды оқыту бойынша білікті жұмысшы кадрлар мен орта буын мамандарын даярлауды ұйымдастыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43) конкурстардың өткізілуін қамтамасыз етеді, конкурс жеңімпаздарына – мемлекеттік техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарына "Техникалық және кәсіптік, орта бiлiмнен кейінгі білім беретін үздiк ұйым" грантын төлеуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44) облыстың білім беру ұйымдарында ерекше білім беруіне қажеттілігі бар адамдардың (балалардың) білім алу үшін арнайы жағдайлар жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45) білім беру саласында мемлекеттік қызметтер көрсетеді және үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46) облыстың коммуналдық қазыналық білім беру кәсіпорындары өндіретін және өткізетін тауарлардың (жұмыстардың, көрсетілетін қызметтердің) бағаларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47) облыстың жергілікті атқарушы органына мемлекеттік қызметшілердің, аудандардың (облыстық маңызы бар қалалардың) білім бөлімдерінің штат санын бекіту туралы ұсыныстар енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48) аудандардың, облыстық маңызы бар қалалардың білім бөлімдерінің: басшының орынбасарының, бас бухгалтердің және әдістемелік кабинетті бастаушының жекелеген лауазымдарын (азаматтық қызметшілерін) тағайындауға келісім береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49) ауданның (облыстық маңызы бар қаланың) білім бөлімі басшысының ұсынуы бойынша аудандардың, облыстық маңызы бар қалалардағы білім бөлімінің құрылымын келіседі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50) білім беру саласындағы уәкілетті органмен келісім бойынша облыстың білім беруді басқару құрылымын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51) ауданның (облыстық маңызы бар қаланың) білім бөлімдерінің бірінші басшыларын және мемлекеттік білім беру ұйымдарының бірінші басшыларын тәртіптік жауаптылыққа тартады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52) неғұрлым ерекшеленген білім беру қызметкерлерін көтермелейді және Қазақстан Республикасының заңнамасында белгіленген тәртіппен мемлекеттік және ведомстволық наградалармен, жергілікті атқарушы органның ерекшелік белгілерімен марапаттауға, құрметті атақтар беруге кандидатураларды ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53) мектепке дейiнгi тәрбие мен оқытуға мемлекеттiк бiлiм беру тапсырысын орналастыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      54) білім туралы мемлекеттік үлгідегі құжаттардың бланкілеріне тапсырыс беруді және негізгі орта, жалпы білімнің жалпы білім беретін оқу бағдарламаларын және техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарын солармен қамтамасыз етуді ұйымдастырады және олардың пайдаланылуына бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55) мектепке дейiнгi тәрбие мен оқытуға мемлекеттiк бiлiм беру тапсырысын, ата-ана төлемақысының мөлшерін бекiтедi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56) облыстық және аудандық (облыстық маңызы бар қала) ауқымдарда жалпы білім беретін пәндер бойынша мектеп олимпиадаларын және ғылыми жобалар конкурстарын, облыстық ауқымда орындаушылар конкурстары мен кәсіби шеберлік конкурстарын, аудандық (қалалық) ауқымдағы конкурстар, облыстық және аудандық (облыстық маңызы бар қала) ауқымдарда бастапқы әскери даярлық бойынша жарыстар ұйымдастыруды және өткізуді қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57) тиісті қаржы жылына арналған жергілікті бюджеттерде бекітілген бюджет қаражатының көлемдері шегінде мүмкіндігі шектеулі балаларды арнаулы психологиялық-педагогикалық қолдауға мемлекеттік білім беру тапсырысын бекітеді және орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58) тиісті қаржы жылына арналған жергілікті бюджеттерде бекітілген бюджет қаражатының көлемдері шегінде бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын жүзеге асыратын жекеменшік білім беру ұйымдарына мемлекеттік білім беру тапсырысын бекітеді және орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59) білім беру саласындағы жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасында жүктелетін және оларға қайшы келмейтін өзге де функцияларды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="412"/>
-    <w:bookmarkStart w:name="z424" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруға дербес жауапты болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="413"/>
-    <w:bookmarkStart w:name="z425" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="414"/>
-    <w:bookmarkStart w:name="z426" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="415"/>
-    <w:bookmarkStart w:name="z427" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="416"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z430" w:id="419"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) басқарма басшысы орынбасарларын облыс әкімінің келісімімен тағайындайды және жұмыстан босатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) басқармаға, оның құрылымдық бөлімшелері мен бағынысындағы мекемелерге басшылық етеді.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) білім жүйесіндегі мекемелер мен барлық бөлімшелер үшін орындалуы міндетті болып саналатын, басқарманың құзырына жататын бұйрықтар, нұсқаулар шығарады, алқа шешімін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="419"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z433" w:id="422"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       4) белгіленген тәртіпке сәйкес білім басқармасының құзыретіне кіретін мәселелер бойынша шешімдердің жобаларын облыстық әкімдіктің қарауына ұсыныс енгізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       5) облыс әкімі бекіткен құрылым мен аппараттық штат кестесіне сәйкес оның құрылымдық бөлімшелері туралы ережені, аппарат қызметкерлерінің лауазымдық нұсқаулықтарын, басқарманың жұмыс регламентін, сондай-ақ білім басқармасының аппаратын, облыстық білім беру қазыналық кәсіпорындарды ұстауға шығындар сметасын, облыстық білім мекемелері педагогикалық қызметкерлерінің жаңа оқу жылына арналған тарификациялық тізімін бекітеді;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мемлекеттік бос лауазымдарға орналасу үшін кадрларды іріктеу конкурсының өткізілуін қамтамасыз етуді, мемлекеттік қызметшілердің ант қабылдауын, аттестациядан өтуін ұйымдастыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="422"/>
-    <w:bookmarkStart w:name="z434" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) лимиттен тыс жасалған келісімге жауапкершілікте болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="423"/>
-    <w:bookmarkStart w:name="z435" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) басқармада жемқорлыққа қарсы бағытталған шараларды қабылдайды және жемқорлыққа қарсы шараларды қабылдамағаны үшін дербес жауапкершілікте болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="424"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z437" w:id="426"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="426"/>
-    <w:bookmarkStart w:name="z438" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z439" w:id="428"/>
+      21. Басқарманың заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="428"/>
-    <w:bookmarkStart w:name="z440" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z441" w:id="430"/>
+      22. Басқармаға бекітілген мүлік коммуналдық меншікке жатады. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z442" w:id="431"/>
+      23. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="431"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z444" w:id="433"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма қарамағындағы ұйымдардың тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="433"/>
-    <w:bookmarkStart w:name="z445" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)"Жетісу облысы білім басқармасының Ақсу ауданы бойынша білім бөлімі" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="434"/>
-    <w:bookmarkStart w:name="z446" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)"Жетісу облысы білім басқармасының Алакөл ауданы бойынша білім бөлімі" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="435"/>
-    <w:bookmarkStart w:name="z447" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)"Жетісу облысы білім басқармасының Ескелді ауданы бойынша білім бөлімі" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="436"/>
-    <w:bookmarkStart w:name="z448" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)"Жетісу облысы білім басқармасының Қаратал ауданы бойынша білім бөлімі" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="437"/>
-    <w:bookmarkStart w:name="z449" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)"Жетісу облысы білім басқармасының Кербұлақ ауданы бойынша білім бөлімі" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="438"/>
-    <w:bookmarkStart w:name="z450" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6)"Жетісу облысы білім басқармасының Көксу ауданы бойынша білім бөлімі" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="439"/>
-    <w:bookmarkStart w:name="z451" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7)"Жетісу облысы білім басқармасының Панфилов ауданы бойынша білім бөлімі" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="440"/>
-    <w:bookmarkStart w:name="z452" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8)"Жетісу облысы білім басқармасының Сарқан ауданы бойынша білім бөлімі" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="441"/>
-    <w:bookmarkStart w:name="z453" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9)"Жетісу облысы білім басқармасының Талдықорған қаласы бойынша білім бөлімі" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="442"/>
-    <w:bookmarkStart w:name="z454" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10)"Жетісу облысы білім басқармасының Текелі қаласы бойынша білім бөлімі" мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="443"/>
-    <w:bookmarkStart w:name="z455" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11)"Жетісу облысының білім баскармасы" мемлекеттік мекемесінің "Әдістемелік орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="444"/>
-    <w:bookmarkStart w:name="z456" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12)"Жетісу дарыны" облыстық дарынды балалар мен талантты жастарды анықтау және қолдау оқу-әдістемелік орталығы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="445"/>
-    <w:bookmarkStart w:name="z457" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Дене тәрбиесі, спорт, алғашқы әскери дайындығы және қосымша білім берудің ғылыми тәжірибелік орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="446"/>
-    <w:bookmarkStart w:name="z458" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14)"Жетісу облысы білім басқармасы" мемлекеттік мекемесінің "Облыстық психологиялық қолдау орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="447"/>
-    <w:bookmarkStart w:name="z459" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Айналайын" арнаулы әлеуметтік қызметтерге мұқтаж балаларды қолдау орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="448"/>
-    <w:bookmarkStart w:name="z460" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Жетісу облысының кәмелетке толмағандарды бейімдеу орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="449"/>
-    <w:bookmarkStart w:name="z461" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Облыстық балаларды сауықтыру лагері" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="450"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z463" w:id="452"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Д. Рақышев атындағы облыстық қазақ мектеп-интернаты" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Талдықорған сервис және технология колледжі" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="452"/>
-    <w:bookmarkStart w:name="z464" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Талдықорған индустриялық колледжі" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="453"/>
-    <w:bookmarkStart w:name="z465" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Алакөл көпсалалы колледжі" мемлекеттік коммуналдық қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="454"/>
-    <w:bookmarkStart w:name="z466" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Қапал кәсіптік-техникалық колледжі" мемлекеттік коммуналдық қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="455"/>
-    <w:bookmarkStart w:name="z467" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Сарқан көпсалалы колледжі" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="456"/>
-    <w:bookmarkStart w:name="z468" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Тоқжайлау көпсалалы колледжі" мемлекеттік коммуналдық қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="457"/>
-    <w:bookmarkStart w:name="z469" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Бастөбе сервистік-техникалық колледжі" мемлекеттік коммуналдық қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="458"/>
-    <w:bookmarkStart w:name="z470" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Текелі кәсіптік колледжі" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="459"/>
-    <w:bookmarkStart w:name="z471" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Жаркент көпсалалы колледжі" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="460"/>
-    <w:bookmarkStart w:name="z472" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Жетісу құрылыс-техникалық колледжі" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="461"/>
-    <w:bookmarkStart w:name="z473" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Ақсу агротехникалық колледжі" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="462"/>
-    <w:bookmarkStart w:name="z474" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Көксу политехникалық колледжі" мемлекеттік коммуналдық қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="463"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z478" w:id="467"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Жаркент жоғары педагогикалық колледжі" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      32)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Талдықорған жоғары политехникалық колледжі" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      33)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Талдықорған жоғары аграрлықтехнологиялық колледжі" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Талдықорған қаласындағы Қ.Байсейітов атындағы саз колледжі" мемлекеттік коммуналдық қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="467"/>
-    <w:bookmarkStart w:name="z479" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Көксу ауылшаруашылық колледжі" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="468"/>
-    <w:bookmarkStart w:name="z480" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Сарқан көпсалалы колледжі" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="469"/>
-[...479 lines deleted...]
-    <w:bookmarkEnd w:id="493"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      37) "Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Үштөбе қаласының гуманитарлық колледжі" мемлекеттік коммуналдық қазыналық кәсіпорны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      38)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Талдықорған қаласындағы № 20 мамандандырылған лицейі" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      39)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Талдықорған қаласындағы Мұхтар Арын атындағы № 24 мамандандырылған лицейі" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      40)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Талдықорған дарынды балаларға арналған "БІЛІМ-ИННОВАЦИЯ" мамандандырылған лицей-интернаты" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      41)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Дарынды балаларға арналған Жыланды мамандандырылған лицей-интернаты" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      42)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің Талдықорған қаласының "№ 1 психологиялық-педагогикалық коррекциялық кабинеті" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      43)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің Текелі қаласының "№ 2 психологиялық-педагогикалық коррекциялық кабинеті" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      44)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің Қаратал ауданының "№ 3 психологиялық-педагогикалық коррекциялық кабинеті" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      45)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің Сарқан ауданының "№ 4 психологиялық-педагогикалық коррекциялық кабинеті" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      46)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің Алакөл ауданының "№ 5 психологиялық-педагогикалық коррекциялық кабинеті" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      47)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің Ақсу ауданының "№ 6 психолого-педагогикалық коррекциялық кабинеті" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      48)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің Панфилов ауданының "№ 7 психологиялық-педагогикалық коррекциялық кабинеті" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      49)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің Ескелді ауданының "№ 8 психологиялық-педагогикалық коррекциялық кабинеті" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      50)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің Кербұлақ ауданының "№ 9 психологиялық-педагогикалық коррекциялық кабинеті" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің Көксу ауданының "№ 10 психологиялық-педагогикалық коррекциялық кабинеті" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      52)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Талдықорған қаласының № 1 облыстық психологиялық-медициналық-педагогтік консультациясы" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      53)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Көксу ауданының № 2 облыстық психологиялық-медициналық-педагогтік консультациясы" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      54)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Жаркент қаласының № 3 облыстық психологиялық-медициналық-педагогтік консультациясы" коммуналдық мемлекеттік мекемесі; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      55)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Үшарал қаласының № 4 облыстық психологиялық-медициналық-педагогтік консультациясы" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      56)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Талдықорған қаласының облыстық № 1 "балабақша-мектеп-интернат" арнайы кешені" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      57)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Талдықорған қаласының облыстық № 2 арнайы мектеп-интернаты" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      58)"Жетісу облысының білім басқармасы" мемлекеттік мекемесінің "Сарқан қаласының облыстық № 3 арнайы мектеп-интернаты" коммуналдық мемлекеттік мекемесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      59)"Жетісу облысы білім басқармасы" мемлекеттік мекемесінің "№ 4 арнайы мектеп- интернаты" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -10510,2338 +10160,2338 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z506" w:id="494"/>
+    <w:bookmarkStart w:name="z506" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының ветеринария басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="494"/>
-    <w:bookmarkStart w:name="z507" w:id="495"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z507" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="495"/>
-    <w:bookmarkStart w:name="z508" w:id="496"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z508" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Жетісу облысының ветеринария басқармасы" мемлекеттік мекемесі (бұдан әрі - Басқарма) Жетісу облысы аумағында ветеринария саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="496"/>
-    <w:bookmarkStart w:name="z509" w:id="497"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z509" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Басқарманың ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="497"/>
-    <w:bookmarkStart w:name="z510" w:id="498"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z510" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3.Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасы Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="498"/>
-    <w:bookmarkStart w:name="z511" w:id="499"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z511" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ тілінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="499"/>
-    <w:bookmarkStart w:name="z512" w:id="500"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z512" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="500"/>
-    <w:bookmarkStart w:name="z513" w:id="501"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z513" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="501"/>
-    <w:bookmarkStart w:name="z514" w:id="502"/>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z514" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="502"/>
-    <w:bookmarkStart w:name="z515" w:id="503"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z515" w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="503"/>
-    <w:bookmarkStart w:name="z516" w:id="504"/>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z516" w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="504"/>
-    <w:bookmarkStart w:name="z517" w:id="505"/>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z517" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Қабанбай батыр көшесі, № 26.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="505"/>
-    <w:bookmarkStart w:name="z518" w:id="506"/>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z518" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="506"/>
-    <w:bookmarkStart w:name="z519" w:id="507"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z519" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="507"/>
-    <w:bookmarkStart w:name="z520" w:id="508"/>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z520" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттері орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="508"/>
-    <w:bookmarkStart w:name="z521" w:id="509"/>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z521" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="509"/>
-    <w:bookmarkStart w:name="z522" w:id="510"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z522" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="510"/>
-    <w:bookmarkStart w:name="z523" w:id="511"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z523" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="511"/>
-    <w:bookmarkStart w:name="z524" w:id="512"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z524" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жануарларды аурулардан қорғау және емдеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="512"/>
-    <w:bookmarkStart w:name="z525" w:id="513"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z525" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) халықтың денсаулығын жануарлар мен адамға ортақ аурулардан қорғау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="513"/>
-    <w:bookmarkStart w:name="z526" w:id="514"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z526" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="514"/>
-    <w:bookmarkStart w:name="z527" w:id="515"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z527" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Жетісу облысының аумағын басқа мемлекеттерден жануарлардың жұқпалы және экзотикалық ауруларының әкелiнуi мен таралуынан қорғау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="515"/>
-    <w:bookmarkStart w:name="z528" w:id="516"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z528" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) ветеринариялық препараттардың, жемшөп пен жемшөп аларының қауiпсiздiгi мен сапасын бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="516"/>
-    <w:bookmarkStart w:name="z529" w:id="517"/>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z529" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жануарлар аурулары диагностикасының, оларға қарсы күрестің және ветеринариялық-санитариялық қауіпсіздікті қамтамасыз етудің құралдары мен әдістерін әзірлеу және пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="517"/>
-    <w:bookmarkStart w:name="z530" w:id="518"/>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z530" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жеке және заңды тұлғалардың ветеринария саласындағы қызметтi жүзеге асыруы кезiнде қоршаған ортаны ластауының алдын алу және оны жою;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="518"/>
-    <w:bookmarkStart w:name="z531" w:id="519"/>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z531" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) ветеринария ғылымын дамыту, ветеринария саласындағы мамандарды, ветеринария саласындағы кәсіпкерлік қызметті жүзеге асыратын жеке және заңды тұлғаларды даярлау және олардың бiлiктiлiгiн арттыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="519"/>
-    <w:bookmarkStart w:name="z532" w:id="520"/>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z532" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Өкілеттіктері: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="520"/>
-    <w:bookmarkStart w:name="z533" w:id="521"/>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z533" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) құқықтары: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="521"/>
-    <w:bookmarkStart w:name="z534" w:id="522"/>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z534" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдардан, өзге де ұйымдардан, сондай-ақ лауазымды тұлғалардан, азаматтардан оған жүктелген тапсырмалар мен функцияларды орындау үшін қажетті құжаттар мен мәліметтерді сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="522"/>
-    <w:bookmarkStart w:name="z535" w:id="523"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z535" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзіне жүктелген міндеттер мен функциялардың шегінде шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="523"/>
-    <w:bookmarkStart w:name="z536" w:id="524"/>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z536" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының құзыретіне кіретін ветеринария саласындағы мәселелер бойынша олардың жұмысын үйлестіреді және өзара әрекеттестігін қамтамасыз етеді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="524"/>
-    <w:bookmarkStart w:name="z537" w:id="525"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z537" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы Ережемен және қолданыстағы заңнамамен көзделген функцияларды іске асыру үшін мүдделі органдармен келісім бойынша ведомствоаралық комиссиялар құрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="525"/>
-    <w:bookmarkStart w:name="z538" w:id="526"/>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z538" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың құзыретіне кіретін мәселелер бойынша өз өкілеттіктерінің шегінде кеңестерді және басқа да іс-шараларды өткізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="526"/>
-    <w:bookmarkStart w:name="z539" w:id="527"/>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z539" w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) міндеттері: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="527"/>
-    <w:bookmarkStart w:name="z540" w:id="528"/>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z540" w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды және жеке тұлғалардың ресми сұранымы болған жағдайда, өз құзыреті шегінде және заңнаманың шеңберінде қажетті материалдар мен ақпаратты ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="528"/>
-    <w:bookmarkStart w:name="z541" w:id="529"/>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z541" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жоғарғы тұрған органдардың тапсырмаларын орындайды; басқарма құзыретіне кіретін Жетісу облысы әкімінің, әкімдігінің құқықтық және нормативтік-құқықтық актілерінің жобаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="529"/>
-    <w:bookmarkStart w:name="z542" w:id="530"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z542" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма мүддесін барлық құзыретті, мемлекеттік, әкімшілік органдарда, мекемелерде, ұйымдарда, сондай-ақ сот және құқық қорғау органдарында білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="530"/>
-    <w:bookmarkStart w:name="z543" w:id="531"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z543" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы заңдарының талаптарына сәйкес өзге құқықтарды және міндеттерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="531"/>
-    <w:bookmarkStart w:name="z544" w:id="532"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z544" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="532"/>
-    <w:bookmarkStart w:name="z545" w:id="533"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z545" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) денсаулық сақтау саласындағы уәкілетті мемлекеттік органмен бірлесе отырып, халық денсаулығын жануарлар мен адамға ортақ аурулардан қорғауды ұйымдастыру және өзара ақпарат алмасуды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="533"/>
-    <w:bookmarkStart w:name="z546" w:id="534"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z546" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ветеринария саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="534"/>
-    <w:bookmarkStart w:name="z547" w:id="535"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z547" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Жетісу облысы аумағында орналасқан екі және одан көп ауданда жануарлардың жұқпалы аурулары пайда болған жағдайда, тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының ұсынуы бойынша карантинді немесе шектеу iс-шараларын белгілеу туралы шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="535"/>
-    <w:bookmarkStart w:name="z548" w:id="536"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z548" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осы облыстың аумағында орналасқан екі және одан көп ауданда пайда болған жануарлардың жұқпалы ауруларының ошақтарын жою жөнінде ветеринариялық іс-шаралар кешені жүргізілгеннен кейін тиісті аумақтың бас мемлекеттік ветеринариялық-санитариялық инспекторының ұсынуы бойынша шектеу іс-шараларын немесе карантинді тоқтату туралы шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="536"/>
-    <w:bookmarkStart w:name="z549" w:id="537"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z549" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасына сәйкес жануарлардан алынатын өнім мен шикізатқа ветеринариялық-санитариялық сараптаманы лицензиялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="537"/>
-    <w:bookmarkStart w:name="z550" w:id="538"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z550" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес жеке және заңды тұлғалардан ветеринария саласындағы кәсіпкерлік қызметті жүзеге асырудың басталғаны немесе тоқтатылғаны туралы хабарламалар қабылдау, сондай-ақ рұқсаттар мен хабарламалардың мемлекеттік электрондық тізілімін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="538"/>
-    <w:bookmarkStart w:name="z551" w:id="539"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z551" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мал қорымдарын (биотермиялық шұңқырларды) салуды, реконструкциялауды ұйымдастыру және оларды күтіп-ұстауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="539"/>
-    <w:bookmarkStart w:name="z552" w:id="540"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z552" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) облыстың жергілікті өкілді органына бекіту үшін жануарларды асырау қағидаларын, үй жануарларын ұстау және серуендету қағидаларын, жануарларды аулау, уақытша ұстау және жансыздандыру қағидаларын енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="540"/>
-    <w:bookmarkStart w:name="z553" w:id="541"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z553" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) мүдделі тұлғаларға жүргізіліп жатқан ветеринариялық іс-шаралар туралы ақпарат беруді ұйымдастыру және қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="541"/>
-    <w:bookmarkStart w:name="z554" w:id="542"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z554" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) жануарлар өсіруді, жануарларды, жануарлардан алынатын өнім мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілерін, сондай-ақ ветеринариялық препараттарды, жемшөпті және жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарды пайдалануға қабылдау жөніндегі мемлекеттік комиссияларды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="542"/>
-    <w:bookmarkStart w:name="z555" w:id="543"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z555" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін жануарларды, жануарлардан алынатын өнім мен шикізатты алып қоймай залалсыздандыру (зарарсыздандыру) және қайта өңдеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="543"/>
-    <w:bookmarkStart w:name="z556" w:id="544"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z556" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) жануарлардың саулығы мен адамның денсаулығына қауіп төндіретін, алып қоймай залалсыздандырылған (зарарсыздандырылған) және қайта өңделген жануарлардың, жануарлардан алынатын өнім мен шикізаттың құнын иелеріне өтеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="544"/>
-    <w:bookmarkStart w:name="z557" w:id="545"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z557" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) ауру жануарларды санитариялық союды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="545"/>
-    <w:bookmarkStart w:name="z558" w:id="546"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z558" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14) жануарларды аулауды, уақытша ұстауды және жансыздандыруды ұйымдастыру ("Ветеринария туралы" Қазақстан Республикасының 2002 жылғы 10 шілдедегі N 339-II Заңы, "Жануарларды жауапкершілікпен қарау туралы" Қазақстан Республикасының 2021 жылғы 30 желтоқсандағы № 97-VII ҚРЗ Заңына сәйкес); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="546"/>
-    <w:bookmarkStart w:name="z559" w:id="547"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z559" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) уәкілетті орган белгілеген тәртіппен аумақты аймақтарға бөлу туралы шешім шығару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="547"/>
-    <w:bookmarkStart w:name="z560" w:id="548"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z560" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) уәкілетті органмен келісім бойынша тиісті әкімшілік-аумақтық бірліктің аумағында ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар жоспарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="548"/>
-    <w:bookmarkStart w:name="z561" w:id="549"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z561" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) тиісті әкімшілік-аумақтық бірліктің аумағында ветеринариялық-санитариялық қауіпсіздікті қамтамасыз ету жөніндегі ветеринариялық іс-шаралар ұйымдастыруды және жүргізуді үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="549"/>
-    <w:bookmarkStart w:name="z562" w:id="550"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z562" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) ветеринариялық препараттардың республикалық қорын қоспағанда, жануарлардың аса қауіпті ауруларының профилактикасына арналған ветеринариялық препараттарды сақтауды, оларды аудандардың (облыстық маңызы бар қалалардың) жергілікті атқарушы органдарына тасымалдауды (жеткізуді) ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="550"/>
-    <w:bookmarkStart w:name="z563" w:id="551"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z563" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) ауыл шаруашылығы жануарларына бірдейлендіру жүргізуге арналған бұйымдарды (құралдарды) және атрибуттарды тасымалдау (жеткізу) жөніндегі көрсетілетін қызметтерді мемлекеттік сатып алуды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="551"/>
-    <w:bookmarkStart w:name="z564" w:id="552"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z564" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) ауыл шаруашылығы жануарларын бірдейлендіруді жүргізуге арналған бұйымдарға (құралдарға) және атрибуттарға қажеттілікті айқындау және процессингтік орталыққа ақпарат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="552"/>
-    <w:bookmarkStart w:name="z565" w:id="553"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z565" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) ауыл шаруашылығы жануарларын бірдейлендіру жөніндегі дерекқордың жүргізілуін ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="553"/>
-    <w:bookmarkStart w:name="z566" w:id="554"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z566" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) эпизоотия ошақтары пайда болған жағдайда оларды зерттеп-қарауды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="554"/>
-    <w:bookmarkStart w:name="z567" w:id="555"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z567" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) эпизоотологиялық зерттеп-қарау актісін беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="555"/>
-    <w:bookmarkStart w:name="z568" w:id="556"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z568" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) ветеринариялық есепке алу мен есептілікті жинақтау, талдау және оларды уәкілетті органға ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="556"/>
-    <w:bookmarkStart w:name="z569" w:id="557"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z569" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) жануарлардың энзоотиялық ауруларының профилактикасы мен диагностикасына арналған ветеринариялық препараттарды, олардың профилактикасы мен диагностикасы жөніндегі қызметтерді мемлекеттік сатып алуды жүзеге асыру, ветеринариялық препараттарды сақтауды және тасымалдауды (жеткізуді), жануарлардың энзоотиялық ауруларының профилактикасы мен диагностикасы бойынша ветеринариялық іс-шаралар жүргізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="557"/>
-    <w:bookmarkStart w:name="z570" w:id="558"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z570" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) уәкілетті орган бекіткен тізбе бойынша жануарлардың аса қауіпті ауруларының, сондай-ақ жануарлардың энзоотиялық және басқа да ауруларының профилактикасы, биологиялық материал сынамаларын алу және оларды диагностикалау үшін жеткізу бойынша ветеринариялық іс-шаралардың орындалуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="558"/>
-    <w:bookmarkStart w:name="z571" w:id="559"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z571" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) ветеринария мәселелері бойынша халықтың арасында ағарту жұмыстарын ұйымдастыру және жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="559"/>
-    <w:bookmarkStart w:name="z572" w:id="560"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z572" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) ауыл шаруашылығы жануарларын бірдейлендіру жөнiндегі іс-шаралар жүргізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="560"/>
-    <w:bookmarkStart w:name="z573" w:id="561"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z573" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) жануарлар өсіруді, жануарларды, жануарлардан алынатын өнімдер мен шикізатты дайындауды (союды), сақтауды, қайта өңдеуді және өткізуді жүзеге асыратын өндіріс объектілерін, сондай-ақ ветеринариялық препараттарды, жемшөп пен жемшөп қоспаларын өндіру, сақтау және өткізу жөніндегі ұйымдарды пайдалануға қабылдайтын мемлекеттік комиссияларға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="561"/>
-    <w:bookmarkStart w:name="z574" w:id="562"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z574" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) профилактикасы мен диагностикасы бюджет қаражаты есебінен жүзеге асырылатын жануарлардың энзоотиялық ауруларының тізбесін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="562"/>
-    <w:bookmarkStart w:name="z575" w:id="563"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z575" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) мал қорымдарының (биотермиялық шұңқырлардың) тізіліміне енгізу үшін мал қорымдары (биотермиялық шұңқырлар) туралы деректерді (мәліметтерді) жинауды ұйымдастыру және жинақтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="563"/>
-    <w:bookmarkStart w:name="z576" w:id="564"/>
+    <w:bookmarkEnd w:id="370"/>
+    <w:bookmarkStart w:name="z576" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) жергілікті мемлекеттік басқару мүддесінде Қазақстан Републикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="564"/>
-    <w:bookmarkStart w:name="z577" w:id="565"/>
+    <w:bookmarkEnd w:id="371"/>
+    <w:bookmarkStart w:name="z577" w:id="372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="565"/>
-    <w:bookmarkStart w:name="z578" w:id="566"/>
+    <w:bookmarkEnd w:id="372"/>
+    <w:bookmarkStart w:name="z578" w:id="373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="566"/>
-    <w:bookmarkStart w:name="z579" w:id="567"/>
+    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkStart w:name="z579" w:id="374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="567"/>
-    <w:bookmarkStart w:name="z580" w:id="568"/>
+    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkStart w:name="z580" w:id="375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="568"/>
-    <w:bookmarkStart w:name="z581" w:id="569"/>
+    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkStart w:name="z581" w:id="376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="569"/>
-    <w:bookmarkStart w:name="z582" w:id="570"/>
+    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkStart w:name="z582" w:id="377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Басқарманың құрылымдық бөлімшелерінің басшыларының, қызметкерлерінің міндеттері мен өкілеттіліктерін анықтайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="570"/>
-    <w:bookmarkStart w:name="z583" w:id="571"/>
+    <w:bookmarkEnd w:id="377"/>
+    <w:bookmarkStart w:name="z583" w:id="378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Басқарма қызметкерлерін тағайындайды және лауазымдарынан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="571"/>
-    <w:bookmarkStart w:name="z584" w:id="572"/>
+    <w:bookmarkEnd w:id="378"/>
+    <w:bookmarkStart w:name="z584" w:id="379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) қолданыстағы заңнамаға сәйкес Басқарманың қарамағындағы мемлекеттік коммуналдық кәсіпорындарының директорлары мен директорлардың орынбасарларын тағайындайды және лауазымдарынан босатады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="572"/>
-    <w:bookmarkStart w:name="z585" w:id="573"/>
+    <w:bookmarkEnd w:id="379"/>
+    <w:bookmarkStart w:name="z585" w:id="380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) белгіленген заңнамалық тәртіппен Басқарма қызметкерлеріне, Басқарманың қарамағындағы мемлекеттік коммуналдық кәсіпорындарының директорлары мен директорлардың орынбасарларына ынталандыруды жүзеге асырады және тәртіптік жаза қолданады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="573"/>
-    <w:bookmarkStart w:name="z586" w:id="574"/>
+    <w:bookmarkEnd w:id="380"/>
+    <w:bookmarkStart w:name="z586" w:id="381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өз құзырының шегінде бұйрықтар шығарады, нұсқаулар береді, қызметтік құжаттарға қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="574"/>
-    <w:bookmarkStart w:name="z587" w:id="575"/>
+    <w:bookmarkEnd w:id="381"/>
+    <w:bookmarkStart w:name="z587" w:id="382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Басқарманың құрылымдық бөлімшелері туралы ережені бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="575"/>
-    <w:bookmarkStart w:name="z588" w:id="576"/>
+    <w:bookmarkEnd w:id="382"/>
+    <w:bookmarkStart w:name="z588" w:id="383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мемлекеттік органдарда және өзге де ұйымдарда Басқарманың атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="576"/>
-    <w:bookmarkStart w:name="z589" w:id="577"/>
+    <w:bookmarkEnd w:id="383"/>
+    <w:bookmarkStart w:name="z589" w:id="384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Басқармада сыбайлас жемқорлыққа қарсы әрекет етеді, сол үшін жеке жауапкершілікте болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="577"/>
-    <w:bookmarkStart w:name="z590" w:id="578"/>
+    <w:bookmarkEnd w:id="384"/>
+    <w:bookmarkStart w:name="z590" w:id="385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Басқарманың құзыретіне кіретін мәселелер бойынша нормативтік құқықтық актілерді, бағдарламалардың жобаларын және басқа да құжаттардың орындалу барысын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="578"/>
-    <w:bookmarkStart w:name="z591" w:id="579"/>
+    <w:bookmarkEnd w:id="385"/>
+    <w:bookmarkStart w:name="z591" w:id="386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Басқарманың құзыретіне кіретін мәселелер бойынша есептік материалдарды дайындау жөніндегі жұмыстарды бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="579"/>
-    <w:bookmarkStart w:name="z592" w:id="580"/>
+    <w:bookmarkEnd w:id="386"/>
+    <w:bookmarkStart w:name="z592" w:id="387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) бюджеттік бағдарламаны бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="580"/>
-    <w:bookmarkStart w:name="z593" w:id="581"/>
+    <w:bookmarkEnd w:id="387"/>
+    <w:bookmarkStart w:name="z593" w:id="388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) өз құзыреті шегінде Қазақстан Республикасының сыбайлас жемқорлыққа қарсы іс-қимыл туралы заңнамасы талаптарының орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="581"/>
-    <w:bookmarkStart w:name="z594" w:id="582"/>
+    <w:bookmarkEnd w:id="388"/>
+    <w:bookmarkStart w:name="z594" w:id="389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттілікті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="582"/>
-    <w:bookmarkStart w:name="z595" w:id="583"/>
+    <w:bookmarkEnd w:id="389"/>
+    <w:bookmarkStart w:name="z595" w:id="390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="583"/>
-    <w:bookmarkStart w:name="z596" w:id="584"/>
+    <w:bookmarkEnd w:id="390"/>
+    <w:bookmarkStart w:name="z596" w:id="391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="584"/>
-    <w:bookmarkStart w:name="z597" w:id="585"/>
+    <w:bookmarkEnd w:id="391"/>
+    <w:bookmarkStart w:name="z597" w:id="392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="585"/>
-    <w:bookmarkStart w:name="z598" w:id="586"/>
+    <w:bookmarkEnd w:id="392"/>
+    <w:bookmarkStart w:name="z598" w:id="393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="586"/>
-    <w:bookmarkStart w:name="z599" w:id="587"/>
+    <w:bookmarkEnd w:id="393"/>
+    <w:bookmarkStart w:name="z599" w:id="394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="587"/>
-    <w:bookmarkStart w:name="z600" w:id="588"/>
+    <w:bookmarkEnd w:id="394"/>
+    <w:bookmarkStart w:name="z600" w:id="395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="588"/>
-    <w:bookmarkStart w:name="z601" w:id="589"/>
+    <w:bookmarkEnd w:id="395"/>
+    <w:bookmarkStart w:name="z601" w:id="396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="589"/>
-    <w:bookmarkStart w:name="z602" w:id="590"/>
+    <w:bookmarkEnd w:id="396"/>
+    <w:bookmarkStart w:name="z602" w:id="397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="590"/>
-    <w:bookmarkStart w:name="z603" w:id="591"/>
+    <w:bookmarkEnd w:id="397"/>
+    <w:bookmarkStart w:name="z603" w:id="398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың қарамағындағы ұйымдардың тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="591"/>
-    <w:bookmarkStart w:name="z604" w:id="592"/>
+    <w:bookmarkEnd w:id="398"/>
+    <w:bookmarkStart w:name="z604" w:id="399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Жетісу облысының ветеринария басқармасы" мемлекеттік мекемесінің "Ветеринариялық пункттері бар Ақсу ауданының ветеринариялық станциясы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="592"/>
-    <w:bookmarkStart w:name="z605" w:id="593"/>
+    <w:bookmarkEnd w:id="399"/>
+    <w:bookmarkStart w:name="z605" w:id="400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Жетісу облысының ветеринария басқармасы" мемлекеттік мекемесінің "Ветеринариялық пункттері бар Алакөл ауданының ветеринариялық станциясы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="593"/>
-    <w:bookmarkStart w:name="z606" w:id="594"/>
+    <w:bookmarkEnd w:id="400"/>
+    <w:bookmarkStart w:name="z606" w:id="401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)"Жетісу облысының ветеринария басқармасы" мемлекеттік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="594"/>
-    <w:bookmarkStart w:name="z607" w:id="595"/>
+    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkStart w:name="z607" w:id="402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мекемесінің "Ветеринариялық пункттері бар Ескелді ауданының ветеринариялық станциясы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="595"/>
-    <w:bookmarkStart w:name="z608" w:id="596"/>
+    <w:bookmarkEnd w:id="402"/>
+    <w:bookmarkStart w:name="z608" w:id="403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "Жетісу облысының ветеринария басқармасы" мемлекеттік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="596"/>
-    <w:bookmarkStart w:name="z609" w:id="597"/>
+    <w:bookmarkEnd w:id="403"/>
+    <w:bookmarkStart w:name="z609" w:id="404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мекемесінің "Ветеринариялық пункттері бар Қаратал ауданының ветеринариялық станциясы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="597"/>
-    <w:bookmarkStart w:name="z610" w:id="598"/>
+    <w:bookmarkEnd w:id="404"/>
+    <w:bookmarkStart w:name="z610" w:id="405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) "Жетісу облысының ветеринария басқармасы" мемлекеттік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="598"/>
-    <w:bookmarkStart w:name="z611" w:id="599"/>
+    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkStart w:name="z611" w:id="406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мекемесінің "Ветеринариялық пункттері бар Кербұлақ ауданының ветеринариялық станциясы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="599"/>
-    <w:bookmarkStart w:name="z612" w:id="600"/>
+    <w:bookmarkEnd w:id="406"/>
+    <w:bookmarkStart w:name="z612" w:id="407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "Жетісу облысының ветеринария басқармасы" мемлекеттік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="600"/>
-    <w:bookmarkStart w:name="z613" w:id="601"/>
+    <w:bookmarkEnd w:id="407"/>
+    <w:bookmarkStart w:name="z613" w:id="408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мекемесінің "Ветеринариялық пункттері бар Көксу ауданының ветеринариялық станциясы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="601"/>
-    <w:bookmarkStart w:name="z614" w:id="602"/>
+    <w:bookmarkEnd w:id="408"/>
+    <w:bookmarkStart w:name="z614" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) "Жетісу облысының ветеринария басқармасы" мемлекеттік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="602"/>
-    <w:bookmarkStart w:name="z615" w:id="603"/>
+    <w:bookmarkEnd w:id="409"/>
+    <w:bookmarkStart w:name="z615" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мекемесінің "Ветеринариялық пункттері бар Панфилов ауданының ветеринариялық станциясы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="603"/>
-    <w:bookmarkStart w:name="z616" w:id="604"/>
+    <w:bookmarkEnd w:id="410"/>
+    <w:bookmarkStart w:name="z616" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) "Жетісу облысының ветеринария басқармасы" мемлекеттік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="604"/>
-    <w:bookmarkStart w:name="z617" w:id="605"/>
+    <w:bookmarkEnd w:id="411"/>
+    <w:bookmarkStart w:name="z617" w:id="412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мекемесінің "Ветеринариялық пункттері бар Сарқан ауданының ветеринариялық станциясы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="605"/>
-    <w:bookmarkStart w:name="z618" w:id="606"/>
+    <w:bookmarkEnd w:id="412"/>
+    <w:bookmarkStart w:name="z618" w:id="413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) "Жетісу облысының ветеринария басқармасы" мемлекеттік</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="606"/>
-    <w:bookmarkStart w:name="z619" w:id="607"/>
+    <w:bookmarkEnd w:id="413"/>
+    <w:bookmarkStart w:name="z619" w:id="414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мекемесінің Ветеринариялық пункттері бар Талдықорған қаласының ветеринариялық станциясы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="607"/>
-    <w:bookmarkStart w:name="z620" w:id="608"/>
+    <w:bookmarkEnd w:id="414"/>
+    <w:bookmarkStart w:name="z620" w:id="415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) "Жетісу облысының ветеринария басқармасы" мемлекеттік мекемесінің "Текелі қаласының ветеринариялық станциясы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkEnd w:id="415"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12951,86 +12601,86 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z622" w:id="609"/>
+    <w:bookmarkStart w:name="z622" w:id="416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының дене шынықтыру және спорт басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="609"/>
-    <w:bookmarkStart w:name="z855" w:id="610"/>
+    <w:bookmarkEnd w:id="416"/>
+    <w:bookmarkStart w:name="z855" w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkEnd w:id="417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Жетісу облысының дене шынықтыру және спорт басқармасы" мемлекеттік мекемесі (бұдан әрі - Басқарма) Жетісу облысы аумағында дене шынықтыру және спорт саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -17471,1698 +17121,1698 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z856" w:id="611"/>
+    <w:bookmarkStart w:name="z856" w:id="418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының дін істері басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="611"/>
-    <w:bookmarkStart w:name="z857" w:id="612"/>
+    <w:bookmarkEnd w:id="418"/>
+    <w:bookmarkStart w:name="z857" w:id="419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="612"/>
-    <w:bookmarkStart w:name="z858" w:id="613"/>
+    <w:bookmarkEnd w:id="419"/>
+    <w:bookmarkStart w:name="z858" w:id="420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Жетісу облысының дін істері басқармасы" мемлекеттік мекемесі (бұдан әрі - Басқарма) Жетісу облысы аумағындағы діни қызмет саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="613"/>
-    <w:bookmarkStart w:name="z859" w:id="614"/>
+    <w:bookmarkEnd w:id="420"/>
+    <w:bookmarkStart w:name="z859" w:id="421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Басқарманың ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="614"/>
-    <w:bookmarkStart w:name="z860" w:id="615"/>
+    <w:bookmarkEnd w:id="421"/>
+    <w:bookmarkStart w:name="z860" w:id="422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасы Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ, осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="615"/>
-    <w:bookmarkStart w:name="z861" w:id="616"/>
+    <w:bookmarkEnd w:id="422"/>
+    <w:bookmarkStart w:name="z861" w:id="423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ тілінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="616"/>
-    <w:bookmarkStart w:name="z862" w:id="617"/>
+    <w:bookmarkEnd w:id="423"/>
+    <w:bookmarkStart w:name="z862" w:id="424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="617"/>
-    <w:bookmarkStart w:name="z863" w:id="618"/>
+    <w:bookmarkEnd w:id="424"/>
+    <w:bookmarkStart w:name="z863" w:id="425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="618"/>
-    <w:bookmarkStart w:name="z864" w:id="619"/>
+    <w:bookmarkEnd w:id="425"/>
+    <w:bookmarkStart w:name="z864" w:id="426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="619"/>
-    <w:bookmarkStart w:name="z865" w:id="620"/>
+    <w:bookmarkEnd w:id="426"/>
+    <w:bookmarkStart w:name="z865" w:id="427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="620"/>
-    <w:bookmarkStart w:name="z866" w:id="621"/>
+    <w:bookmarkEnd w:id="427"/>
+    <w:bookmarkStart w:name="z866" w:id="428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, "Қаратал" ш/а, 36Б.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="621"/>
-    <w:bookmarkStart w:name="z867" w:id="622"/>
+    <w:bookmarkEnd w:id="428"/>
+    <w:bookmarkStart w:name="z867" w:id="429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="622"/>
-    <w:bookmarkStart w:name="z868" w:id="623"/>
+    <w:bookmarkEnd w:id="429"/>
+    <w:bookmarkStart w:name="z868" w:id="430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Басқарманың қызметiн каржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="623"/>
-    <w:bookmarkStart w:name="z869" w:id="624"/>
+    <w:bookmarkEnd w:id="430"/>
+    <w:bookmarkStart w:name="z869" w:id="431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="624"/>
-    <w:bookmarkStart w:name="z870" w:id="625"/>
+    <w:bookmarkEnd w:id="431"/>
+    <w:bookmarkStart w:name="z870" w:id="432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="625"/>
-    <w:bookmarkStart w:name="z871" w:id="626"/>
+    <w:bookmarkEnd w:id="432"/>
+    <w:bookmarkStart w:name="z871" w:id="433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="626"/>
-    <w:bookmarkStart w:name="z872" w:id="627"/>
+    <w:bookmarkEnd w:id="433"/>
+    <w:bookmarkStart w:name="z872" w:id="434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="627"/>
-    <w:bookmarkStart w:name="z873" w:id="628"/>
+    <w:bookmarkEnd w:id="434"/>
+    <w:bookmarkStart w:name="z873" w:id="435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) діни қызмет саласындағы функцияларды іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="628"/>
-    <w:bookmarkStart w:name="z874" w:id="629"/>
+    <w:bookmarkEnd w:id="435"/>
+    <w:bookmarkStart w:name="z874" w:id="436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жергілікті деңгейде түсіндірме жұмыстарын жүргізу, діни бірлестіктердің және миссионерлердің қызметін зерделеу болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="629"/>
-    <w:bookmarkStart w:name="z875" w:id="630"/>
+    <w:bookmarkEnd w:id="436"/>
+    <w:bookmarkStart w:name="z875" w:id="437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="630"/>
-    <w:bookmarkStart w:name="z876" w:id="631"/>
+    <w:bookmarkEnd w:id="437"/>
+    <w:bookmarkStart w:name="z876" w:id="438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="631"/>
-    <w:bookmarkStart w:name="z877" w:id="632"/>
+    <w:bookmarkEnd w:id="438"/>
+    <w:bookmarkStart w:name="z877" w:id="439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма өзіне жүктелген міндеттерді және өзінің функцияларын жүзеге асыру үшін заңнамада бекітілген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="632"/>
-    <w:bookmarkStart w:name="z878" w:id="633"/>
+    <w:bookmarkEnd w:id="439"/>
+    <w:bookmarkStart w:name="z878" w:id="440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдардан, ұйымдардан, олардың лауазымды тұлғаларынан қажетті ақпараттар мен материалдарды сұрауға және алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="633"/>
-    <w:bookmarkStart w:name="z879" w:id="634"/>
+    <w:bookmarkEnd w:id="440"/>
+    <w:bookmarkStart w:name="z879" w:id="441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       діни бірлестіктерді құру және олардың қызметі, сондай-ақ, азаматтардың діни сенім бостандығына құқықтарын қамтамасыз ету саласындағы нормативтік құқықтық актілерді әзірлеу бойынша ұсыныстар енгізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="634"/>
-    <w:bookmarkStart w:name="z880" w:id="635"/>
+    <w:bookmarkEnd w:id="441"/>
+    <w:bookmarkStart w:name="z880" w:id="442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыретіне жататын мәселелер бойынша құқық қорғау және өзге де мемлекеттік органдармен өзара іс-қимыл жасауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="635"/>
-    <w:bookmarkStart w:name="z881" w:id="636"/>
+    <w:bookmarkEnd w:id="442"/>
+    <w:bookmarkStart w:name="z881" w:id="443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыретіне кіретін мәселелер бойынша кеңестер, семинарлар, конференциялар өткізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="636"/>
-    <w:bookmarkStart w:name="z882" w:id="637"/>
+    <w:bookmarkEnd w:id="443"/>
+    <w:bookmarkStart w:name="z882" w:id="444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамада қарастырылған өзге де құқықтарды атқаруға құқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="637"/>
-    <w:bookmarkStart w:name="z883" w:id="638"/>
+    <w:bookmarkEnd w:id="444"/>
+    <w:bookmarkStart w:name="z883" w:id="445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="638"/>
-    <w:bookmarkStart w:name="z884" w:id="639"/>
+    <w:bookmarkEnd w:id="445"/>
+    <w:bookmarkStart w:name="z884" w:id="446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды және негізделген шешімдер қабылдауға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="639"/>
-    <w:bookmarkStart w:name="z885" w:id="640"/>
+    <w:bookmarkEnd w:id="446"/>
+    <w:bookmarkStart w:name="z885" w:id="447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қабылданған шешімдердің орындалуын бақылауды қамтамасыз етуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="640"/>
-    <w:bookmarkStart w:name="z886" w:id="641"/>
+    <w:bookmarkEnd w:id="447"/>
+    <w:bookmarkStart w:name="z886" w:id="448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке және заңды тұлғалардың Басқармаға жолданған өтініштерін қарауға, олардың орындалуын бақылауға, Қазақстан Республикасының заңнамасында белгіленген жағдайларда және тәртіппен оларға жауаптар беруге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="641"/>
-    <w:bookmarkStart w:name="z887" w:id="642"/>
+    <w:bookmarkEnd w:id="448"/>
+    <w:bookmarkStart w:name="z887" w:id="449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жеке тұлғаларды және заңды тұлғалардың өкілдерін қабылдауды ұйымдастыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="642"/>
-    <w:bookmarkStart w:name="z888" w:id="643"/>
+    <w:bookmarkEnd w:id="449"/>
+    <w:bookmarkStart w:name="z888" w:id="450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнамада қарастырылған өзге де міндеттерді іске асыруға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="643"/>
-    <w:bookmarkStart w:name="z889" w:id="644"/>
+    <w:bookmarkEnd w:id="450"/>
+    <w:bookmarkStart w:name="z889" w:id="451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="644"/>
-    <w:bookmarkStart w:name="z890" w:id="645"/>
+    <w:bookmarkEnd w:id="451"/>
+    <w:bookmarkStart w:name="z890" w:id="452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Жетісу облысындағы діни ахуалды зерделеп, оған талдау жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="645"/>
-    <w:bookmarkStart w:name="z891" w:id="646"/>
+    <w:bookmarkEnd w:id="452"/>
+    <w:bookmarkStart w:name="z891" w:id="453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өңірде жұмыс істеп тұрған дiни бiрлестiктердiң, миссионерлердiң, рухани (діни) білім беру ұйымдарының қызметiн зерделеуді және талдауды жүргiзедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="646"/>
-    <w:bookmarkStart w:name="z892" w:id="647"/>
+    <w:bookmarkEnd w:id="453"/>
+    <w:bookmarkStart w:name="z892" w:id="454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уәкiлеттi органға Қазақстан Республикасының дiни қызмет және діни бірлестіктер туралы заңнамасын жетiлдiру жөнінде ұсыныстар енгiзедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="647"/>
-    <w:bookmarkStart w:name="z893" w:id="648"/>
+    <w:bookmarkEnd w:id="454"/>
+    <w:bookmarkStart w:name="z893" w:id="455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) діни қызмет саласындағы мемлекеттік саясатты іске асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="648"/>
-    <w:bookmarkStart w:name="z894" w:id="649"/>
+    <w:bookmarkEnd w:id="455"/>
+    <w:bookmarkStart w:name="z894" w:id="456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) құқық қорғау органдарына Қазақстан Республикасының діни қызмет және дiни бiрлестiктер туралы заңнамасын бұзатын жеке және заңды тұлғалардың қызметiне тыйым салу жөнiнде ұсыныстар енгiзедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="649"/>
-    <w:bookmarkStart w:name="z895" w:id="650"/>
+    <w:bookmarkEnd w:id="456"/>
+    <w:bookmarkStart w:name="z895" w:id="457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының дiни қызмет және діни бірлестіктер туралы заңнамасын бұзушылықтарға қатысты жеке және заңды тұлғалардың өтініштерін қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="650"/>
-    <w:bookmarkStart w:name="z896" w:id="651"/>
+    <w:bookmarkEnd w:id="457"/>
+    <w:bookmarkStart w:name="z896" w:id="458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) өз құзыретіне жататын мәселелер бойынша жергілікті деңгейде түсiндiру жұмыстарын жүргiзедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="651"/>
-    <w:bookmarkStart w:name="z897" w:id="652"/>
+    <w:bookmarkEnd w:id="458"/>
+    <w:bookmarkStart w:name="z897" w:id="459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) діни әдебиетті және діни мазмұндағы өзге де ақпараттық материалдарды, діни мақсаттағы заттарды тарату үшін арнайы тұрақты үй-жайлардың орналастырылуын келіседі, сондай-ақ ғибадат үйлерінен (ғимараттарынан) тыс жерлерде діни іс-шаралар өткізу туралы діни бірлестіктер берген хабарламаларды қарайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="652"/>
-    <w:bookmarkStart w:name="z898" w:id="653"/>
+    <w:bookmarkEnd w:id="459"/>
+    <w:bookmarkStart w:name="z898" w:id="460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) сәулет және қала құрылысы саласындағы уәкілетті органмен ғибадат үйлерін (ғимараттарын) салу, олардың орналасқан жерін айқындау, сондай-ақ үйлерді (ғимараттарды) ғибадат үйлеріне (ғимараттарына) қайта бейіндеу (функционалдық мақсатын өзгерту) туралы шешімдерді келіседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="653"/>
-    <w:bookmarkStart w:name="z899" w:id="654"/>
+    <w:bookmarkEnd w:id="460"/>
+    <w:bookmarkStart w:name="z899" w:id="461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) діни бірлестіктерді құруға бастамашы азаматтардың тізімдеріне тексеру жүргізуді қамтамасыз етедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="654"/>
-    <w:bookmarkStart w:name="z900" w:id="655"/>
+    <w:bookmarkEnd w:id="461"/>
+    <w:bookmarkStart w:name="z900" w:id="462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) миссионерлiк қызметті жүзеге асыратын адамдарды тіркеуді жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="655"/>
-    <w:bookmarkStart w:name="z901" w:id="656"/>
+    <w:bookmarkEnd w:id="462"/>
+    <w:bookmarkStart w:name="z901" w:id="463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) қоғамдық бiрлестiктермен өзара iс-қимылды жүзеге асырады, тиiстi аумақтарда құрылған діни бірлестіктердің және миссионерлердің қызметiн зерделеудi жүзеге асырады, олар туралы деректер қорын жасайды, өз құзыретiне жататын мәселелер бойынша өңiрлiк деңгейде ақпараттық-насихат iс-шараларын жүзеге асырады, өңiрдегi дiни ахуалға зерделеу мен талдау жүргізедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="656"/>
-    <w:bookmarkStart w:name="z902" w:id="657"/>
+    <w:bookmarkEnd w:id="463"/>
+    <w:bookmarkStart w:name="z902" w:id="464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) өз құзыреттері шегінде терроризм мен діни экстремизм профилактикасын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="657"/>
-    <w:bookmarkStart w:name="z903" w:id="658"/>
+    <w:bookmarkEnd w:id="464"/>
+    <w:bookmarkStart w:name="z903" w:id="465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Қазақстан Республикасының діни қызмет және діни бірлестіктер туралы заңнамасын бұзушыларға "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасының Кодексінде белгіленген әкімшілік ықпал ету шараларын қолданады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="658"/>
-    <w:bookmarkStart w:name="z904" w:id="659"/>
+    <w:bookmarkEnd w:id="465"/>
+    <w:bookmarkStart w:name="z904" w:id="466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) Жергілікті мемлекеттік басқару мүддесіне Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіліктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="659"/>
-    <w:bookmarkStart w:name="z905" w:id="660"/>
+    <w:bookmarkEnd w:id="466"/>
+    <w:bookmarkStart w:name="z905" w:id="467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="660"/>
-    <w:bookmarkStart w:name="z906" w:id="661"/>
+    <w:bookmarkEnd w:id="467"/>
+    <w:bookmarkStart w:name="z906" w:id="468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="661"/>
-    <w:bookmarkStart w:name="z907" w:id="662"/>
+    <w:bookmarkEnd w:id="468"/>
+    <w:bookmarkStart w:name="z907" w:id="469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="662"/>
-    <w:bookmarkStart w:name="z908" w:id="663"/>
+    <w:bookmarkEnd w:id="469"/>
+    <w:bookmarkStart w:name="z908" w:id="470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарманың бірінші басшысының орынбасарлары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="663"/>
-    <w:bookmarkStart w:name="z909" w:id="664"/>
+    <w:bookmarkEnd w:id="470"/>
+    <w:bookmarkStart w:name="z909" w:id="471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="664"/>
-    <w:bookmarkStart w:name="z910" w:id="665"/>
+    <w:bookmarkEnd w:id="471"/>
+    <w:bookmarkStart w:name="z910" w:id="472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз өкілеттігін жүзеге асыру кезінде облыс әкімі мен жетекшілік ететін облыс әкімінің орынбасарына есеп береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="665"/>
-    <w:bookmarkStart w:name="z911" w:id="666"/>
+    <w:bookmarkEnd w:id="472"/>
+    <w:bookmarkStart w:name="z911" w:id="473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) өз құзыреті шегінде мемлекеттiк органдарда және өзге де ұйымдарда Басқарманың мүддесін бiлдiредi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="666"/>
-    <w:bookmarkStart w:name="z912" w:id="667"/>
+    <w:bookmarkEnd w:id="473"/>
+    <w:bookmarkStart w:name="z912" w:id="474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өз құзыретіне жататын еңбек қатынастары мәселелерін реттейді Басқарма қызметкерлерін заңнамаға сәйкес қызметке тағайындайды және қызметтен босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="667"/>
-    <w:bookmarkStart w:name="z913" w:id="668"/>
+    <w:bookmarkEnd w:id="474"/>
+    <w:bookmarkStart w:name="z913" w:id="475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) стратегиялық және бағдарламалық құжаттардың әзірленуін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="668"/>
-    <w:bookmarkStart w:name="z914" w:id="669"/>
+    <w:bookmarkEnd w:id="475"/>
+    <w:bookmarkStart w:name="z914" w:id="476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Басқарма қызметкерлеріне заңнамада белгіленген тәртіппен тәртіптік жаза қолданады және көтермелеу шараларын қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="669"/>
-    <w:bookmarkStart w:name="z915" w:id="670"/>
+    <w:bookmarkEnd w:id="476"/>
+    <w:bookmarkStart w:name="z915" w:id="477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бұйрықтарға қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="670"/>
-    <w:bookmarkStart w:name="z916" w:id="671"/>
+    <w:bookmarkEnd w:id="477"/>
+    <w:bookmarkStart w:name="z916" w:id="478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Басқарма атынан сенімхатсыз әрекет етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="671"/>
-    <w:bookmarkStart w:name="z917" w:id="672"/>
+    <w:bookmarkEnd w:id="478"/>
+    <w:bookmarkStart w:name="z917" w:id="479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) шарттар жасасады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="672"/>
-    <w:bookmarkStart w:name="z918" w:id="673"/>
+    <w:bookmarkEnd w:id="479"/>
+    <w:bookmarkStart w:name="z918" w:id="480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) сенімхаттар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="673"/>
-    <w:bookmarkStart w:name="z919" w:id="674"/>
+    <w:bookmarkEnd w:id="480"/>
+    <w:bookmarkStart w:name="z919" w:id="481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) өз өкілеттіктерін ұйымдастыру және ішкі тәртіп мәселелері бойынша регламент қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="674"/>
-    <w:bookmarkStart w:name="z920" w:id="675"/>
+    <w:bookmarkEnd w:id="481"/>
+    <w:bookmarkStart w:name="z920" w:id="482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) сыбайлас жемқорлыққа қарсы іс-қимыл жөніндегі жұмысты ұйымдастыруға дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="675"/>
-    <w:bookmarkStart w:name="z921" w:id="676"/>
+    <w:bookmarkEnd w:id="482"/>
+    <w:bookmarkStart w:name="z921" w:id="483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) Басқарма жұмысын ұйымдастырады, үйлестіреді және бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="676"/>
-    <w:bookmarkStart w:name="z922" w:id="677"/>
+    <w:bookmarkEnd w:id="483"/>
+    <w:bookmarkStart w:name="z922" w:id="484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) облыс әкімдігі мен әкімінің актiлерi мен тапсырмаларын орындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="677"/>
-    <w:bookmarkStart w:name="z923" w:id="678"/>
+    <w:bookmarkEnd w:id="484"/>
+    <w:bookmarkStart w:name="z923" w:id="485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Басқарманың құрылымдық бөлiмшелерi туралы ережелердi бекiтедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="678"/>
-    <w:bookmarkStart w:name="z924" w:id="679"/>
+    <w:bookmarkEnd w:id="485"/>
+    <w:bookmarkStart w:name="z924" w:id="486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) құзыретi шегiнде нормативтiк құқықтық актiлердiң жобаларын әзiрлеудi ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="679"/>
-    <w:bookmarkStart w:name="z925" w:id="680"/>
+    <w:bookmarkEnd w:id="486"/>
+    <w:bookmarkStart w:name="z925" w:id="487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) қызметтік этика нормаларының сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="680"/>
-    <w:bookmarkStart w:name="z926" w:id="681"/>
+    <w:bookmarkEnd w:id="487"/>
+    <w:bookmarkStart w:name="z926" w:id="488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) жеке тұлғаларды және заңды тұлғалардың өкілдерін жеке қабылдау кестесін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="681"/>
-    <w:bookmarkStart w:name="z927" w:id="682"/>
+    <w:bookmarkEnd w:id="488"/>
+    <w:bookmarkStart w:name="z927" w:id="489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) сотта Басқарманың мүддесін білдіреді, Басқарма атынан талапкер, жауапкер ретінде әрекет етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="682"/>
-    <w:bookmarkStart w:name="z928" w:id="683"/>
+    <w:bookmarkEnd w:id="489"/>
+    <w:bookmarkStart w:name="z928" w:id="490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) Қазақстан Республикасы заңнамасымен көзделген басқа да өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="683"/>
-    <w:bookmarkStart w:name="z929" w:id="684"/>
+    <w:bookmarkEnd w:id="490"/>
+    <w:bookmarkStart w:name="z929" w:id="491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="684"/>
-    <w:bookmarkStart w:name="z930" w:id="685"/>
+    <w:bookmarkEnd w:id="491"/>
+    <w:bookmarkStart w:name="z930" w:id="492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқармасының мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="685"/>
-    <w:bookmarkStart w:name="z931" w:id="686"/>
+    <w:bookmarkEnd w:id="492"/>
+    <w:bookmarkStart w:name="z931" w:id="493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="686"/>
-    <w:bookmarkStart w:name="z932" w:id="687"/>
+    <w:bookmarkEnd w:id="493"/>
+    <w:bookmarkStart w:name="z932" w:id="494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады..</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="687"/>
-    <w:bookmarkStart w:name="z933" w:id="688"/>
+    <w:bookmarkEnd w:id="494"/>
+    <w:bookmarkStart w:name="z933" w:id="495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="688"/>
-    <w:bookmarkStart w:name="z934" w:id="689"/>
+    <w:bookmarkEnd w:id="495"/>
+    <w:bookmarkStart w:name="z934" w:id="496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="689"/>
-    <w:bookmarkStart w:name="z935" w:id="690"/>
+    <w:bookmarkEnd w:id="496"/>
+    <w:bookmarkStart w:name="z935" w:id="497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="690"/>
-    <w:bookmarkStart w:name="z936" w:id="691"/>
+    <w:bookmarkEnd w:id="497"/>
+    <w:bookmarkStart w:name="z936" w:id="498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="691"/>
-    <w:bookmarkStart w:name="z937" w:id="692"/>
+    <w:bookmarkEnd w:id="498"/>
+    <w:bookmarkStart w:name="z937" w:id="499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма қарамағындағы ұйым:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="692"/>
-    <w:bookmarkStart w:name="z938" w:id="693"/>
+    <w:bookmarkEnd w:id="499"/>
+    <w:bookmarkStart w:name="z938" w:id="500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жетісу облысының дін істері басқармасы" мемлекеттік мекемесінің "Дін саласындағы мәселелерді зерттеу және оңалту орталығы" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkEnd w:id="500"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -19202,1458 +18852,1458 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z940" w:id="694"/>
+    <w:bookmarkStart w:name="z940" w:id="501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының жер қатынастары басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="694"/>
-    <w:bookmarkStart w:name="z941" w:id="695"/>
+    <w:bookmarkEnd w:id="501"/>
+    <w:bookmarkStart w:name="z941" w:id="502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="695"/>
-    <w:bookmarkStart w:name="z942" w:id="696"/>
+    <w:bookmarkEnd w:id="502"/>
+    <w:bookmarkStart w:name="z942" w:id="503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Жетісу облысының жер қатынастары басқармасы" мемлекеттік мекемесі (бұдан әрі – Басқарма) Жетісу облысы аумағындағы жер қатынастарын реттеу саласындағы мемлекеттік саясатты іске асыру бойынша басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттiк органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="696"/>
-    <w:bookmarkStart w:name="z943" w:id="697"/>
+    <w:bookmarkEnd w:id="503"/>
+    <w:bookmarkStart w:name="z943" w:id="504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Басқарманың ведомстволары жоқ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="697"/>
-    <w:bookmarkStart w:name="z944" w:id="698"/>
+    <w:bookmarkEnd w:id="504"/>
+    <w:bookmarkStart w:name="z944" w:id="505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Басқарма өзінің қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="698"/>
-    <w:bookmarkStart w:name="z945" w:id="699"/>
+    <w:bookmarkEnd w:id="505"/>
+    <w:bookmarkStart w:name="z945" w:id="506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басқарма мемлекеттік мекеме ұйымдастырушылық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ тілінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="699"/>
-    <w:bookmarkStart w:name="z946" w:id="700"/>
+    <w:bookmarkEnd w:id="506"/>
+    <w:bookmarkStart w:name="z946" w:id="507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="700"/>
-    <w:bookmarkStart w:name="z947" w:id="701"/>
+    <w:bookmarkEnd w:id="507"/>
+    <w:bookmarkStart w:name="z947" w:id="508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="701"/>
-    <w:bookmarkStart w:name="z948" w:id="702"/>
+    <w:bookmarkEnd w:id="508"/>
+    <w:bookmarkStart w:name="z948" w:id="509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="702"/>
-    <w:bookmarkStart w:name="z949" w:id="703"/>
+    <w:bookmarkEnd w:id="509"/>
+    <w:bookmarkStart w:name="z949" w:id="510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="703"/>
-    <w:bookmarkStart w:name="z950" w:id="704"/>
+    <w:bookmarkEnd w:id="510"/>
+    <w:bookmarkStart w:name="z950" w:id="511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Қабанбай батыр көшесі, № 26.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="704"/>
-    <w:bookmarkStart w:name="z951" w:id="705"/>
+    <w:bookmarkEnd w:id="511"/>
+    <w:bookmarkStart w:name="z951" w:id="512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="705"/>
-    <w:bookmarkStart w:name="z952" w:id="706"/>
+    <w:bookmarkEnd w:id="512"/>
+    <w:bookmarkStart w:name="z952" w:id="513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="706"/>
-    <w:bookmarkStart w:name="z953" w:id="707"/>
+    <w:bookmarkEnd w:id="513"/>
+    <w:bookmarkStart w:name="z953" w:id="514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="707"/>
-    <w:bookmarkStart w:name="z954" w:id="708"/>
+    <w:bookmarkEnd w:id="514"/>
+    <w:bookmarkStart w:name="z954" w:id="515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="708"/>
-    <w:bookmarkStart w:name="z955" w:id="709"/>
+    <w:bookmarkEnd w:id="515"/>
+    <w:bookmarkStart w:name="z955" w:id="516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="709"/>
-    <w:bookmarkStart w:name="z956" w:id="710"/>
+    <w:bookmarkEnd w:id="516"/>
+    <w:bookmarkStart w:name="z956" w:id="517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="710"/>
-    <w:bookmarkStart w:name="z957" w:id="711"/>
+    <w:bookmarkEnd w:id="517"/>
+    <w:bookmarkStart w:name="z957" w:id="518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жердi ұтымды пайдалану мен қорғауды, топырақ құнарлылығын қалпына келтiрiп отыруды, жер учаскелерін табыстау және нысаналы мақсатын өзгертудің ашықтығын, шаруашылық жүргiзудiң барлық нысандарын тең құқықпен дамыту үшiн жағдайлар жасауды, жер қатынастары саласында заңдылықты нығайтуды қамтамасыз ету мақсатында жер қатынастарын реттеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="711"/>
-    <w:bookmarkStart w:name="z958" w:id="712"/>
+    <w:bookmarkEnd w:id="518"/>
+    <w:bookmarkStart w:name="z958" w:id="519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жергілікті мемлекеттік басқарудың мүдделері үшін жергілікті атқарушы органдарға Қазақстан Республикасының заңнамасымен жүктелген өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="712"/>
-    <w:bookmarkStart w:name="z959" w:id="713"/>
+    <w:bookmarkEnd w:id="519"/>
+    <w:bookmarkStart w:name="z959" w:id="520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="713"/>
-    <w:bookmarkStart w:name="z960" w:id="714"/>
+    <w:bookmarkEnd w:id="520"/>
+    <w:bookmarkStart w:name="z960" w:id="521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="714"/>
-    <w:bookmarkStart w:name="z961" w:id="715"/>
+    <w:bookmarkEnd w:id="521"/>
+    <w:bookmarkStart w:name="z961" w:id="522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер қатынастарын реттеу мәселелері бойынша облыс әкімдігінің қарауына ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="715"/>
-    <w:bookmarkStart w:name="z962" w:id="716"/>
+    <w:bookmarkEnd w:id="522"/>
+    <w:bookmarkStart w:name="z962" w:id="523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басқарманың алдына қойылған міндеттерді атқаруға байланысты мәселелер бойынша мемлекеттік органдардан, лауазымды тұлғалардан, өзге де ұйымдар мен азаматтардан белгіленген тәртіпте ақпаратты сұрату және алу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="716"/>
-    <w:bookmarkStart w:name="z963" w:id="717"/>
+    <w:bookmarkEnd w:id="523"/>
+    <w:bookmarkStart w:name="z963" w:id="524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жер қатынастарын реттеу мәселелері бойынша мемлекеттік органдар, кәсіпорындар мен ұйымдармен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="717"/>
-    <w:bookmarkStart w:name="z964" w:id="718"/>
+    <w:bookmarkEnd w:id="524"/>
+    <w:bookmarkStart w:name="z964" w:id="525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының қолданыстағы заңнамасына сәйкес өзге де құқықтарды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="718"/>
-    <w:bookmarkStart w:name="z965" w:id="719"/>
+    <w:bookmarkEnd w:id="525"/>
+    <w:bookmarkStart w:name="z965" w:id="526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="719"/>
-    <w:bookmarkStart w:name="z966" w:id="720"/>
+    <w:bookmarkEnd w:id="526"/>
+    <w:bookmarkStart w:name="z966" w:id="527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүддесін мемлекеттік және сот органдарында білдіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="720"/>
-    <w:bookmarkStart w:name="z967" w:id="721"/>
+    <w:bookmarkEnd w:id="527"/>
+    <w:bookmarkStart w:name="z967" w:id="528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде келісімшарттар, келісімдер жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="721"/>
-    <w:bookmarkStart w:name="z968" w:id="722"/>
+    <w:bookmarkEnd w:id="528"/>
+    <w:bookmarkStart w:name="z968" w:id="529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының қолданыстағы заңнамасына сәйкес өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="722"/>
-    <w:bookmarkStart w:name="z969" w:id="723"/>
+    <w:bookmarkEnd w:id="529"/>
+    <w:bookmarkStart w:name="z969" w:id="530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="723"/>
-    <w:bookmarkStart w:name="z970" w:id="724"/>
+    <w:bookmarkEnd w:id="530"/>
+    <w:bookmarkStart w:name="z970" w:id="531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) облыстың жергiлiктi атқарушы органының жер қойнауын пайдалану мақсаттары (өндіру жөніндегі; бірлескен барлау және өндіру жөніндегі; барлаумен және (немесе) өндірумен байланысты емес жерасты құрылыстарын салу және (немесе) пайдалану жөніндегі жұмыстарды жүргізу үшін), магистральдық құбыржолдарды, мұнай және газ өңдеу объектiлерiн салу (реконструкциялау) үшін, сондай-ақ пайдалы қазбалардың кен орындары табылған кезде және оларды игеру үшін, магистральдық құбыржолдарды салу (реконструкциялау), жергiлiктi маңызы бар ерекше қорғалатын табиғи аумақтарды құру және кеңейту үшін жер учаскелерiн мемлекет мұқтажына мәжбүрлеп иелiктен шығару жөнiндегi ұсыныстарын және шешiмдерiнiң жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="724"/>
-    <w:bookmarkStart w:name="z971" w:id="725"/>
+    <w:bookmarkEnd w:id="531"/>
+    <w:bookmarkStart w:name="z971" w:id="532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) облыстың жергілікті атқарушы органының мемлекеттік ғылыми-зерттеу ұйымдары мен олардың тәжірибе шаруашылықтарына, сондай-ақ мемлекеттік тұқым өсіру шаруашылықтары мен асыл тұқымды мал зауыттарына жер учаскелерін беру жөніндегі ұсыныстары мен шешімдерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="725"/>
-    <w:bookmarkStart w:name="z972" w:id="726"/>
+    <w:bookmarkEnd w:id="532"/>
+    <w:bookmarkStart w:name="z972" w:id="533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) облыстың жергiлiктi атқарушы органының қорғаныс және ұлттық қауіпсіздік мұқтажы үшін жер учаскелерiн беру және алып қою жөнiндегi ұсыныстарын және шешiмдерiнiң жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="726"/>
-    <w:bookmarkStart w:name="z973" w:id="727"/>
+    <w:bookmarkEnd w:id="533"/>
+    <w:bookmarkStart w:name="z973" w:id="534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жерді резервте қалдыру жөніндегі ұсыныстарды дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="727"/>
-    <w:bookmarkStart w:name="z974" w:id="728"/>
+    <w:bookmarkEnd w:id="534"/>
+    <w:bookmarkStart w:name="z974" w:id="535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өз құзыреті шегінде жер учаскелерінің бөлінетіндігі мен бөлінбейтіндігін айқындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="728"/>
-    <w:bookmarkStart w:name="z975" w:id="729"/>
+    <w:bookmarkEnd w:id="535"/>
+    <w:bookmarkStart w:name="z975" w:id="536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жерге орналастыруды жүргізуді ұйымдастыру және жер учаскелерін қалыптастыру жөніндегі жерге орналастыру жобаларын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="729"/>
-    <w:bookmarkStart w:name="z976" w:id="730"/>
+    <w:bookmarkEnd w:id="536"/>
+    <w:bookmarkStart w:name="z976" w:id="537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) облыстың жерді аймақтарға бөлу жобаларын, жерді ұтымды пайдалану жөніндегі жобалары мен схемаларын әзірлеуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="730"/>
-    <w:bookmarkStart w:name="z977" w:id="731"/>
+    <w:bookmarkEnd w:id="537"/>
+    <w:bookmarkStart w:name="z977" w:id="538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) өз құзыреті шегінде жер сауда-саттығын (конкурстар, аукциондар) жүргізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="731"/>
-    <w:bookmarkStart w:name="z978" w:id="732"/>
+    <w:bookmarkEnd w:id="538"/>
+    <w:bookmarkStart w:name="z978" w:id="539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) жерді пайдалану мен қорғау мәселелерін қозғайтын, облыстық, қалалық, аудандық маңызы бар жобалар мен схемаларға сараптама жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="732"/>
-    <w:bookmarkStart w:name="z979" w:id="733"/>
+    <w:bookmarkEnd w:id="539"/>
+    <w:bookmarkStart w:name="z979" w:id="540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) өз құзыреті шегінде жер учаскесін сатып алу-сату шарттары мен жалдау және жерді уақытша өтеусіз пайдалану шарттарын жасасу және жасалған шарттар талаптарының орындалуын бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="733"/>
-    <w:bookmarkStart w:name="z980" w:id="734"/>
+    <w:bookmarkEnd w:id="540"/>
+    <w:bookmarkStart w:name="z980" w:id="541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) аудандардың, облыстық маңызы бар қалалардың деректері негізінде облыстың жер балансын жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="734"/>
-    <w:bookmarkStart w:name="z981" w:id="735"/>
+    <w:bookmarkEnd w:id="541"/>
+    <w:bookmarkStart w:name="z981" w:id="542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) Жер кодексінің 71-бабына сәйкес облыстың жергілікті атқарушы органының іздестіру жұмыстарын жүргізу үшін жер учаскелерін пайдалануға рұқсат беруі жөнінде ұсыныстар дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="735"/>
-    <w:bookmarkStart w:name="z982" w:id="736"/>
+    <w:bookmarkEnd w:id="542"/>
+    <w:bookmarkStart w:name="z982" w:id="543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) ауыл шаруашылығы алқаптарын бір түрден екіншісіне ауыстыру жөнінде ұсыныстар дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="736"/>
-    <w:bookmarkStart w:name="z983" w:id="737"/>
+    <w:bookmarkEnd w:id="543"/>
+    <w:bookmarkStart w:name="z983" w:id="544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) жер-кадастрлық жоспарды бекіту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="737"/>
-    <w:bookmarkStart w:name="z984" w:id="738"/>
+    <w:bookmarkEnd w:id="544"/>
+    <w:bookmarkStart w:name="z984" w:id="545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="738"/>
-    <w:bookmarkStart w:name="z985" w:id="739"/>
+    <w:bookmarkEnd w:id="545"/>
+    <w:bookmarkStart w:name="z985" w:id="546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="739"/>
-    <w:bookmarkStart w:name="z986" w:id="740"/>
+    <w:bookmarkEnd w:id="546"/>
+    <w:bookmarkStart w:name="z986" w:id="547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымына тағайындалады және лауазымынан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="740"/>
-    <w:bookmarkStart w:name="z987" w:id="741"/>
+    <w:bookmarkEnd w:id="547"/>
+    <w:bookmarkStart w:name="z987" w:id="548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарманың бірінші басшысының орынбасарлары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="741"/>
-    <w:bookmarkStart w:name="z988" w:id="742"/>
+    <w:bookmarkEnd w:id="548"/>
+    <w:bookmarkStart w:name="z988" w:id="549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="742"/>
-    <w:bookmarkStart w:name="z989" w:id="743"/>
+    <w:bookmarkEnd w:id="549"/>
+    <w:bookmarkStart w:name="z989" w:id="550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Басқармада сыбайлас жемқорлыққа қарсы іс-қимыл үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="743"/>
-    <w:bookmarkStart w:name="z990" w:id="744"/>
+    <w:bookmarkEnd w:id="550"/>
+    <w:bookmarkStart w:name="z990" w:id="551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Басқарманың құрылымдық бөлімшелері басшыларының міндеттері мен өкілеттіліктерін анықтайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="744"/>
-    <w:bookmarkStart w:name="z991" w:id="745"/>
+    <w:bookmarkEnd w:id="551"/>
+    <w:bookmarkStart w:name="z991" w:id="552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) .Басқарма қызметкерлерін тағайындайды және лауазымдарынан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="745"/>
-    <w:bookmarkStart w:name="z992" w:id="746"/>
+    <w:bookmarkEnd w:id="552"/>
+    <w:bookmarkStart w:name="z992" w:id="553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4). белгіленген заңнамалық тәртіппен Басқарма қызметкерлерін ынталандыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="746"/>
-    <w:bookmarkStart w:name="z993" w:id="747"/>
+    <w:bookmarkEnd w:id="553"/>
+    <w:bookmarkStart w:name="z993" w:id="554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5). белгіленген заңнамалық тәртіппен Басқарма қызметкерлеріне тәртіптік жаза тағайындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="747"/>
-    <w:bookmarkStart w:name="z994" w:id="748"/>
+    <w:bookmarkEnd w:id="554"/>
+    <w:bookmarkStart w:name="z994" w:id="555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6). өз құзырының шегінде бұйрықтар шығарады, нұсқаулар береді, қызметтік құжаттарға қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="748"/>
-    <w:bookmarkStart w:name="z995" w:id="749"/>
+    <w:bookmarkEnd w:id="555"/>
+    <w:bookmarkStart w:name="z995" w:id="556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7).Басқарманың құрылымдық бөлімшелері туралы ережені бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="749"/>
-    <w:bookmarkStart w:name="z996" w:id="750"/>
+    <w:bookmarkEnd w:id="556"/>
+    <w:bookmarkStart w:name="z996" w:id="557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) мемлекеттік органдарда және өзге де ұйымдарда Басқарманың атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="750"/>
-    <w:bookmarkStart w:name="z997" w:id="751"/>
+    <w:bookmarkEnd w:id="557"/>
+    <w:bookmarkStart w:name="z997" w:id="558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9).Басқарманың құзырына кіретін мәселелер бойынша нормативтік құқықтық актілерді, бағдарламалардың жобаларын және басқа да құжаттардың орындалу барысын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="751"/>
-    <w:bookmarkStart w:name="z998" w:id="752"/>
+    <w:bookmarkEnd w:id="558"/>
+    <w:bookmarkStart w:name="z998" w:id="559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10).Басқарманың құзырына кіретін мәселелер бойынша есептік материалдарды дайындау жөніндегі жұмысты бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="752"/>
-    <w:bookmarkStart w:name="z999" w:id="753"/>
+    <w:bookmarkEnd w:id="559"/>
+    <w:bookmarkStart w:name="z999" w:id="560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11).бюджеттік бағдарламалардың іске асырылу барысын үйлестіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="753"/>
-    <w:bookmarkStart w:name="z1000" w:id="754"/>
+    <w:bookmarkEnd w:id="560"/>
+    <w:bookmarkStart w:name="z1000" w:id="561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12).белгіленген тәртіппен қаржылық-экономикалық және шаруашылық қызметтер мәселелерін шешеді, бюджеттік қаражаттардың тиімді және мақсатты орындалуын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="754"/>
-    <w:bookmarkStart w:name="z1001" w:id="755"/>
+    <w:bookmarkEnd w:id="561"/>
+    <w:bookmarkStart w:name="z1001" w:id="562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13).Басқарманың қызметіндегі заңдылықтың, келісімшарт және қаржылық тәртіптің сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="755"/>
-    <w:bookmarkStart w:name="z1002" w:id="756"/>
+    <w:bookmarkEnd w:id="562"/>
+    <w:bookmarkStart w:name="z1002" w:id="563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14)..Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттілікті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="756"/>
-    <w:bookmarkStart w:name="z1003" w:id="757"/>
+    <w:bookmarkEnd w:id="563"/>
+    <w:bookmarkStart w:name="z1003" w:id="564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="757"/>
-    <w:bookmarkStart w:name="z1004" w:id="758"/>
+    <w:bookmarkEnd w:id="564"/>
+    <w:bookmarkStart w:name="z1004" w:id="565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="758"/>
-    <w:bookmarkStart w:name="z1005" w:id="759"/>
+    <w:bookmarkEnd w:id="565"/>
+    <w:bookmarkStart w:name="z1005" w:id="566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20..Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкi болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="759"/>
-    <w:bookmarkStart w:name="z1006" w:id="760"/>
+    <w:bookmarkEnd w:id="566"/>
+    <w:bookmarkStart w:name="z1006" w:id="567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкi оған меншік иесі берген мүлiк, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="760"/>
-    <w:bookmarkStart w:name="z1007" w:id="761"/>
+    <w:bookmarkEnd w:id="567"/>
+    <w:bookmarkStart w:name="z1007" w:id="568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекiтiлген мүлiк коммуналдық меншiкке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="761"/>
-    <w:bookmarkStart w:name="z1008" w:id="762"/>
+    <w:bookmarkEnd w:id="568"/>
+    <w:bookmarkStart w:name="z1008" w:id="569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзiне берілген мүлiктi және қаржыландыру жоспары бойынша өзіне берілген қаражат есебiнен сатып алынған мүлiктi өз бетiмен иелiктен шығаруға немесе оған өзгедей тәсiлмен билiк етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="762"/>
-    <w:bookmarkStart w:name="z1009" w:id="763"/>
+    <w:bookmarkEnd w:id="569"/>
+    <w:bookmarkStart w:name="z1009" w:id="570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау..Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="763"/>
-    <w:bookmarkStart w:name="z1010" w:id="764"/>
+    <w:bookmarkEnd w:id="570"/>
+    <w:bookmarkStart w:name="z1010" w:id="571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23..Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkEnd w:id="571"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20693,1878 +20343,1878 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1012" w:id="765"/>
+    <w:bookmarkStart w:name="z1012" w:id="572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының жолаушылар көлігі және автомобиль жолдары басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="765"/>
-    <w:bookmarkStart w:name="z1013" w:id="766"/>
+    <w:bookmarkEnd w:id="572"/>
+    <w:bookmarkStart w:name="z1013" w:id="573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="766"/>
-    <w:bookmarkStart w:name="z1014" w:id="767"/>
+    <w:bookmarkEnd w:id="573"/>
+    <w:bookmarkStart w:name="z1014" w:id="574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Жетісу облысының жолаушылар көлігі және автомобиль жолдары басқармасы" мемлекеттік мекемесі (бұдан әрі – Басқарма) Жетісу облысы аумағындағы Қазақстан Республикасының заңнамасына сәйкес жолаушылар көлігі және автомобиль жолдары саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="767"/>
-    <w:bookmarkStart w:name="z1015" w:id="768"/>
+    <w:bookmarkEnd w:id="574"/>
+    <w:bookmarkStart w:name="z1015" w:id="575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Басқарманың ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="768"/>
-    <w:bookmarkStart w:name="z1016" w:id="769"/>
+    <w:bookmarkEnd w:id="575"/>
+    <w:bookmarkStart w:name="z1016" w:id="576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасы Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="769"/>
-    <w:bookmarkStart w:name="z1017" w:id="770"/>
+    <w:bookmarkEnd w:id="576"/>
+    <w:bookmarkStart w:name="z1017" w:id="577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ тілде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="770"/>
-    <w:bookmarkStart w:name="z1018" w:id="771"/>
+    <w:bookmarkEnd w:id="577"/>
+    <w:bookmarkStart w:name="z1018" w:id="578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="771"/>
-    <w:bookmarkStart w:name="z1019" w:id="772"/>
+    <w:bookmarkEnd w:id="578"/>
+    <w:bookmarkStart w:name="z1019" w:id="579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="772"/>
-    <w:bookmarkStart w:name="z1020" w:id="773"/>
+    <w:bookmarkEnd w:id="579"/>
+    <w:bookmarkStart w:name="z1020" w:id="580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="773"/>
-    <w:bookmarkStart w:name="z1021" w:id="774"/>
+    <w:bookmarkEnd w:id="580"/>
+    <w:bookmarkStart w:name="z1021" w:id="581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="774"/>
-    <w:bookmarkStart w:name="z1022" w:id="775"/>
+    <w:bookmarkEnd w:id="581"/>
+    <w:bookmarkStart w:name="z1022" w:id="582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Қабанбай батыр көшесі, № 26.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="775"/>
-    <w:bookmarkStart w:name="z1023" w:id="776"/>
+    <w:bookmarkEnd w:id="582"/>
+    <w:bookmarkStart w:name="z1023" w:id="583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="776"/>
-    <w:bookmarkStart w:name="z1024" w:id="777"/>
+    <w:bookmarkEnd w:id="583"/>
+    <w:bookmarkStart w:name="z1024" w:id="584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="777"/>
-    <w:bookmarkStart w:name="z1025" w:id="778"/>
+    <w:bookmarkEnd w:id="584"/>
+    <w:bookmarkStart w:name="z1025" w:id="585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="778"/>
-    <w:bookmarkStart w:name="z1026" w:id="779"/>
+    <w:bookmarkEnd w:id="585"/>
+    <w:bookmarkStart w:name="z1026" w:id="586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамаларында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="779"/>
-    <w:bookmarkStart w:name="z1027" w:id="780"/>
+    <w:bookmarkEnd w:id="586"/>
+    <w:bookmarkStart w:name="z1027" w:id="587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="780"/>
-    <w:bookmarkStart w:name="z1028" w:id="781"/>
+    <w:bookmarkEnd w:id="587"/>
+    <w:bookmarkStart w:name="z1028" w:id="588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаттары: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="781"/>
-    <w:bookmarkStart w:name="z1029" w:id="782"/>
+    <w:bookmarkEnd w:id="588"/>
+    <w:bookmarkStart w:name="z1029" w:id="589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) экономиканың және халықтың автомобильмен тасымалдауға және өзге де жұмыстар мен көрсетiлетiн қызметтерге деген қажеттілігін қамтамасыз ету үшiн жағдайлар жасау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="782"/>
-    <w:bookmarkStart w:name="z1030" w:id="783"/>
+    <w:bookmarkEnd w:id="589"/>
+    <w:bookmarkStart w:name="z1030" w:id="590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жеке және заңды тұлғалардың заңды құқықтары мен мүдделерiн, сондай-ақ мемлекеттiң ұлттық мүдделерiн қорғау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="783"/>
-    <w:bookmarkStart w:name="z1031" w:id="784"/>
+    <w:bookmarkEnd w:id="590"/>
+    <w:bookmarkStart w:name="z1031" w:id="591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) халықаралық автомобильмен тасымалдау нарығында отандық тасымалдаушылардың бәсекеге қабiлеттiлiгi үшiн жағдайлар жасау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="784"/>
-    <w:bookmarkStart w:name="z1032" w:id="785"/>
+    <w:bookmarkEnd w:id="591"/>
+    <w:bookmarkStart w:name="z1032" w:id="592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) автомобильмен тасымалдаудың iшкi нарығын қорғау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="785"/>
-    <w:bookmarkStart w:name="z1033" w:id="786"/>
+    <w:bookmarkEnd w:id="592"/>
+    <w:bookmarkStart w:name="z1033" w:id="593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) автомобиль көлiгiнiң инфрақұрылымын одан әрi дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="786"/>
-    <w:bookmarkStart w:name="z1034" w:id="787"/>
+    <w:bookmarkEnd w:id="593"/>
+    <w:bookmarkStart w:name="z1034" w:id="594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) автомобиль жолдарын мемлекеттік басқарудың, оларды мемлекеттің және автомобиль жолдарын пайдаланушылардың мүдделерінде салудың, пайдаланудың және дамытудың құқықтық, ұйымдық және экономикалық негіздерін реттейді. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="787"/>
-    <w:bookmarkStart w:name="z1035" w:id="788"/>
+    <w:bookmarkEnd w:id="594"/>
+    <w:bookmarkStart w:name="z1035" w:id="595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="788"/>
-    <w:bookmarkStart w:name="z1036" w:id="789"/>
+    <w:bookmarkEnd w:id="595"/>
+    <w:bookmarkStart w:name="z1036" w:id="596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="789"/>
-    <w:bookmarkStart w:name="z1037" w:id="790"/>
+    <w:bookmarkEnd w:id="596"/>
+    <w:bookmarkStart w:name="z1037" w:id="597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде облыс әкімінің коммуналдық меншігіндегі және өткізіп берген мүлікті иелену, пайдаланумен билік жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="790"/>
-    <w:bookmarkStart w:name="z1038" w:id="791"/>
+    <w:bookmarkEnd w:id="597"/>
+    <w:bookmarkStart w:name="z1038" w:id="598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жол полициясы органдарымен және төтенше жағдайлар жөнiндегi уәкiлеттi органмен бiрлесiп: қысылтаяң жағдайларда (қолайсыз ауа райы-климат жағдайлары, дүлей апаттары, өрт, автомобиль жолдарының көтеру қабiлетiнiң жойылуы) көлiк құралдарының жүрiсiн шектеуге немесе тоқтату;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="791"/>
-    <w:bookmarkStart w:name="z1039" w:id="792"/>
+    <w:bookmarkEnd w:id="598"/>
+    <w:bookmarkStart w:name="z1039" w:id="599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз атынан азаматтық-құқықтық қатынастарға түсу, мәміле жасау, Қазақстан Республикасының барлық соттарына басқарма атынан қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="792"/>
-    <w:bookmarkStart w:name="z1040" w:id="793"/>
+    <w:bookmarkEnd w:id="599"/>
+    <w:bookmarkStart w:name="z1040" w:id="600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыс шегінде автожол және көлік кешендерінде бақылау, үйлестіру және басқа да заңнамада ескерілген арнайы сондай-ақ рұқсат ету функцияларын жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="793"/>
-    <w:bookmarkStart w:name="z1041" w:id="794"/>
+    <w:bookmarkEnd w:id="600"/>
+    <w:bookmarkStart w:name="z1041" w:id="601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       автожол және көлік кешендеріне қатысты облыс әкімдігі актілерінің орындалуына бақылау жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="794"/>
-    <w:bookmarkStart w:name="z1042" w:id="795"/>
+    <w:bookmarkEnd w:id="601"/>
+    <w:bookmarkStart w:name="z1042" w:id="602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       автожол және көлік кешендерін дамытуды жақсарту мәселелері бойынша ұсыныстар мен шешімдерді әзірлеуге қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="795"/>
-    <w:bookmarkStart w:name="z1043" w:id="796"/>
+    <w:bookmarkEnd w:id="602"/>
+    <w:bookmarkStart w:name="z1043" w:id="603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       әлеуметтік даму бағдарламаларының жүзеге асырылуына кедергі жасайтын, бұрын қабылданған актілерді өзгерту және күшін жою жөнінде ұсыныстар енгізу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="796"/>
-    <w:bookmarkStart w:name="z1044" w:id="797"/>
+    <w:bookmarkEnd w:id="603"/>
+    <w:bookmarkStart w:name="z1044" w:id="604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="797"/>
-    <w:bookmarkStart w:name="z1045" w:id="798"/>
+    <w:bookmarkEnd w:id="604"/>
+    <w:bookmarkStart w:name="z1045" w:id="605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде кеңестер шақыру, орындалуы міндетті актілер шығару, автомобиль жолдары және көлік кешендерінде Қазақстан Республикасы Заңдарының, Қазақстан Республикасы Президенті мен Үкіметінің заң актілерінің, нормативтік-құқықтық актілерінің, облыс әкімдігінің актілерінің орындалуын тексеру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="798"/>
-    <w:bookmarkStart w:name="z1046" w:id="799"/>
+    <w:bookmarkEnd w:id="605"/>
+    <w:bookmarkStart w:name="z1046" w:id="606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасында белгіленген тәртіппен шығындарын кейіннен өтей отырып, тасымалдаушыларды төтенше жағдайларды жоюға байланысты жұмыстарды орындауға тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="799"/>
-    <w:bookmarkStart w:name="z1047" w:id="800"/>
+    <w:bookmarkEnd w:id="606"/>
+    <w:bookmarkStart w:name="z1047" w:id="607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мемлекеттік органдардан, мекемелерден, және солардың лауазымды тұлғаларынан заңдарда көрсетілген тәртіпте қажетті мәліметтер мен материалдарды сұрату және алу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="800"/>
-    <w:bookmarkStart w:name="z1048" w:id="801"/>
+    <w:bookmarkEnd w:id="607"/>
+    <w:bookmarkStart w:name="z1048" w:id="608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыс шегіндегі автомобиль жолдары және көлік кешендері объектілеріне кіре алады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="801"/>
-    <w:bookmarkStart w:name="z1049" w:id="802"/>
+    <w:bookmarkEnd w:id="608"/>
+    <w:bookmarkStart w:name="z1049" w:id="609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыстың және оның әрбір өңіріндегі басқа атқарушы билік органдарының мамандарын жұмысқа тартуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="802"/>
-    <w:bookmarkStart w:name="z1050" w:id="803"/>
+    <w:bookmarkEnd w:id="609"/>
+    <w:bookmarkStart w:name="z1050" w:id="610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының қаулыларында және нормативтік актілерде жарлықтарда, заңнамаларда көзделген өзге де құқықтар мен міндеттерді жүзеге асыруға.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="803"/>
-    <w:bookmarkStart w:name="z1051" w:id="804"/>
+    <w:bookmarkEnd w:id="610"/>
+    <w:bookmarkStart w:name="z1051" w:id="611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="804"/>
-    <w:bookmarkStart w:name="z1052" w:id="805"/>
+    <w:bookmarkEnd w:id="611"/>
+    <w:bookmarkStart w:name="z1052" w:id="612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) облыстық маңызы бар, жалпыға ортақ пайдаланылатын автомобиль жолдарын салу, реконструкциялау, жөндеу және күтіп-ұстау жөніндегі жұмыстарды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="805"/>
-    <w:bookmarkStart w:name="z1053" w:id="806"/>
+    <w:bookmarkEnd w:id="612"/>
+    <w:bookmarkStart w:name="z1053" w:id="613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) облыстық маңызы бар, жалпыға ортақ пайдаланылатын автомобиль жолдарының желісін басқару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="806"/>
-    <w:bookmarkStart w:name="z1054" w:id="807"/>
+    <w:bookmarkEnd w:id="613"/>
+    <w:bookmarkStart w:name="z1054" w:id="614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) облыстың коммуналдық меншігіндегі жолдарды және жол кәсіпорындарын басқару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="807"/>
-    <w:bookmarkStart w:name="z1055" w:id="808"/>
+    <w:bookmarkEnd w:id="614"/>
+    <w:bookmarkStart w:name="z1055" w:id="615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) облыстық маңызы бар автомобиль жолдарын салу, реконструкциялау, жөндеу және күтіп-ұстау жөніндегі жұмыстарды жүргізу кезінде мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="808"/>
-    <w:bookmarkStart w:name="z1056" w:id="809"/>
+    <w:bookmarkEnd w:id="615"/>
+    <w:bookmarkStart w:name="z1056" w:id="616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жалпыға ортақ пайдаланылатын облыстық маңызы бар автомобиль жолдарын немесе олардың учаскелерін өтеусіз уақытша пайдалануға беру туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="809"/>
-    <w:bookmarkStart w:name="z1057" w:id="810"/>
+    <w:bookmarkEnd w:id="616"/>
+    <w:bookmarkStart w:name="z1057" w:id="617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) облыстық және аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарының жолға бөлiнген белдеуінде сыртқы (көрнекі) жарнаманы орналастыру тәртібін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="810"/>
-    <w:bookmarkStart w:name="z1058" w:id="811"/>
+    <w:bookmarkEnd w:id="617"/>
+    <w:bookmarkStart w:name="z1058" w:id="618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жол жолағында инфрақұрылым объектілерін, жол бойындағы қызметті, сыртқы жарнамалардың автожол пайдаланушыларымен орналастыруы мен пайдалануын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="811"/>
-    <w:bookmarkStart w:name="z1059" w:id="812"/>
+    <w:bookmarkEnd w:id="618"/>
+    <w:bookmarkStart w:name="z1059" w:id="619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) облыстық және аудандық маңызы бар жалпыға ортақ пайдаланылатын автомобиль жолдарын сыныптау тәртібі мен шарттарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="812"/>
-    <w:bookmarkStart w:name="z1060" w:id="813"/>
+    <w:bookmarkEnd w:id="619"/>
+    <w:bookmarkStart w:name="z1060" w:id="620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) елді мекендердің көшелерін күтіп-ұстау, ағымдағы, орташа және күрделі жөндеу кезінде орындалатын жұмыстар түрлерінің сыныптамасын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="813"/>
-    <w:bookmarkStart w:name="z1061" w:id="814"/>
+    <w:bookmarkEnd w:id="620"/>
+    <w:bookmarkStart w:name="z1061" w:id="621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) кiрме жолдарды және жалпыға ортақ пайдаланылатын облыстық және аудандық маңызы бар жолдарға жалғасатын жолдарды салуды келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="814"/>
-    <w:bookmarkStart w:name="z1062" w:id="815"/>
+    <w:bookmarkEnd w:id="621"/>
+    <w:bookmarkStart w:name="z1062" w:id="622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) облыстық маңызы бар жолдарды салуды, ұтымды пайдалануды және күтiп-ұстауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="815"/>
-    <w:bookmarkStart w:name="z1063" w:id="816"/>
+    <w:bookmarkEnd w:id="622"/>
+    <w:bookmarkStart w:name="z1063" w:id="623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) облыстық маңызы бар жалпы пайдаланымдағы автомобиль жолдарын және ондағы қондырғыларды күтіп-ұстау, жөндеу және салу жұмыстарын жүргізуге (соның ішінде, мемлекеттік қажеттілік үшін жер учаскелерін алып қою және сатып алу) бөлінген қаржының тиімді және мақсатқа сай пайдалануын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="816"/>
-    <w:bookmarkStart w:name="z1064" w:id="817"/>
+    <w:bookmarkEnd w:id="623"/>
+    <w:bookmarkStart w:name="z1064" w:id="624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) жергілікті мәні бар жалпы пайдаланымдағы автомобиль жолдарын және ондағы қондырғыларды салу жұмыстарын (соның ішінде, мемлекеттік қажеттілік үшін жер учаскелерін алып қою және сатып алу) жүргізу үшін дамытуға арналған нысаналы трансферттер бойынша республикалық бюджеттен бөлінген қаржының тиімді және мақсатқа сай пайдалануын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="817"/>
-    <w:bookmarkStart w:name="z1065" w:id="818"/>
+    <w:bookmarkEnd w:id="624"/>
+    <w:bookmarkStart w:name="z1065" w:id="625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) автомобиль жолдарының көлік-пайдалану сапасының төмендеуіне жол бермеу, көлік құралдарының жүріс қауіпсіздігін талаптарын сақтау және қоршаған ортаны сақтау мақсатында жол бойындағы қызмет көрсету объектілері мен жол бойы телімдеріне жоспарлас аумақтардың техникалық жай-күйіне бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="818"/>
-    <w:bookmarkStart w:name="z1066" w:id="819"/>
+    <w:bookmarkEnd w:id="625"/>
+    <w:bookmarkStart w:name="z1066" w:id="626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) жол қозғалысына қатысушылармен облыстың жергілікті мәні бар жалпы пайдаланымдағы автомобиль жолдарын пайдалану ережелерінің сақталуын бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="819"/>
-    <w:bookmarkStart w:name="z1067" w:id="820"/>
+    <w:bookmarkEnd w:id="626"/>
+    <w:bookmarkStart w:name="z1067" w:id="627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) жолаушылар мен багажды тұрақты облысаралық қалааралық, ауданаралық (облысiшiлiк қалааралық) тасымалдауды ұйымдастырады, оларға қызмет көрсету құқығына конкурстар өткiзу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="820"/>
-    <w:bookmarkStart w:name="z1068" w:id="821"/>
+    <w:bookmarkEnd w:id="627"/>
+    <w:bookmarkStart w:name="z1068" w:id="628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) жолаушылар мен багажды тұрақты ауданаралық (облысiшiлiк қалааралық) тасымалдаулар маршруттарын және қозғалыс кестелерiн бекiту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="821"/>
-    <w:bookmarkStart w:name="z1069" w:id="822"/>
+    <w:bookmarkEnd w:id="628"/>
+    <w:bookmarkStart w:name="z1069" w:id="629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) жолаушылар мен багажды тұрақты облысаралық қалааралық автомобильмен тасымалдаулар маршруттарын және жүру кестелерiн келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="822"/>
-    <w:bookmarkStart w:name="z1070" w:id="823"/>
+    <w:bookmarkEnd w:id="629"/>
+    <w:bookmarkStart w:name="z1070" w:id="630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) автовокзалдардың, автостанциялардың және жолаушыларға қызмет көрсету пункттерінің тiзiлiмiн жүргiзу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="823"/>
-    <w:bookmarkStart w:name="z1071" w:id="824"/>
+    <w:bookmarkEnd w:id="630"/>
+    <w:bookmarkStart w:name="z1071" w:id="631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) жолаушылар мен багажды тұрақты ауданаралық (облысiшiлiк қалааралық) автомобильмен тасымалдау маршруттарының тiзiлiмiн жүргiзу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="824"/>
-    <w:bookmarkStart w:name="z1072" w:id="825"/>
+    <w:bookmarkEnd w:id="631"/>
+    <w:bookmarkStart w:name="z1072" w:id="632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) жолаушылар көлiгiн дамытудың кешендi схемасын және жол қозғалысын ұйымдастыру жобаларын әзiрлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="825"/>
-    <w:bookmarkStart w:name="z1073" w:id="826"/>
+    <w:bookmarkEnd w:id="632"/>
+    <w:bookmarkStart w:name="z1073" w:id="633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) жолаушыларды ауданаралық (облысішілік қаларалық) қатынастарда әлеуметтiк мәні бар тасымалдауларды жүзеге асыру кезіндегі тасымалдаушылардың залалдарын субсидиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="826"/>
-    <w:bookmarkStart w:name="z1074" w:id="827"/>
+    <w:bookmarkEnd w:id="633"/>
+    <w:bookmarkStart w:name="z1074" w:id="634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) Қазақстан Республикасының рұқсаттар және хабарламалар туралы заңнамасына сәйкес лицензиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="827"/>
-    <w:bookmarkStart w:name="z1075" w:id="828"/>
+    <w:bookmarkEnd w:id="634"/>
+    <w:bookmarkStart w:name="z1075" w:id="635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) әлеуметтік мәні бар ауданаралық (облысішілік қалааралық) және қала маңындағы жолаушылар қатынастары (маршруттар) бойынша теміржол көлігімен жолаушылар тасымалдарын жүзеге асыруға байланысты тасымалдаушының залалдарын субсидиялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="828"/>
-    <w:bookmarkStart w:name="z1076" w:id="829"/>
+    <w:bookmarkEnd w:id="635"/>
+    <w:bookmarkStart w:name="z1076" w:id="636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) азаматтардың және заңды тұлғалардың өтініштерін Қазақстан Республикасының заңнамасына сәйкес құзыреті шегінде қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="829"/>
-    <w:bookmarkStart w:name="z1077" w:id="830"/>
+    <w:bookmarkEnd w:id="636"/>
+    <w:bookmarkStart w:name="z1077" w:id="637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) автомобиль жолдарын және жолаушылар көлiгiн кешенді дамыту бойынша облыстың әлеуметтік-экономикалық дамуының кешенді бағдарламасын, мақсатты бағдарламасын әзірлеуге қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="830"/>
-    <w:bookmarkStart w:name="z1078" w:id="831"/>
+    <w:bookmarkEnd w:id="637"/>
+    <w:bookmarkStart w:name="z1078" w:id="638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) Қазақстан Республикасының заңнамасында белгіленген тәртіппен шығындарын кейіннен өтей отырып, тасымалдаушыларды төтенше жағдайларды жоюға байланысты жұмыстарды орындауға тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="831"/>
-    <w:bookmarkStart w:name="z1079" w:id="832"/>
+    <w:bookmarkEnd w:id="638"/>
+    <w:bookmarkStart w:name="z1079" w:id="639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) тиiстi аумақта жол жүрiсi қауiпсiздiгiн қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="832"/>
-    <w:bookmarkStart w:name="z1080" w:id="833"/>
+    <w:bookmarkEnd w:id="639"/>
+    <w:bookmarkStart w:name="z1080" w:id="640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) жолдарда жол қозғалысын ұйымдастыру жөніндегі іс-шараларды әзірлейді және іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="833"/>
-    <w:bookmarkStart w:name="z1081" w:id="834"/>
+    <w:bookmarkEnd w:id="640"/>
+    <w:bookmarkStart w:name="z1081" w:id="641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) жол-көлік оқиғаларынан болған ысыраптың және жол жүрісі қауіпсіздігін қамтамасыз етуге арналған бюджет шығындарының, сондай-ақ жолдардағы авариялылық деңгейін азайту үшін қолданылатын шаралар тиімділігінің мониторингін жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="834"/>
-    <w:bookmarkStart w:name="z1082" w:id="835"/>
+    <w:bookmarkEnd w:id="641"/>
+    <w:bookmarkStart w:name="z1082" w:id="642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) шағын көлемді кемелердің кеме жүргізушілерін даярлау жөніндегі курстарды есепке алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="835"/>
-    <w:bookmarkStart w:name="z1083" w:id="836"/>
+    <w:bookmarkEnd w:id="642"/>
+    <w:bookmarkStart w:name="z1083" w:id="643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) шағын көлемдi өздігінен жүзетін кемелердi басқару құқығына куәлiктер беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="836"/>
-    <w:bookmarkStart w:name="z1084" w:id="837"/>
+    <w:bookmarkEnd w:id="643"/>
+    <w:bookmarkStart w:name="z1084" w:id="644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) Қазақстан Республикасының заңнамасымен көзделген өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="837"/>
-    <w:bookmarkStart w:name="z1085" w:id="838"/>
+    <w:bookmarkEnd w:id="644"/>
+    <w:bookmarkStart w:name="z1085" w:id="645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="838"/>
-    <w:bookmarkStart w:name="z1086" w:id="839"/>
+    <w:bookmarkEnd w:id="645"/>
+    <w:bookmarkStart w:name="z1086" w:id="646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өкілеттіктерін жүзеге асыруына дербес жауапты болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="839"/>
-    <w:bookmarkStart w:name="z1087" w:id="840"/>
+    <w:bookmarkEnd w:id="646"/>
+    <w:bookmarkStart w:name="z1087" w:id="647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="840"/>
-    <w:bookmarkStart w:name="z1088" w:id="841"/>
+    <w:bookmarkEnd w:id="647"/>
+    <w:bookmarkStart w:name="z1088" w:id="648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="841"/>
-    <w:bookmarkStart w:name="z1089" w:id="842"/>
+    <w:bookmarkEnd w:id="648"/>
+    <w:bookmarkStart w:name="z1089" w:id="649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="842"/>
-    <w:bookmarkStart w:name="z1090" w:id="843"/>
+    <w:bookmarkEnd w:id="649"/>
+    <w:bookmarkStart w:name="z1090" w:id="650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Қазақстан Республикасының заңнамасына сәйкес Басқарма қызметкерлерін лауазымға тағайындайды және лауазымынан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="843"/>
-    <w:bookmarkStart w:name="z1091" w:id="844"/>
+    <w:bookmarkEnd w:id="650"/>
+    <w:bookmarkStart w:name="z1091" w:id="651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Басқарма қызметкерлеріне тәртіптік жаза қолданады және ынталандырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="844"/>
-    <w:bookmarkStart w:name="z1092" w:id="845"/>
+    <w:bookmarkEnd w:id="651"/>
+    <w:bookmarkStart w:name="z1092" w:id="652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өз құзыреті шегінде Басқарма қызметкерлері орындауға міндетті бұйрықтар, нұсқаулықтар шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="845"/>
-    <w:bookmarkStart w:name="z1093" w:id="846"/>
+    <w:bookmarkEnd w:id="652"/>
+    <w:bookmarkStart w:name="z1093" w:id="653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Басқармадағы сыбайлас жемқорлыққа қарсы іс-әрекет бойынша жеке жауапкершілік алады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="846"/>
-    <w:bookmarkStart w:name="z1094" w:id="847"/>
+    <w:bookmarkEnd w:id="653"/>
+    <w:bookmarkStart w:name="z1094" w:id="654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының заңнамасына сәйкес өз құзыреті шегінде мемлекеттік органдар мен ұйымдарда Басқарма мүддесін білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="847"/>
-    <w:bookmarkStart w:name="z1095" w:id="848"/>
+    <w:bookmarkEnd w:id="654"/>
+    <w:bookmarkStart w:name="z1095" w:id="655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өз құзыретіне жататын басқа да мәселелер бойынша шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="848"/>
-    <w:bookmarkStart w:name="z1096" w:id="849"/>
+    <w:bookmarkEnd w:id="655"/>
+    <w:bookmarkStart w:name="z1096" w:id="656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="849"/>
-    <w:bookmarkStart w:name="z1097" w:id="850"/>
+    <w:bookmarkEnd w:id="656"/>
+    <w:bookmarkStart w:name="z1097" w:id="657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="850"/>
-    <w:bookmarkStart w:name="z1098" w:id="851"/>
+    <w:bookmarkEnd w:id="657"/>
+    <w:bookmarkStart w:name="z1098" w:id="658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="851"/>
-    <w:bookmarkStart w:name="z1099" w:id="852"/>
+    <w:bookmarkEnd w:id="658"/>
+    <w:bookmarkStart w:name="z1099" w:id="659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="852"/>
-    <w:bookmarkStart w:name="z1100" w:id="853"/>
+    <w:bookmarkEnd w:id="659"/>
+    <w:bookmarkStart w:name="z1100" w:id="660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="853"/>
-    <w:bookmarkStart w:name="z1101" w:id="854"/>
+    <w:bookmarkEnd w:id="660"/>
+    <w:bookmarkStart w:name="z1101" w:id="661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="854"/>
-    <w:bookmarkStart w:name="z1102" w:id="855"/>
+    <w:bookmarkEnd w:id="661"/>
+    <w:bookmarkStart w:name="z1102" w:id="662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="855"/>
-    <w:bookmarkStart w:name="z1103" w:id="856"/>
+    <w:bookmarkEnd w:id="662"/>
+    <w:bookmarkStart w:name="z1103" w:id="663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkEnd w:id="663"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -22737,2558 +22387,2558 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1194" w:id="857"/>
+    <w:bookmarkStart w:name="z1194" w:id="664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының жұмыспен қамтуды үйлестіру және әлеуметтік бағдарламалар басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="857"/>
-    <w:bookmarkStart w:name="z1195" w:id="858"/>
+    <w:bookmarkEnd w:id="664"/>
+    <w:bookmarkStart w:name="z1195" w:id="665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="858"/>
-    <w:bookmarkStart w:name="z1196" w:id="859"/>
+    <w:bookmarkEnd w:id="665"/>
+    <w:bookmarkStart w:name="z1196" w:id="666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Жетісу облысының жұмыспен қамтуды үйлестіру және әлеуметтік бағдарламалар басқармасы" мемлекеттік мекемесі (бұдан әрі - Басқарма) Жетісу облысының аумағында Қазақстан Республикасының заңнамасына сәйкес, халықты жұмыспен қамту, әлеуметтік бағдарламалар саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="859"/>
-    <w:bookmarkStart w:name="z1197" w:id="860"/>
+    <w:bookmarkEnd w:id="666"/>
+    <w:bookmarkStart w:name="z1197" w:id="667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Басқарманың ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="860"/>
-    <w:bookmarkStart w:name="z1198" w:id="861"/>
+    <w:bookmarkEnd w:id="667"/>
+    <w:bookmarkStart w:name="z1198" w:id="668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="861"/>
-    <w:bookmarkStart w:name="z1199" w:id="862"/>
+    <w:bookmarkEnd w:id="668"/>
+    <w:bookmarkStart w:name="z1199" w:id="669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="862"/>
-    <w:bookmarkStart w:name="z1200" w:id="863"/>
+    <w:bookmarkEnd w:id="669"/>
+    <w:bookmarkStart w:name="z1200" w:id="670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="863"/>
-    <w:bookmarkStart w:name="z1201" w:id="864"/>
+    <w:bookmarkEnd w:id="670"/>
+    <w:bookmarkStart w:name="z1201" w:id="671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="864"/>
-    <w:bookmarkStart w:name="z1202" w:id="865"/>
+    <w:bookmarkEnd w:id="671"/>
+    <w:bookmarkStart w:name="z1202" w:id="672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="865"/>
-    <w:bookmarkStart w:name="z1203" w:id="866"/>
+    <w:bookmarkEnd w:id="672"/>
+    <w:bookmarkStart w:name="z1203" w:id="673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="866"/>
-    <w:bookmarkStart w:name="z1204" w:id="867"/>
+    <w:bookmarkEnd w:id="673"/>
+    <w:bookmarkStart w:name="z1204" w:id="674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Қабанбай батыр көшесі, № 26.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="867"/>
-    <w:bookmarkStart w:name="z1205" w:id="868"/>
+    <w:bookmarkEnd w:id="674"/>
+    <w:bookmarkStart w:name="z1205" w:id="675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="868"/>
-    <w:bookmarkStart w:name="z1206" w:id="869"/>
+    <w:bookmarkEnd w:id="675"/>
+    <w:bookmarkStart w:name="z1206" w:id="676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="869"/>
-    <w:bookmarkStart w:name="z1207" w:id="870"/>
+    <w:bookmarkEnd w:id="676"/>
+    <w:bookmarkStart w:name="z1207" w:id="677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="870"/>
-    <w:bookmarkStart w:name="z1208" w:id="871"/>
+    <w:bookmarkEnd w:id="677"/>
+    <w:bookmarkStart w:name="z1208" w:id="678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="871"/>
-    <w:bookmarkStart w:name="z1209" w:id="872"/>
+    <w:bookmarkEnd w:id="678"/>
+    <w:bookmarkStart w:name="z1209" w:id="679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="872"/>
-    <w:bookmarkStart w:name="z1210" w:id="873"/>
+    <w:bookmarkEnd w:id="679"/>
+    <w:bookmarkStart w:name="z1210" w:id="680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="873"/>
-    <w:bookmarkStart w:name="z1211" w:id="874"/>
+    <w:bookmarkEnd w:id="680"/>
+    <w:bookmarkStart w:name="z1211" w:id="681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шегінде жұмыспен қамту, әлеуметтік бағдарламалар, көші-қон, әлеуметтік әріптестік, мемлекеттік-жекешелік әріптестік саласындағы мемлекеттік саясатты іске асыру және босқындар мәселелері бойынша;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="874"/>
-    <w:bookmarkStart w:name="z1212" w:id="875"/>
+    <w:bookmarkEnd w:id="681"/>
+    <w:bookmarkStart w:name="z1212" w:id="682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) жұмыспен қамту, әлеуметтік қамсыздандыру, көші-қон, әлеуметтік әріптестік саласында салааралық үйлестіруді және әдістемелік қамтамасыз етуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="875"/>
-    <w:bookmarkStart w:name="z1213" w:id="876"/>
+    <w:bookmarkEnd w:id="682"/>
+    <w:bookmarkStart w:name="z1213" w:id="683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өмірлік қиын жағдайға тап болған азаматтарға және ведомстволық бағыныстағы мекемелерде арнаулы әлеуметтік қызмет көрсету саласындағы мемлекеттік саясаттың негізгі бағыттарын іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="876"/>
-    <w:bookmarkStart w:name="z1214" w:id="877"/>
+    <w:bookmarkEnd w:id="683"/>
+    <w:bookmarkStart w:name="z1214" w:id="684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) аз қамтылған азаматтарға атаулы әлеуметтік көмекті қамтамасыз ету бойынша шараларды іске асыру, мүгедектігі бар адамдарды және басқа санаттағы азаматтарды әлеуметтік қолдауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="877"/>
-    <w:bookmarkStart w:name="z1215" w:id="878"/>
+    <w:bookmarkEnd w:id="684"/>
+    <w:bookmarkStart w:name="z1215" w:id="685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мемлекеттік қызметтер көрсету кезінде Қазақстан Республикасының заңнамалық актілерінің сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="878"/>
-    <w:bookmarkStart w:name="z1216" w:id="879"/>
+    <w:bookmarkEnd w:id="685"/>
+    <w:bookmarkStart w:name="z1216" w:id="686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "Күшті өңірлер – ел дамуының драйвері" Ұлттық жобасын, Кәсіпкерлікті дамыту жөніндегі ұлттық жобаны, Жетісу облысын дамыту жоспарларын басқарманың құзыретіне кіретін мәселелер бойынша іске асыруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="879"/>
-    <w:bookmarkStart w:name="z1217" w:id="880"/>
+    <w:bookmarkEnd w:id="686"/>
+    <w:bookmarkStart w:name="z1217" w:id="687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Ұлттық жобалар бөлінісінде 2021-2025 жылдарға арналған жұмыспен қамтудың өңірлік картасын қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="880"/>
-    <w:bookmarkStart w:name="z1218" w:id="881"/>
+    <w:bookmarkEnd w:id="687"/>
+    <w:bookmarkStart w:name="z1218" w:id="688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="881"/>
-    <w:bookmarkStart w:name="z1219" w:id="882"/>
+    <w:bookmarkEnd w:id="688"/>
+    <w:bookmarkStart w:name="z1219" w:id="689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="882"/>
-    <w:bookmarkStart w:name="z1220" w:id="883"/>
+    <w:bookmarkEnd w:id="689"/>
+    <w:bookmarkStart w:name="z1220" w:id="690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="883"/>
-    <w:bookmarkStart w:name="z1221" w:id="884"/>
+    <w:bookmarkEnd w:id="690"/>
+    <w:bookmarkStart w:name="z1221" w:id="691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқармаға жүктелген функцияларды жүзеге асыру үшін белгіленген тәртіппен атқарушы органдардан, сондай-ақ ұйымдар, мекемелер мен кәсіпорындар, меншік нысанына қарамастан, қажетті құжаттар, ақпараттар, мәліметтер, анықтамалық және өзге материалдар сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="884"/>
-    <w:bookmarkStart w:name="z1222" w:id="885"/>
+    <w:bookmarkEnd w:id="691"/>
+    <w:bookmarkStart w:name="z1222" w:id="692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жедел басқару құқығындағы мүлікті пайдалануды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="885"/>
-    <w:bookmarkStart w:name="z1223" w:id="886"/>
+    <w:bookmarkEnd w:id="692"/>
+    <w:bookmarkStart w:name="z1223" w:id="693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басқарманың қарамағындағы мемлекеттік мекемелерді және кәсіпорындарды құру, қайта құру, қайта атау және тарату бойынша облыс әкімдігіне ұсыныстар енгізу және олардың Жарғыларын (ережелерін) бекіту, оларға өзгерістер мен толықтырулар енгізу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="886"/>
-    <w:bookmarkStart w:name="z1224" w:id="887"/>
+    <w:bookmarkEnd w:id="693"/>
+    <w:bookmarkStart w:name="z1224" w:id="694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма құзыретіне кіретін мәселелер бойынша белгіленген тәртіпте конференциялар, семинарлар, кеңестер мен кездесулер ұйымдастыру және өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="887"/>
-    <w:bookmarkStart w:name="z1225" w:id="888"/>
+    <w:bookmarkEnd w:id="694"/>
+    <w:bookmarkStart w:name="z1225" w:id="695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ішкі пайдалану үшін пайдаланылатын ұсынылған құжаттардың көшірмелерін растау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="888"/>
-    <w:bookmarkStart w:name="z1226" w:id="889"/>
+    <w:bookmarkEnd w:id="695"/>
+    <w:bookmarkStart w:name="z1226" w:id="696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма құзыретіне кіретін мәселелер бойынша әдістемелік құралдар шығару, ақпараттық-түсіндіру жұмыстарын жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="889"/>
-    <w:bookmarkStart w:name="z1227" w:id="890"/>
+    <w:bookmarkEnd w:id="696"/>
+    <w:bookmarkStart w:name="z1227" w:id="697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма құзыретіне кіретін мәселелер бойынша құзыреті шегінде лауазымды тұлғалармен, қоғамдық ұйымдармен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="890"/>
-    <w:bookmarkStart w:name="z1228" w:id="891"/>
+    <w:bookmarkEnd w:id="697"/>
+    <w:bookmarkStart w:name="z1228" w:id="698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде шарттар, келісімдер жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="891"/>
-    <w:bookmarkStart w:name="z1229" w:id="892"/>
+    <w:bookmarkEnd w:id="698"/>
+    <w:bookmarkStart w:name="z1229" w:id="699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       білім беру мәселелерімен айналысатын мемлекеттік органдардан, білім беру ұйымдарында, мамандарды даярлауды, қайта даярлауды және біліктілігін арттыруды жүзеге асыратын әртүрлі ұйымдардың оқу курстарынан бітірушілердің жұмысқа орналасуы туралы мәліметтерді, оқыту жүргізілетін кәсіптер (мамандықтар), нақты кәсіптер (мамандықтар) бойынша даярланған және даярлауға жоспарланған мамандар саны туралы ақпаратты сұрату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="892"/>
-    <w:bookmarkStart w:name="z1230" w:id="893"/>
+    <w:bookmarkEnd w:id="699"/>
+    <w:bookmarkStart w:name="z1230" w:id="700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="893"/>
-    <w:bookmarkStart w:name="z1231" w:id="894"/>
+    <w:bookmarkEnd w:id="700"/>
+    <w:bookmarkStart w:name="z1231" w:id="701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма алқасының, өңірлік комиссияның отырыстарында меншік нысанына қарамастан ұйымдар, кәсіпорындар мен мекемелер басшыларының Басқарма құзыретіне жататын мәселелер бойынша есептерін тыңдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="894"/>
-    <w:bookmarkStart w:name="z1232" w:id="895"/>
+    <w:bookmarkEnd w:id="701"/>
+    <w:bookmarkStart w:name="z1232" w:id="702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма құзыретіне кіретін мәселелерді талқылау бойынша комиссиялар мен жұмыс топтарының жұмысына қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="895"/>
-    <w:bookmarkStart w:name="z1233" w:id="896"/>
+    <w:bookmarkEnd w:id="702"/>
+    <w:bookmarkStart w:name="z1233" w:id="703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма құзыретіне кіретін мәселелер бойынша түсініктемелер беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="896"/>
-    <w:bookmarkStart w:name="z1234" w:id="897"/>
+    <w:bookmarkEnd w:id="703"/>
+    <w:bookmarkStart w:name="z1234" w:id="704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүдделерін мемлекеттік органдарда, сотта білдіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="897"/>
-    <w:bookmarkStart w:name="z1235" w:id="898"/>
+    <w:bookmarkEnd w:id="704"/>
+    <w:bookmarkStart w:name="z1235" w:id="705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамалық актілерінде көзделген өкілеттіктер шегінде өзге де құқықтар мен міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="898"/>
-    <w:bookmarkStart w:name="z1236" w:id="899"/>
+    <w:bookmarkEnd w:id="705"/>
+    <w:bookmarkStart w:name="z1236" w:id="706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="899"/>
-    <w:bookmarkStart w:name="z1237" w:id="900"/>
+    <w:bookmarkEnd w:id="706"/>
+    <w:bookmarkStart w:name="z1237" w:id="707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жұмыспен қамту, азаматтардың мұқтаж санаттарын әлеуметтік қолдау саласындағы нормативтік құқықтық актілерді әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="900"/>
-    <w:bookmarkStart w:name="z1238" w:id="901"/>
+    <w:bookmarkEnd w:id="707"/>
+    <w:bookmarkStart w:name="z1238" w:id="708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әлеуметтік әріптестік пен әлеуметтік және еңбек қатынастарын реттеу жөніндегі облыстық комиссияның жұмысын үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="901"/>
-    <w:bookmarkStart w:name="z1239" w:id="902"/>
+    <w:bookmarkEnd w:id="708"/>
+    <w:bookmarkStart w:name="z1239" w:id="709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) әлеуметтік және еңбек қатынастарын реттейтін облыстық үшжақты келісімнің жобаларын әзірлеу, ұсыныстар енгізу және әлеуметтік әріптестік тараптарымен келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="902"/>
-    <w:bookmarkStart w:name="z1240" w:id="903"/>
+    <w:bookmarkEnd w:id="709"/>
+    <w:bookmarkStart w:name="z1240" w:id="710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қалалық және аудандық жұмыспен қамту және әлеуметтік бағдарламалар бөлімдерімен, халықты жұмыспен қамту орталықтарымен және арнаулы әлеуметтік қызмет көрсету орталықтарымен әдістемелік және ұйымдастырушылық үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="903"/>
-    <w:bookmarkStart w:name="z1241" w:id="904"/>
+    <w:bookmarkEnd w:id="710"/>
+    <w:bookmarkStart w:name="z1241" w:id="711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жұмыс күшіне сұраныс пен ұсынысты талдау, болжау, аймақтың еңбек нарығының жағдайы туралы ақпарат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="904"/>
-    <w:bookmarkStart w:name="z1242" w:id="905"/>
+    <w:bookmarkEnd w:id="711"/>
+    <w:bookmarkStart w:name="z1242" w:id="712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) даму бағдарламаларының әлеуметтік саласы бойынша тиісті бөлімдерді әзірлеуге қатысу, сондай-ақ халықты жұмыспен қамтуға жәрдемдесудің белсенді шараларын іске асыру, мұқтаж азаматтардың санаттарын көрсету және әлеуметтік қолдау бойынша үйлестіруді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="905"/>
-    <w:bookmarkStart w:name="z1243" w:id="906"/>
+    <w:bookmarkEnd w:id="712"/>
+    <w:bookmarkStart w:name="z1243" w:id="713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) халықтың көші-қоны мәселелері жөніндегі уәкілетті органға шетелдік жұмыс күшін тартуға арналған квотаны қалыптастыру жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="906"/>
-    <w:bookmarkStart w:name="z1244" w:id="907"/>
+    <w:bookmarkEnd w:id="713"/>
+    <w:bookmarkStart w:name="z1244" w:id="714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) халықты жұмыспен қамту мәселелері бойынша уәкілетті орган бөлген квота шегінде немесе квотадан тыс корпоративішілік ауыстыру аясында тиісті әкімшілік-аумақтық бірлік аумағында еңбек қызметін жүзеге асыру үшін жұмыс берушілерге шетелдік жұмыс күшін тартуға рұқсаттар беру және (немесе) ұзарту, сондай-ақ көрсетілген рұқсаттарды тоқтата тұру және қайтарып алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="907"/>
-    <w:bookmarkStart w:name="z1245" w:id="908"/>
+    <w:bookmarkEnd w:id="714"/>
+    <w:bookmarkStart w:name="z1245" w:id="715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) өз бетінше жұмысқа орналасуы үшін шетелдік жұмыскерге немесе азаматтығы жоқ адамға біліктілігінің сәйкестігі туралы анықтама беру немесе ұзарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="908"/>
-    <w:bookmarkStart w:name="z1246" w:id="909"/>
+    <w:bookmarkEnd w:id="715"/>
+    <w:bookmarkStart w:name="z1246" w:id="716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) еңбекші көшіп келушілерге рұқсаттар беру, ұзарту жөніндегі жұмыстарды үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="909"/>
-    <w:bookmarkStart w:name="z1247" w:id="910"/>
+    <w:bookmarkEnd w:id="716"/>
+    <w:bookmarkStart w:name="z1247" w:id="717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) этникалық қазақтардан қандас мәртебесін беруге немесе ұзартуға қажетті құжаттарымен қоса, тікелей және Мемлекеттік корпорация арқылы өтініштерді қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="910"/>
-    <w:bookmarkStart w:name="z1248" w:id="911"/>
+    <w:bookmarkEnd w:id="717"/>
+    <w:bookmarkStart w:name="z1248" w:id="718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) қандас мәртебесін беру немесе ұзарту туралы шешім қабылдау және шығару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="911"/>
-    <w:bookmarkStart w:name="z1249" w:id="912"/>
+    <w:bookmarkEnd w:id="718"/>
+    <w:bookmarkStart w:name="z1249" w:id="719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) қандас куәлігін беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="912"/>
-    <w:bookmarkStart w:name="z1250" w:id="913"/>
+    <w:bookmarkEnd w:id="719"/>
+    <w:bookmarkStart w:name="z1250" w:id="720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) қандастарды бейімдеу және ықпалдастыру орталықтарын, уақытша орналастыру орталықтарын құру және олардың қызметін ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="913"/>
-    <w:bookmarkStart w:name="z1251" w:id="914"/>
+    <w:bookmarkEnd w:id="720"/>
+    <w:bookmarkStart w:name="z1251" w:id="721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) отбасын біріктіру мақсатында шетелде тұратын этникалық қазақтар қатарындағы туыстарын Қазақстан Республикасына көшіру үшін Қазақстан Республикасы азаматтарының шақыруларын қабылдау, қарау және куәландыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="914"/>
-    <w:bookmarkStart w:name="z1252" w:id="915"/>
+    <w:bookmarkEnd w:id="721"/>
+    <w:bookmarkStart w:name="z1252" w:id="722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) босқын мәртебесін беру туралы өтінішхатты тіркеу және қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="915"/>
-    <w:bookmarkStart w:name="z1253" w:id="916"/>
+    <w:bookmarkEnd w:id="722"/>
+    <w:bookmarkStart w:name="z1253" w:id="723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) пана іздеген адамның куәлігін беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="916"/>
-    <w:bookmarkStart w:name="z1254" w:id="917"/>
+    <w:bookmarkEnd w:id="723"/>
+    <w:bookmarkStart w:name="z1254" w:id="724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) босқын куәлігін беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="917"/>
-    <w:bookmarkStart w:name="z1255" w:id="918"/>
+    <w:bookmarkEnd w:id="724"/>
+    <w:bookmarkStart w:name="z1255" w:id="725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) босқын мәртебесін беру, ұзарту, одан айыру және оны тоқтату туралы шешім қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="918"/>
-    <w:bookmarkStart w:name="z1256" w:id="919"/>
+    <w:bookmarkEnd w:id="725"/>
+    <w:bookmarkStart w:name="z1256" w:id="726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) босқын мәртебесін беру, ұзарту, одан айыру және оны тоқтату рәсімдерін жүзеге асыру жөніндегі комиссияның қызметін ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="919"/>
-    <w:bookmarkStart w:name="z1257" w:id="920"/>
+    <w:bookmarkEnd w:id="726"/>
+    <w:bookmarkStart w:name="z1257" w:id="727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) пана іздеген адамдардың және босқындардың тізімдерін қалыптастырады және ай сайын уәкілетті органға, ұлттық қауіпсіздік органдарына және ішкі істер органдарына жіберу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="920"/>
-    <w:bookmarkStart w:name="z1258" w:id="921"/>
+    <w:bookmarkEnd w:id="727"/>
+    <w:bookmarkStart w:name="z1258" w:id="728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) мүдделі органдармен бірлесіп кадрларды даярлау және оларды жұмысқа орналастыру қажеттілігін анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="921"/>
-    <w:bookmarkStart w:name="z1259" w:id="922"/>
+    <w:bookmarkEnd w:id="728"/>
+    <w:bookmarkStart w:name="z1259" w:id="729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) жұмыспен қамту, аутсорсинг бөлігінде еңбек делдалдығымен айналысатын жеке жұмыспен қамту агенттіктерімен өзара іс-қимылды үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="922"/>
-    <w:bookmarkStart w:name="z1260" w:id="923"/>
+    <w:bookmarkEnd w:id="729"/>
+    <w:bookmarkStart w:name="z1260" w:id="730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) жұмыс күшінің ұтқырлығын арттыру үшін ерікті түрде қоныс аударуға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="923"/>
-    <w:bookmarkStart w:name="z1261" w:id="924"/>
+    <w:bookmarkEnd w:id="730"/>
+    <w:bookmarkStart w:name="z1261" w:id="731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) жұмыспен қамту мәселелері жөніндегі өңірлік комиссияның қызметін ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="924"/>
-    <w:bookmarkStart w:name="z1262" w:id="925"/>
+    <w:bookmarkEnd w:id="731"/>
+    <w:bookmarkStart w:name="z1262" w:id="732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) қылмыстық жазасын өтеген және қылмыстық-құқықтық ықпал етудің өзге де шараларын атқаратын мекемелер мен органдардың, сондай-ақ әлеуметтік және өзге де көмекті көрсететін ұйымдардың қызметіне жәрдемдесу жөніндегі консультативтік-кеңесші органның отырыстарын өткізуге жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="925"/>
-    <w:bookmarkStart w:name="z1263" w:id="926"/>
+    <w:bookmarkEnd w:id="732"/>
+    <w:bookmarkStart w:name="z1263" w:id="733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27) жұмыс орындарын босату және қысқарту тәуекелімен ұйымдардың мониторингін жүзеге асыруды үйлестіреді, меморандумдар мен Жол карталарын жасауға ықпал ету; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="926"/>
-    <w:bookmarkStart w:name="z1264" w:id="927"/>
+    <w:bookmarkEnd w:id="733"/>
+    <w:bookmarkStart w:name="z1264" w:id="734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) арнаулы әлеуметтік қызметтер көрсететін, өздерінің қарамағындағы субъектілерді құруды және олардың қызметін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="927"/>
-    <w:bookmarkStart w:name="z1265" w:id="928"/>
+    <w:bookmarkEnd w:id="734"/>
+    <w:bookmarkStart w:name="z1265" w:id="735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) арнаулы әлеуметтік қызметтер көрсететін субъектілердің арнаулы әлеуметтік қызметтердің кепілдік берілген көлемін ұсынуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="928"/>
-    <w:bookmarkStart w:name="z1266" w:id="929"/>
+    <w:bookmarkEnd w:id="735"/>
+    <w:bookmarkStart w:name="z1266" w:id="736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) арнаулы әлеуметтік қызметтер көрсету жүйесін дамыту жөнінде шаралар қабылдауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="929"/>
-    <w:bookmarkStart w:name="z1267" w:id="930"/>
+    <w:bookmarkEnd w:id="736"/>
+    <w:bookmarkStart w:name="z1267" w:id="737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) арнайы әлеуметтік қызмет көрсету орталықтарын кадрлық қамтамасыз етуді, әлеуметтік қызметкерлердің кәсіби даярлығын, қайта даярлау мен біліктілігін арттыруды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="930"/>
-    <w:bookmarkStart w:name="z1268" w:id="931"/>
+    <w:bookmarkEnd w:id="737"/>
+    <w:bookmarkStart w:name="z1268" w:id="738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) бағынысты мемлекеттік мекемелердің қызметін үйлестіру, мониторинг жүргізуді, материалдық-техникалық жай-күйіне ұсыныстар енгізуді қамтамасыз ету және әдістемелік көмек көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="931"/>
-    <w:bookmarkStart w:name="z1269" w:id="932"/>
+    <w:bookmarkEnd w:id="738"/>
+    <w:bookmarkStart w:name="z1269" w:id="739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) мемлекеттік сатып алуларды жүзеге асыру, арнайы әлеуметтік қызметтер көрсету бойынша мемлекеттік әлеуметтік тапсырыстарды орналастыру, арнайы әлеуметтік қызметтерге қажеттілікті бағалау мен айқындау қызметтеріне тапсырыс беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="932"/>
-    <w:bookmarkStart w:name="z1270" w:id="933"/>
+    <w:bookmarkEnd w:id="739"/>
+    <w:bookmarkStart w:name="z1270" w:id="740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) мүгедектігі бар адамдар мен мүгедектігі бар балаларды санаторлық-курорттық емдеуге жолдамаларды сатып алу мен оларды аудандық (қалалық) бөлімдерге бөлуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="933"/>
-    <w:bookmarkStart w:name="z1271" w:id="934"/>
+    <w:bookmarkEnd w:id="740"/>
+    <w:bookmarkStart w:name="z1271" w:id="741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) аудандық (қалалық) бөлімдер мен арнайы әлеуметтік қызмет көрсету орталықтарына инватакси сатып алу мен бөлуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="934"/>
-    <w:bookmarkStart w:name="z1272" w:id="935"/>
+    <w:bookmarkEnd w:id="741"/>
+    <w:bookmarkStart w:name="z1272" w:id="742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) аудандық (қалалық) бөлімдерге техникалық көмекші (компенсаторлық) құралдар мен (немесе) арнайы жүріп-тұру құралдарын, протездік-ортопедиялық бұйымдарды, сурдо, тифло-техникалық, протездік-ортопедиялық құралдарды мүгедектігі бар адамдарға сатып алу мен бөлуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="935"/>
-    <w:bookmarkStart w:name="z1273" w:id="936"/>
+    <w:bookmarkEnd w:id="742"/>
+    <w:bookmarkStart w:name="z1273" w:id="743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) соғысқа қатысушыларды, соғыс мүгедектігі бар адамдарға және оларға теңестірілген тұлғаларды, жалғызбасты қарт азаматтарды, мүгедектігі бар адамдар және мүгедектігі бар балаларды, Семей ядролық сынақ полигонында ұзақ уақыт бойы ядролық сынақтардың салдарынан зардап шеккен азаматтарды және басқа да әлеуметтік осал топтарды әлеуметтік қорғау жұмыстарын үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="936"/>
-    <w:bookmarkStart w:name="z1274" w:id="937"/>
+    <w:bookmarkEnd w:id="743"/>
+    <w:bookmarkStart w:name="z1274" w:id="744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) мүгедектігі бар адамдарды ымдау тілінің мамандары, сурдоаудармашылар, жеке көмекшілер қызметтерін көрсетуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="937"/>
-    <w:bookmarkStart w:name="z1275" w:id="938"/>
+    <w:bookmarkEnd w:id="744"/>
+    <w:bookmarkStart w:name="z1275" w:id="745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) мұқтаж азаматтардың жекелеген санаттарына атаулы әлеуметтік көмек көрсету және әлеуметтік қорғауды іске асыруды үйлестіру және мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="938"/>
-    <w:bookmarkStart w:name="z1276" w:id="939"/>
+    <w:bookmarkEnd w:id="745"/>
+    <w:bookmarkStart w:name="z1276" w:id="746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40) Басқарманың құзыретіне кіретін мәселелер бойынша мемлекеттік статистикалық есептілік пен мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="939"/>
-    <w:bookmarkStart w:name="z1277" w:id="940"/>
+    <w:bookmarkEnd w:id="746"/>
+    <w:bookmarkStart w:name="z1277" w:id="747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) облыстық бюджеттік бағдарламаларды жоспарлау және іске асыру, Басқарманың бюджеттік бағдарламалар паспорттарын заңнамада белгіленген тәртіппен әзірлеуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="940"/>
-    <w:bookmarkStart w:name="z1278" w:id="941"/>
+    <w:bookmarkEnd w:id="747"/>
+    <w:bookmarkStart w:name="z1278" w:id="748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) Басқарма бойынша сатып алынатын тауарлардың, жұмыстардың, қызметтердің номенклатурасы мен көлемін қалыптастыруды, мемлекеттік сатып алуларды жоспарлауды, ұйымдастыру мен өткізуді заңнамада белгіленген тәртіппен қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="941"/>
-    <w:bookmarkStart w:name="z1279" w:id="942"/>
+    <w:bookmarkEnd w:id="748"/>
+    <w:bookmarkStart w:name="z1279" w:id="749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) лимиттердің жұмсалуын, әкімшілік бағдарламалар шығыстарының сметаларының орындалуын, бюджеттік сыныптамалар мен бағынысты мекемелердегі есептік деректердің сәйкестігін бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="942"/>
-    <w:bookmarkStart w:name="z1280" w:id="943"/>
+    <w:bookmarkEnd w:id="749"/>
+    <w:bookmarkStart w:name="z1280" w:id="750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) әлеуметтік-еңбек саласының бірыңғай ақпараттық жүйесінің дерекқорын қалыптастыруға жәрдемдесу: "Әлеуметтік көмек", "Шетелдік жұмыс күші", "Оралман", "Еңбек нарығы", "Әлеуметтік қызметтер порталы" автоматтандырылған ақпараттық жүйелерін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="943"/>
-    <w:bookmarkStart w:name="z1281" w:id="944"/>
+    <w:bookmarkEnd w:id="750"/>
+    <w:bookmarkStart w:name="z1281" w:id="751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) уәкілетті және тиісті органдарға әлеуметтік қорғауға мұқтаж аз қамтылған, көпбалалы отбасылар, соғысқа қатысушылар, соғыс мүгедектігі бар адамдарға және оларға теңестірілген тұлғалар, жалғызбасты қарт азаматтар, мүгедектігі бар адамдар мен мүгедектігі бар балалар, Семей ядролық сынақ полигонында ұзақ уақыт бойы ядролық сынақтардың салдарынан зардап шеккен азаматтар және басқа да әлеуметтік осал топтар, халықты жұмыспен қамту, шетелдік жұмыс күшін тартуға рұқсат беру, қандастар мен босқын мәртебесін беру мен ұзарту, арнайы әлеуметтік қызметтер көрсету, мемлекеттік қызметтер көрсету, белсенді жұмыспен қамту шараларын қамту, жұмыс орындарын құру, кадрлық мәселелер бойынша есептерді, ақпараттар мен мәліметтерді ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="944"/>
-    <w:bookmarkStart w:name="z1282" w:id="945"/>
+    <w:bookmarkEnd w:id="751"/>
+    <w:bookmarkStart w:name="z1282" w:id="752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) Басқарма арнайы әлеуметтік қызмет көрсету орталықтарына қатысты: жеке қаржыландыру жоспарын бекіту; мүліктің сақталуын бақылауды жүзеге асыру; басқару органдарының құрылымын, қалыптасу тәртібі мен өкілеттік мерзімдерін айқындау; басшының құқықтары мен міндеттерін белгілеу; штаттық санды бекіту; басшының орынбасарын (орынбасарларын) қызметке тағайындау және қызметтен босату туралы ұсынысты қарастыру; жылдық қаржылық есептілікті бекіту; арнайы әлеуметтік қызметтердің уақтылы және сапалы көрсетілуін бақылауды жүзеге асыру; оның барлық бағыттары бойынша қызметін мониторингтеуді жүзеге асыру; азаматтардың, ұжымның, мемлекеттік органдардың шағымдары мен өтініштері бойынша қызметтік тексеру жүргізуді ұйымдастыру және өткізу; басшыны аттестаттауды ұйымдастыру және өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="945"/>
-    <w:bookmarkStart w:name="z1283" w:id="946"/>
+    <w:bookmarkEnd w:id="752"/>
+    <w:bookmarkStart w:name="z1283" w:id="753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="946"/>
-    <w:bookmarkStart w:name="z1284" w:id="947"/>
+    <w:bookmarkEnd w:id="753"/>
+    <w:bookmarkStart w:name="z1284" w:id="754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="947"/>
-    <w:bookmarkStart w:name="z1285" w:id="948"/>
+    <w:bookmarkEnd w:id="754"/>
+    <w:bookmarkStart w:name="z1285" w:id="755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және өз өкілеттіктерін жүзеге асыруға дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="948"/>
-    <w:bookmarkStart w:name="z1286" w:id="949"/>
+    <w:bookmarkEnd w:id="755"/>
+    <w:bookmarkStart w:name="z1286" w:id="756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="949"/>
-    <w:bookmarkStart w:name="z1287" w:id="950"/>
+    <w:bookmarkEnd w:id="756"/>
+    <w:bookmarkStart w:name="z1287" w:id="757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="950"/>
-    <w:bookmarkStart w:name="z1288" w:id="951"/>
+    <w:bookmarkEnd w:id="757"/>
+    <w:bookmarkStart w:name="z1288" w:id="758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="951"/>
-    <w:bookmarkStart w:name="z1289" w:id="952"/>
+    <w:bookmarkEnd w:id="758"/>
+    <w:bookmarkStart w:name="z1289" w:id="759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өз құзыреті шегінде қолданыстағы заңнамаға сәйкес Басқарма басшысының орынбасарлары мен қызметкерлерінің міндеттері мен өкілеттіктерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="952"/>
-    <w:bookmarkStart w:name="z1290" w:id="953"/>
+    <w:bookmarkEnd w:id="759"/>
+    <w:bookmarkStart w:name="z1290" w:id="760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Басқарма қызметкерлерін қолданыстағы заңнамаға сәйкес қызметке тағайындайды және босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="953"/>
-    <w:bookmarkStart w:name="z1291" w:id="954"/>
+    <w:bookmarkEnd w:id="760"/>
+    <w:bookmarkStart w:name="z1291" w:id="761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Басқарма қызметкерлерін заңнамада беліленген тәртіппен ынталандырады және тәртіптік жазалар қолданады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="954"/>
-    <w:bookmarkStart w:name="z1292" w:id="955"/>
+    <w:bookmarkEnd w:id="761"/>
+    <w:bookmarkStart w:name="z1292" w:id="762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өз құзыреті шегінде бұйрықтар шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="955"/>
-    <w:bookmarkStart w:name="z1293" w:id="956"/>
+    <w:bookmarkEnd w:id="762"/>
+    <w:bookmarkStart w:name="z1293" w:id="763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мемлекеттік органдар мен басқа да ұйымдарда өз құзыреті шегінде Басқарманың мүддесін білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="956"/>
-    <w:bookmarkStart w:name="z1294" w:id="957"/>
+    <w:bookmarkEnd w:id="763"/>
+    <w:bookmarkStart w:name="z1294" w:id="764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Басқармада сыбайлас жемқорлыққа қарсы әрекет етеді, сол үшін жеке жауапкершілікте болады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="957"/>
-    <w:bookmarkStart w:name="z1295" w:id="958"/>
+    <w:bookmarkEnd w:id="764"/>
+    <w:bookmarkStart w:name="z1295" w:id="765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіліктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="958"/>
-    <w:bookmarkStart w:name="z1296" w:id="959"/>
+    <w:bookmarkEnd w:id="765"/>
+    <w:bookmarkStart w:name="z1296" w:id="766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="959"/>
-    <w:bookmarkStart w:name="z1297" w:id="960"/>
+    <w:bookmarkEnd w:id="766"/>
+    <w:bookmarkStart w:name="z1297" w:id="767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="960"/>
-    <w:bookmarkStart w:name="z1298" w:id="961"/>
+    <w:bookmarkEnd w:id="767"/>
+    <w:bookmarkStart w:name="z1298" w:id="768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="961"/>
-    <w:bookmarkStart w:name="z1299" w:id="962"/>
+    <w:bookmarkEnd w:id="768"/>
+    <w:bookmarkStart w:name="z1299" w:id="769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="962"/>
-    <w:bookmarkStart w:name="z1300" w:id="963"/>
+    <w:bookmarkEnd w:id="769"/>
+    <w:bookmarkStart w:name="z1300" w:id="770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="963"/>
-    <w:bookmarkStart w:name="z1301" w:id="964"/>
+    <w:bookmarkEnd w:id="770"/>
+    <w:bookmarkStart w:name="z1301" w:id="771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="964"/>
-    <w:bookmarkStart w:name="z1302" w:id="965"/>
+    <w:bookmarkEnd w:id="771"/>
+    <w:bookmarkStart w:name="z1302" w:id="772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="965"/>
-    <w:bookmarkStart w:name="z1303" w:id="966"/>
+    <w:bookmarkEnd w:id="772"/>
+    <w:bookmarkStart w:name="z1303" w:id="773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="966"/>
-    <w:bookmarkStart w:name="z1304" w:id="967"/>
+    <w:bookmarkEnd w:id="773"/>
+    <w:bookmarkStart w:name="z1304" w:id="774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма қарамағындағы ұйымдардың тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="967"/>
-    <w:bookmarkStart w:name="z1305" w:id="968"/>
+    <w:bookmarkEnd w:id="774"/>
+    <w:bookmarkStart w:name="z1305" w:id="775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)"Шуақ" Алакөл арнаулы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="968"/>
-    <w:bookmarkStart w:name="z1306" w:id="969"/>
+    <w:bookmarkEnd w:id="775"/>
+    <w:bookmarkStart w:name="z1306" w:id="776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)"Мүмкіндігі шектеулі балаларға арналған Қаратал күндізгі болу орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="969"/>
-    <w:bookmarkStart w:name="z1307" w:id="970"/>
+    <w:bookmarkEnd w:id="776"/>
+    <w:bookmarkStart w:name="z1307" w:id="777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3)"Қоғалы арнаулы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="970"/>
-    <w:bookmarkStart w:name="z1308" w:id="971"/>
+    <w:bookmarkEnd w:id="777"/>
+    <w:bookmarkStart w:name="z1308" w:id="778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4)"Үміт" мүмкіндігі шектеулі балаларға арналған күндізгі болу орталығы" коммуналдық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="971"/>
-    <w:bookmarkStart w:name="z1309" w:id="972"/>
+    <w:bookmarkEnd w:id="778"/>
+    <w:bookmarkStart w:name="z1309" w:id="779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5)"Мейірім" Жаркент арнаулы әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="972"/>
-    <w:bookmarkStart w:name="z1310" w:id="973"/>
+    <w:bookmarkEnd w:id="779"/>
+    <w:bookmarkStart w:name="z1310" w:id="780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6)"Сенім" Сарқан арнайы әлеуметтік қызметтер көрсету орталығы" коммуналдық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="973"/>
-    <w:bookmarkStart w:name="z1311" w:id="974"/>
+    <w:bookmarkEnd w:id="780"/>
+    <w:bookmarkStart w:name="z1311" w:id="781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7)"Нұр" Сарқан арнайы әлеуметтік қызметтер көрсету орталығы" коммуналдық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="974"/>
-    <w:bookmarkStart w:name="z1312" w:id="975"/>
+    <w:bookmarkEnd w:id="781"/>
+    <w:bookmarkStart w:name="z1312" w:id="782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8)"Қамқор" арнайы әлеуметтік қызметтер көрсету орталығы" коммуналдық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="975"/>
-    <w:bookmarkStart w:name="z1313" w:id="976"/>
+    <w:bookmarkEnd w:id="782"/>
+    <w:bookmarkStart w:name="z1313" w:id="783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9)"Бәйтерек" арнайы әлеуметтік қызметтер көрсету орталығы" коммуналдық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="976"/>
-    <w:bookmarkStart w:name="z1314" w:id="977"/>
+    <w:bookmarkEnd w:id="783"/>
+    <w:bookmarkStart w:name="z1314" w:id="784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10)"Шапағат" Текелі арнайы әлеуметтік қызметтер көрсету орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="977"/>
-    <w:bookmarkStart w:name="z1315" w:id="978"/>
+    <w:bookmarkEnd w:id="784"/>
+    <w:bookmarkStart w:name="z1315" w:id="785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11)"Еңбек ресурстары және белсенді қартаю орталығы" коммуналдық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="978"/>
-    <w:bookmarkStart w:name="z1316" w:id="979"/>
+    <w:bookmarkEnd w:id="785"/>
+    <w:bookmarkStart w:name="z1316" w:id="786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12)"Аутизм және басқа да менталды бұзылыстары бар балаларға арналған күндізгі болу орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="979"/>
-    <w:bookmarkStart w:name="z1317" w:id="980"/>
+    <w:bookmarkEnd w:id="786"/>
+    <w:bookmarkStart w:name="z1317" w:id="787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13)"Жансая" реабилитациялық бөлімшесі бар күндізгі болу орталығы" коммуналдық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="980"/>
-    <w:bookmarkStart w:name="z1318" w:id="981"/>
+    <w:bookmarkEnd w:id="787"/>
+    <w:bookmarkStart w:name="z1318" w:id="788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14)"Мерей" балаларды оңалту орталығы" коммуналдық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="981"/>
-    <w:bookmarkStart w:name="z1319" w:id="982"/>
+    <w:bookmarkEnd w:id="788"/>
+    <w:bookmarkStart w:name="z1319" w:id="789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15)"Жетісу облысының еңбек мобильділігі орталығы" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="982"/>
+    <w:bookmarkEnd w:id="789"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25398,2318 +25048,2318 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z1321" w:id="983"/>
+    <w:bookmarkStart w:name="z1321" w:id="790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының кәсіпкерлік және индустриялық-инновациялық даму басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="983"/>
-    <w:bookmarkStart w:name="z1322" w:id="984"/>
+    <w:bookmarkEnd w:id="790"/>
+    <w:bookmarkStart w:name="z1322" w:id="791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="984"/>
-    <w:bookmarkStart w:name="z1323" w:id="985"/>
+    <w:bookmarkEnd w:id="791"/>
+    <w:bookmarkStart w:name="z1323" w:id="792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Жетісу облысының кәсіпкерлік және индустриялық-инновациялық даму басқармасы" мемлекеттік мекемесі (бұдан әрі - Басқарма) Жетісу облысының аумағында кәсіпкерлік, сауда, индустриялық-инновациялық даму, жер қойнауын пайдалану және туристік қызмет салаларындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="985"/>
-    <w:bookmarkStart w:name="z1324" w:id="986"/>
+    <w:bookmarkEnd w:id="792"/>
+    <w:bookmarkStart w:name="z1324" w:id="793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Басқарманың ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="986"/>
-    <w:bookmarkStart w:name="z1325" w:id="987"/>
+    <w:bookmarkEnd w:id="793"/>
+    <w:bookmarkStart w:name="z1325" w:id="794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="987"/>
-    <w:bookmarkStart w:name="z1326" w:id="988"/>
+    <w:bookmarkEnd w:id="794"/>
+    <w:bookmarkStart w:name="z1326" w:id="795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="988"/>
-    <w:bookmarkStart w:name="z1327" w:id="989"/>
+    <w:bookmarkEnd w:id="795"/>
+    <w:bookmarkStart w:name="z1327" w:id="796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="989"/>
-    <w:bookmarkStart w:name="z1328" w:id="990"/>
+    <w:bookmarkEnd w:id="796"/>
+    <w:bookmarkStart w:name="z1328" w:id="797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="990"/>
-    <w:bookmarkStart w:name="z1329" w:id="991"/>
+    <w:bookmarkEnd w:id="797"/>
+    <w:bookmarkStart w:name="z1329" w:id="798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="991"/>
-    <w:bookmarkStart w:name="z1330" w:id="992"/>
+    <w:bookmarkEnd w:id="798"/>
+    <w:bookmarkStart w:name="z1330" w:id="799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="992"/>
-    <w:bookmarkStart w:name="z1331" w:id="993"/>
+    <w:bookmarkEnd w:id="799"/>
+    <w:bookmarkStart w:name="z1331" w:id="800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Қабанбай батыр көшесі, №26.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="993"/>
-    <w:bookmarkStart w:name="z1332" w:id="994"/>
+    <w:bookmarkEnd w:id="800"/>
+    <w:bookmarkStart w:name="z1332" w:id="801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="994"/>
-    <w:bookmarkStart w:name="z1333" w:id="995"/>
+    <w:bookmarkEnd w:id="801"/>
+    <w:bookmarkStart w:name="z1333" w:id="802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="995"/>
-    <w:bookmarkStart w:name="z1334" w:id="996"/>
+    <w:bookmarkEnd w:id="802"/>
+    <w:bookmarkStart w:name="z1334" w:id="803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="996"/>
-    <w:bookmarkStart w:name="z1335" w:id="997"/>
+    <w:bookmarkEnd w:id="803"/>
+    <w:bookmarkStart w:name="z1335" w:id="804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кірістер, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="997"/>
-    <w:bookmarkStart w:name="z1336" w:id="998"/>
+    <w:bookmarkEnd w:id="804"/>
+    <w:bookmarkStart w:name="z1336" w:id="805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="998"/>
-    <w:bookmarkStart w:name="z1337" w:id="999"/>
+    <w:bookmarkEnd w:id="805"/>
+    <w:bookmarkStart w:name="z1337" w:id="806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Мақсаттары: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="999"/>
-    <w:bookmarkStart w:name="z1338" w:id="1000"/>
+    <w:bookmarkEnd w:id="806"/>
+    <w:bookmarkStart w:name="z1338" w:id="807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) индустриялық-инновациялық дамудың мемлекеттік саясатын іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1000"/>
-    <w:bookmarkStart w:name="z1339" w:id="1001"/>
+    <w:bookmarkEnd w:id="807"/>
+    <w:bookmarkStart w:name="z1339" w:id="808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Жетісу облысының инвестициялық ахуалын жақсарту үшін жағдайлар жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1001"/>
-    <w:bookmarkStart w:name="z1340" w:id="1002"/>
+    <w:bookmarkEnd w:id="808"/>
+    <w:bookmarkStart w:name="z1340" w:id="809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заңнамаға сәйкес жеке кәсіпкерлікті дамыту және қолдау жөніндегі мемлекеттік саясатты жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1002"/>
-    <w:bookmarkStart w:name="z1341" w:id="1003"/>
+    <w:bookmarkEnd w:id="809"/>
+    <w:bookmarkStart w:name="z1341" w:id="810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мемлекеттік сауда саясатын жүргізуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1003"/>
-    <w:bookmarkStart w:name="z1342" w:id="1004"/>
+    <w:bookmarkEnd w:id="810"/>
+    <w:bookmarkStart w:name="z1342" w:id="811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жер қойнауын пайдалану саласында мемлекеттік саясатты жүргізу, кең таралған пайдалы қазбаларды барлауға немесе өндіруге арналған келісімшарттардың орындалуын және қолданылуын тоқтатуды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1004"/>
-    <w:bookmarkStart w:name="z1343" w:id="1005"/>
+    <w:bookmarkEnd w:id="811"/>
+    <w:bookmarkStart w:name="z1343" w:id="812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) туристік қызметке жәрдемдесу және оның дамуы үшін қолайлы жағдайлар жасау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1005"/>
-    <w:bookmarkStart w:name="z1344" w:id="1006"/>
+    <w:bookmarkEnd w:id="812"/>
+    <w:bookmarkStart w:name="z1344" w:id="813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) туристік қызметтердің сапасын арттыруды қамтамасыз ету.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1006"/>
-    <w:bookmarkStart w:name="z1345" w:id="1007"/>
+    <w:bookmarkEnd w:id="813"/>
+    <w:bookmarkStart w:name="z1345" w:id="814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Өкілеттіктері: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1007"/>
-    <w:bookmarkStart w:name="z1346" w:id="1008"/>
+    <w:bookmarkEnd w:id="814"/>
+    <w:bookmarkStart w:name="z1346" w:id="815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1008"/>
-    <w:bookmarkStart w:name="z1347" w:id="1009"/>
+    <w:bookmarkEnd w:id="815"/>
+    <w:bookmarkStart w:name="z1347" w:id="816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңнамада белгіленген тәртіппен мемлекеттік органдардан, ұйымдардан, олардың лауазымды адамдарынан қажетті ақпарат пен материалдарды сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1009"/>
-    <w:bookmarkStart w:name="z1348" w:id="1010"/>
+    <w:bookmarkEnd w:id="816"/>
+    <w:bookmarkStart w:name="z1348" w:id="817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыс бойынша арнайы экономикалық және индустриялық аймақтардың жұмыс істеуін үйлестіруді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1010"/>
-    <w:bookmarkStart w:name="z1349" w:id="1011"/>
+    <w:bookmarkEnd w:id="817"/>
+    <w:bookmarkStart w:name="z1349" w:id="818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қылмыстық және әкімшілік құқық бұзушылықтардың алдын алу жөнінде шаралар қабылдау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1011"/>
-    <w:bookmarkStart w:name="z1350" w:id="1012"/>
+    <w:bookmarkEnd w:id="818"/>
+    <w:bookmarkStart w:name="z1350" w:id="819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасына сәйкес өзге құқықтар мен міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1012"/>
-    <w:bookmarkStart w:name="z1351" w:id="1013"/>
+    <w:bookmarkEnd w:id="819"/>
+    <w:bookmarkStart w:name="z1351" w:id="820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1013"/>
-    <w:bookmarkStart w:name="z1352" w:id="1014"/>
+    <w:bookmarkEnd w:id="820"/>
+    <w:bookmarkStart w:name="z1352" w:id="821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Мемлекет басшысының, Қазақстан Республикасы Президенті Әкімшілігінің, Қазақстан Республикасы Үкіметінің, сонымен қатар Жетісу облысы әкімдігінің және мәслихатының тапсырмаларын уақытылы және сапалы орындауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1014"/>
-    <w:bookmarkStart w:name="z1353" w:id="1015"/>
+    <w:bookmarkEnd w:id="821"/>
+    <w:bookmarkStart w:name="z1353" w:id="822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы заңнамасын, жеке және занды тұлғалардың заңмен қорғалатын мүдделерін және құкықтарын сақтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1015"/>
-    <w:bookmarkStart w:name="z1354" w:id="1016"/>
+    <w:bookmarkEnd w:id="822"/>
+    <w:bookmarkStart w:name="z1354" w:id="823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде орындау үшін міндетті нормативтік-кұқықтық актілерді қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1016"/>
-    <w:bookmarkStart w:name="z1355" w:id="1017"/>
+    <w:bookmarkEnd w:id="823"/>
+    <w:bookmarkStart w:name="z1355" w:id="824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының заңнамасына сәйкес өз құзыреті шегінде туризм саласында басқа да міндеттерді жүзеге асыру. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1017"/>
-    <w:bookmarkStart w:name="z1356" w:id="1018"/>
+    <w:bookmarkEnd w:id="824"/>
+    <w:bookmarkStart w:name="z1356" w:id="825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Функциялары: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1018"/>
-    <w:bookmarkStart w:name="z1357" w:id="1019"/>
+    <w:bookmarkEnd w:id="825"/>
+    <w:bookmarkStart w:name="z1357" w:id="826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кәсіпкерлікті қолдау мен дамыту саласындағы мемлекеттік және өңірлік бағдарламаларды іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1019"/>
-    <w:bookmarkStart w:name="z1358" w:id="1020"/>
+    <w:bookmarkEnd w:id="826"/>
+    <w:bookmarkStart w:name="z1358" w:id="827"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) облыс экономикасын дамыту және қазіргі заманғы технологияларды қолдана отырып, жаңа өндірістерді құруға, жұмыс істеп тұрғандарын кеңейту мен жаңартуға инвестицияларды ынталандыру үшін инвестицияларды қолдау, қолайлы инвестициялық ахуал жасау жөніндегі мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1020"/>
-    <w:bookmarkStart w:name="z1359" w:id="1021"/>
+    <w:bookmarkEnd w:id="827"/>
+    <w:bookmarkStart w:name="z1359" w:id="828"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өңірде шағын және орта бизнес үшін инфрақұрылым объектілерін, сондай-ақ индустриялық аймақтар мен өнеркәсіптік алаңдарды құруды және дамытуды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1021"/>
-    <w:bookmarkStart w:name="z1360" w:id="1022"/>
+    <w:bookmarkEnd w:id="828"/>
+    <w:bookmarkStart w:name="z1360" w:id="829"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өз құзыреті шегінде сауда қызметі субъектілерінің қызметін реттеуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1022"/>
-    <w:bookmarkStart w:name="z1361" w:id="1023"/>
+    <w:bookmarkEnd w:id="829"/>
+    <w:bookmarkStart w:name="z1361" w:id="830"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) жеке кәсіпкерлікті дамыту үшін жағдайлар жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1023"/>
-    <w:bookmarkStart w:name="z1362" w:id="1024"/>
+    <w:bookmarkEnd w:id="830"/>
+    <w:bookmarkStart w:name="z1362" w:id="831"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының мемлекеттік және үкіметтік бағдарламаларын іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1024"/>
-    <w:bookmarkStart w:name="z1363" w:id="1025"/>
+    <w:bookmarkEnd w:id="831"/>
+    <w:bookmarkStart w:name="z1363" w:id="832"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) облыстың сыртқы сауда қызметі мәселелерін реттеуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1025"/>
-    <w:bookmarkStart w:name="z1364" w:id="1026"/>
+    <w:bookmarkEnd w:id="832"/>
+    <w:bookmarkStart w:name="z1364" w:id="833"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) әлеуметтік маңызы бар азық-түлік тауарларына рұқсат етілген шекті бөлшек сауда бағалары белгіленген жағдайда, олардың мөлшерінің сақталуына мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1026"/>
-    <w:bookmarkStart w:name="z1365" w:id="1027"/>
+    <w:bookmarkEnd w:id="833"/>
+    <w:bookmarkStart w:name="z1365" w:id="834"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) әлеуметтік маңызы бар азық-түлік тауарларына бөлшек сауда бағаларының шекті мәндерін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1027"/>
-    <w:bookmarkStart w:name="z1366" w:id="1028"/>
+    <w:bookmarkEnd w:id="834"/>
+    <w:bookmarkStart w:name="z1366" w:id="835"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) стационарлық емес сауда объектілерін орналастыру орындарын бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1028"/>
-    <w:bookmarkStart w:name="z1367" w:id="1029"/>
+    <w:bookmarkEnd w:id="835"/>
+    <w:bookmarkStart w:name="z1367" w:id="836"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) көрмелер мен жәрмеңкелер ұйымдастыруды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1029"/>
-    <w:bookmarkStart w:name="z1368" w:id="1030"/>
+    <w:bookmarkEnd w:id="836"/>
+    <w:bookmarkStart w:name="z1368" w:id="837"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) стандарт талаптарына сәйкес келтіру бойынша жол бойындағы сервис объектілерін мониторингілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1030"/>
-    <w:bookmarkStart w:name="z1369" w:id="1031"/>
+    <w:bookmarkEnd w:id="837"/>
+    <w:bookmarkStart w:name="z1369" w:id="838"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) кәсіпкерлік мәселелері жөніндегі сараптамалық кеңестердің қызметін және өңірлік үйлестіру кеңесінің отырыстарын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1031"/>
-    <w:bookmarkStart w:name="z1370" w:id="1032"/>
+    <w:bookmarkEnd w:id="838"/>
+    <w:bookmarkStart w:name="z1370" w:id="839"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) өңірдің кәсіпкерлікті қолдау картасы жобаларының іске асырылуын мониторингілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1032"/>
-    <w:bookmarkStart w:name="z1371" w:id="1033"/>
+    <w:bookmarkEnd w:id="839"/>
+    <w:bookmarkStart w:name="z1371" w:id="840"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) арнайы экономикалық және индустриялық аймақтардың жұмыс істеуі саласындағы мемлекеттік саясатты іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1033"/>
-    <w:bookmarkStart w:name="z1372" w:id="1034"/>
+    <w:bookmarkEnd w:id="840"/>
+    <w:bookmarkStart w:name="z1372" w:id="841"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) кең таралған пайдалы қазбаларды өндіру жөніндегі операцияларды жүргізу үшін жер қойнауын пайдалану және кен іздеушілік құқығын беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1034"/>
-    <w:bookmarkStart w:name="z1373" w:id="1035"/>
+    <w:bookmarkEnd w:id="841"/>
+    <w:bookmarkStart w:name="z1373" w:id="842"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) жер қойнауын пайдаланушылардың кең таралған пайдалы қазбаларды өндіруге, кен іздеушілікке лицензиялар шарттарын сақтауын бақылау және кең таралған пайдалы қазбаларды өндіру жөніндегі операцияларды жүргізуді мемлекеттік бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1035"/>
-    <w:bookmarkStart w:name="z1374" w:id="1036"/>
+    <w:bookmarkEnd w:id="842"/>
+    <w:bookmarkStart w:name="z1374" w:id="843"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) жер қойнауын пайдаланушылардың кен іздеушілік лицензиясында және Қазақстан Республикасының "Жер қойнауы және жер қойнауын пайдалану туралы" Кодексінде көзделген кен іздеушілік шарттарын сақтауын бақылау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1036"/>
-    <w:bookmarkStart w:name="z1375" w:id="1037"/>
+    <w:bookmarkEnd w:id="843"/>
+    <w:bookmarkStart w:name="z1375" w:id="844"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) кең таралған пайдалы қазбаларды өндіруге берілген лицензиялар және кен іздеушілікке берілген лицензиялар туралы ақпаратқа қол жеткізуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1037"/>
-    <w:bookmarkStart w:name="z1376" w:id="1038"/>
+    <w:bookmarkEnd w:id="844"/>
+    <w:bookmarkStart w:name="z1376" w:id="845"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) жер қойнауын пайдалану мәселелері жөніндегі сараптамалық кеңестердің және Жетісу облысында кең таралған пайдалы қазбаларды барлауға, өндіруге және бірлескен барлау мен өндіруге жер қойнауын пайдалану құқығын беру бойынша тікелей келіссөздер жүргізу жөніндегі жұмыс тобының отырыстарын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1038"/>
-    <w:bookmarkStart w:name="z1377" w:id="1039"/>
+    <w:bookmarkEnd w:id="845"/>
+    <w:bookmarkStart w:name="z1377" w:id="846"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) облыс аумағында өндірілетін тауарлардың, жұмыстар мен көрсетілетін қызметтердің және оларды өндірушілердің тізбесін қалыптастыру, облыстың тауар өндірушілері имиджін ілгерілету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1039"/>
-    <w:bookmarkStart w:name="z1378" w:id="1040"/>
+    <w:bookmarkEnd w:id="846"/>
+    <w:bookmarkStart w:name="z1378" w:id="847"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) облыстың көмір қорлары, баға мен көмір базаларының мониторингі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1040"/>
-    <w:bookmarkStart w:name="z1379" w:id="1041"/>
+    <w:bookmarkEnd w:id="847"/>
+    <w:bookmarkStart w:name="z1379" w:id="848"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) облыс бойынша индустриялық-инновациялық қызмет саласындағы салалық бағдарламалардың іске асырылуын үйлестіруді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1041"/>
-    <w:bookmarkStart w:name="z1380" w:id="1042"/>
+    <w:bookmarkEnd w:id="848"/>
+    <w:bookmarkStart w:name="z1380" w:id="849"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) азаматтық қорғаныс және төтенше жағдайлар іс-шараларын орындау бойынша облыстық сауда және тамақтану қызметінің жұмысын ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1042"/>
-    <w:bookmarkStart w:name="z1381" w:id="1043"/>
+    <w:bookmarkEnd w:id="849"/>
+    <w:bookmarkStart w:name="z1381" w:id="850"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       25) Жетісу облысы аумағында туристік қызмет саласындағы мемлекеттік саясатты іске асыру және үйлестіру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1043"/>
-    <w:bookmarkStart w:name="z1382" w:id="1044"/>
+    <w:bookmarkEnd w:id="850"/>
+    <w:bookmarkStart w:name="z1382" w:id="851"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) туристік қызметтер көрсету нарығына талдау жасайды және Жетісу облысы аумағында туризмнің дамуы туралы қажетті мәліметтерді уәкілетті органға табыс ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1044"/>
-    <w:bookmarkStart w:name="z1383" w:id="1045"/>
+    <w:bookmarkEnd w:id="851"/>
+    <w:bookmarkStart w:name="z1383" w:id="852"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27) облыстық туристік ресурстарды қорғау жөніндегі шараларды әзірлеу және енгізу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1045"/>
-    <w:bookmarkStart w:name="z1384" w:id="1046"/>
+    <w:bookmarkEnd w:id="852"/>
+    <w:bookmarkStart w:name="z1384" w:id="853"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28) Жетісу облысы аумағында туристік индустрия объектілерін жоспарлау және салу жөніндегі қызметті үйлестіру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1046"/>
-    <w:bookmarkStart w:name="z1385" w:id="1047"/>
+    <w:bookmarkEnd w:id="853"/>
+    <w:bookmarkStart w:name="z1385" w:id="854"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29) балалар мен жастар лагерьлерінің, туристер бірлестіктерінің қызметіне жәрдем көрсету; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1047"/>
-    <w:bookmarkStart w:name="z1386" w:id="1048"/>
+    <w:bookmarkEnd w:id="854"/>
+    <w:bookmarkStart w:name="z1386" w:id="855"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30) туристік қызмет субъектілеріне туристік қызметті ұйымдастыруға байланысты мәселелерде әдістемелік және консультациялық көмек көрсету; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1048"/>
-    <w:bookmarkStart w:name="z1387" w:id="1049"/>
+    <w:bookmarkEnd w:id="855"/>
+    <w:bookmarkStart w:name="z1387" w:id="856"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31) халықты жұмыспен қамтуды ұлғайту шарасы ретінде туристік қызмет саласындағы кәсіпкерлікті дамыту және қолдау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1049"/>
-    <w:bookmarkStart w:name="z1388" w:id="1050"/>
+    <w:bookmarkEnd w:id="856"/>
+    <w:bookmarkStart w:name="z1388" w:id="857"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32) туристік ақпаратты, оның ішінде туристік әлеует, туризм объектілеріне мен туристік қызметті жүзеге асыратын тұлғалар туралы ақпарат беру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1050"/>
-    <w:bookmarkStart w:name="z1389" w:id="1051"/>
+    <w:bookmarkEnd w:id="857"/>
+    <w:bookmarkStart w:name="z1389" w:id="858"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33) туристік ақпарат орталығын құру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1051"/>
-    <w:bookmarkStart w:name="z1390" w:id="1052"/>
+    <w:bookmarkEnd w:id="858"/>
+    <w:bookmarkStart w:name="z1390" w:id="859"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       34) "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының Заңына сәйкес туроператорлық қызметті лицензиялауды жүзеге асыру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1052"/>
-    <w:bookmarkStart w:name="z1391" w:id="1053"/>
+    <w:bookmarkEnd w:id="859"/>
+    <w:bookmarkStart w:name="z1391" w:id="860"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35) гидті кәсіптік даярлауды ұйымдастыру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1053"/>
-    <w:bookmarkStart w:name="z1392" w:id="1054"/>
+    <w:bookmarkEnd w:id="860"/>
+    <w:bookmarkStart w:name="z1392" w:id="861"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36) уәкілетті органмен келісу бойынша туристік саланы дамыту жөніндегі </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1054"/>
-    <w:bookmarkStart w:name="z1393" w:id="1055"/>
+    <w:bookmarkEnd w:id="861"/>
+    <w:bookmarkStart w:name="z1393" w:id="862"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       іс-шаралар жоспарын бекіту; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1055"/>
-    <w:bookmarkStart w:name="z1394" w:id="1056"/>
+    <w:bookmarkEnd w:id="862"/>
+    <w:bookmarkStart w:name="z1394" w:id="863"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37) туристік маршруттар мен соқпақтардың мемлекеттік тізілімін жүргізу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1056"/>
-    <w:bookmarkStart w:name="z1395" w:id="1057"/>
+    <w:bookmarkEnd w:id="863"/>
+    <w:bookmarkStart w:name="z1395" w:id="864"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38) тиісті әкімшілік-аумақтық бірліктің аумағында туризм инфрақұрылымын құрады, туристің қажеттіліктерін қанағаттандыра алатын объектілерді салу мен дамыту бойынша шаралар қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1057"/>
-    <w:bookmarkStart w:name="z1396" w:id="1058"/>
+    <w:bookmarkEnd w:id="864"/>
+    <w:bookmarkStart w:name="z1396" w:id="865"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39) туризмді дамытуда туристік қызмет субъектілері үшін жағдайлар жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1058"/>
-    <w:bookmarkStart w:name="z1397" w:id="1059"/>
+    <w:bookmarkEnd w:id="865"/>
+    <w:bookmarkStart w:name="z1397" w:id="866"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40) туризм саласындағы бірлескен қызметті іске асыру шеңберінде тікелей шарт жасасу арқылы туристік ақпараттық орталықтарды қаржыландыру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1059"/>
-    <w:bookmarkStart w:name="z1398" w:id="1060"/>
+    <w:bookmarkEnd w:id="866"/>
+    <w:bookmarkStart w:name="z1398" w:id="867"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41) туристік қызмет объектілерін салу, реконструкциялау кезінде кәсіпкерлік субъектілері шығындарының бір бөлігін өтеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1060"/>
-    <w:bookmarkStart w:name="z1399" w:id="1061"/>
+    <w:bookmarkEnd w:id="867"/>
+    <w:bookmarkStart w:name="z1399" w:id="868"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42) уәкілетті органмен келісу бойынша күтіп-ұсталуы кезіндегі шығындардың бір бөлігі өтелетін санитариялық-гигиеналық тораптардың тізбелерін бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1061"/>
-    <w:bookmarkStart w:name="z1400" w:id="1062"/>
+    <w:bookmarkEnd w:id="868"/>
+    <w:bookmarkStart w:name="z1400" w:id="869"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43) елді мекендерден тыс жердегі туристерді орналастыру орындарына дейін облыстық және аудандық маңызы бар кірме автомобиль жолдарын салу, реконструкциялау, жөндеу және күтіп-ұстау жөніндегі шараларды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1062"/>
-    <w:bookmarkStart w:name="z1401" w:id="1063"/>
+    <w:bookmarkEnd w:id="869"/>
+    <w:bookmarkStart w:name="z1401" w:id="870"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) кәсіпкерлік субъектілерінің жол бойындағы сервис объектілерін салу бойынша шығындарының бір бөлігін өтеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1063"/>
-    <w:bookmarkStart w:name="z1402" w:id="1064"/>
+    <w:bookmarkEnd w:id="870"/>
+    <w:bookmarkStart w:name="z1402" w:id="871"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) кәсіпкерлік субъектілерінің санитариялық-гигиеналық тораптарды күтіп-ұстауға арналған шығындарының бір бөлігін субсидиялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1064"/>
-    <w:bookmarkStart w:name="z1403" w:id="1065"/>
+    <w:bookmarkEnd w:id="871"/>
+    <w:bookmarkStart w:name="z1403" w:id="872"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46) туристік қызметті жүзеге асыратын кәсіпкерлік субъектілеріне сыйымдылығы жүргізушінің орнын қоспағанда, сегізден астам отыратын орны бар автомобиль көлік құралдарын сатып алу бойынша шығындардың бір бөлігін өтеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1065"/>
-    <w:bookmarkStart w:name="z1404" w:id="1066"/>
+    <w:bookmarkEnd w:id="872"/>
+    <w:bookmarkStart w:name="z1404" w:id="873"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) заңды тұлғалардың түсті және қара металдардың сынықтары мен қалдықтарын жинау (дайындау), сақтау, қайта өңдеу және өткізу жөніндегі қызметті жүзеге асыруға рұқсат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1066"/>
-    <w:bookmarkStart w:name="z1405" w:id="1067"/>
+    <w:bookmarkEnd w:id="873"/>
+    <w:bookmarkStart w:name="z1405" w:id="874"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48) кәсіпкерлік ортаға, инвестициялық ахуалға және жеке кәсіпкерлікті дамыту инфрақұрылымына талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1067"/>
-    <w:bookmarkStart w:name="z1406" w:id="1068"/>
+    <w:bookmarkEnd w:id="874"/>
+    <w:bookmarkStart w:name="z1406" w:id="875"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49) құрылуына мемлекеттік емес заңды тұлға қатысатын арнайы экономикалық аймақтың басқарушы компаниясымен уәкілетті органмен келісу бойынша арнайы экономикалық аймақтың басқарушы компаниясының функцияларын тиісінше орындауы жөніндегі шарт жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1068"/>
-    <w:bookmarkStart w:name="z1407" w:id="1069"/>
+    <w:bookmarkEnd w:id="875"/>
+    <w:bookmarkStart w:name="z1407" w:id="876"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50) құрылуына мемлекеттік емес заңды тұлға қатысатын республикалық маңызы бар индустриялық аймақтың басқарушы компаниясымен уәкілетті органмен келісу бойынша республикалық маңызы бар индустриялық аймақтың басқарушы компаниясының функцияларын тиісінше орындауы жөніндегі шарт жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1069"/>
-    <w:bookmarkStart w:name="z1408" w:id="1070"/>
+    <w:bookmarkEnd w:id="876"/>
+    <w:bookmarkStart w:name="z1408" w:id="877"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1070"/>
-    <w:bookmarkStart w:name="z1409" w:id="1071"/>
+    <w:bookmarkEnd w:id="877"/>
+    <w:bookmarkStart w:name="z1409" w:id="878"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1071"/>
-    <w:bookmarkStart w:name="z1410" w:id="1072"/>
+    <w:bookmarkEnd w:id="878"/>
+    <w:bookmarkStart w:name="z1410" w:id="879"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1072"/>
-    <w:bookmarkStart w:name="z1411" w:id="1073"/>
+    <w:bookmarkEnd w:id="879"/>
+    <w:bookmarkStart w:name="z1411" w:id="880"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1073"/>
-    <w:bookmarkStart w:name="z1412" w:id="1074"/>
+    <w:bookmarkEnd w:id="880"/>
+    <w:bookmarkStart w:name="z1412" w:id="881"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1074"/>
-    <w:bookmarkStart w:name="z1413" w:id="1075"/>
+    <w:bookmarkEnd w:id="881"/>
+    <w:bookmarkStart w:name="z1413" w:id="882"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19. Басқарманың бірінші басшысының өкілеттіктері: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1075"/>
-    <w:bookmarkStart w:name="z1414" w:id="1076"/>
+    <w:bookmarkEnd w:id="882"/>
+    <w:bookmarkStart w:name="z1414" w:id="883"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) өз құзыреті шегінде Басқарма орынбасарлары мен қызметкерлерінің міндеттері мен өкілеттіктерін айқындайды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1076"/>
-    <w:bookmarkStart w:name="z1415" w:id="1077"/>
+    <w:bookmarkEnd w:id="883"/>
+    <w:bookmarkStart w:name="z1415" w:id="884"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) қолданыстағы заңнамаға сәйкес Басқарма қызметкерлерін, басқарма қарамағындағы ұйым басшысын қызметке тағайындайды және қызметтен босатады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1077"/>
-    <w:bookmarkStart w:name="z1416" w:id="1078"/>
+    <w:bookmarkEnd w:id="884"/>
+    <w:bookmarkStart w:name="z1416" w:id="885"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) заңнамада белгіленген тәртіппен Басқарма қызметкерлерін, басқарма қарамағындағы ұйым басшыларын көтермелейді және тәртіптік жаза қолданады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1078"/>
-    <w:bookmarkStart w:name="z1417" w:id="1079"/>
+    <w:bookmarkEnd w:id="885"/>
+    <w:bookmarkStart w:name="z1417" w:id="886"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өз құзыреті шегінде бұйрықтар шығарады және құрылымдық бөлімшелердің Ережелерін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1079"/>
-    <w:bookmarkStart w:name="z1418" w:id="1080"/>
+    <w:bookmarkEnd w:id="886"/>
+    <w:bookmarkStart w:name="z1418" w:id="887"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мемлекеттік органдар мен басқа да ұйымдарда өз құзыреті шегінде Басқарманың мүддесін білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1080"/>
-    <w:bookmarkStart w:name="z1419" w:id="1081"/>
+    <w:bookmarkEnd w:id="887"/>
+    <w:bookmarkStart w:name="z1419" w:id="888"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) Басқармада сыбайлас жемқорлыққа қарсы әрекет етеді, сол үшін жеке жауапкершілікте болады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1081"/>
-    <w:bookmarkStart w:name="z1420" w:id="1082"/>
+    <w:bookmarkEnd w:id="888"/>
+    <w:bookmarkStart w:name="z1420" w:id="889"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіліктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1082"/>
-    <w:bookmarkStart w:name="z1421" w:id="1083"/>
+    <w:bookmarkEnd w:id="889"/>
+    <w:bookmarkStart w:name="z1421" w:id="890"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1083"/>
-    <w:bookmarkStart w:name="z1422" w:id="1084"/>
+    <w:bookmarkEnd w:id="890"/>
+    <w:bookmarkStart w:name="z1422" w:id="891"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1084"/>
-    <w:bookmarkStart w:name="z1423" w:id="1085"/>
+    <w:bookmarkEnd w:id="891"/>
+    <w:bookmarkStart w:name="z1423" w:id="892"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1085"/>
-    <w:bookmarkStart w:name="z1424" w:id="1086"/>
+    <w:bookmarkEnd w:id="892"/>
+    <w:bookmarkStart w:name="z1424" w:id="893"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1086"/>
-    <w:bookmarkStart w:name="z1425" w:id="1087"/>
+    <w:bookmarkEnd w:id="893"/>
+    <w:bookmarkStart w:name="z1425" w:id="894"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1087"/>
-    <w:bookmarkStart w:name="z1426" w:id="1088"/>
+    <w:bookmarkEnd w:id="894"/>
+    <w:bookmarkStart w:name="z1426" w:id="895"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1088"/>
-    <w:bookmarkStart w:name="z1427" w:id="1089"/>
+    <w:bookmarkEnd w:id="895"/>
+    <w:bookmarkStart w:name="z1427" w:id="896"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1089"/>
-    <w:bookmarkStart w:name="z1428" w:id="1090"/>
+    <w:bookmarkEnd w:id="896"/>
+    <w:bookmarkStart w:name="z1428" w:id="897"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1090"/>
-    <w:bookmarkStart w:name="z1429" w:id="1091"/>
+    <w:bookmarkEnd w:id="897"/>
+    <w:bookmarkStart w:name="z1429" w:id="898"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басқарманың қарамағындағы ұйымдардың тізбесі: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1091"/>
-    <w:bookmarkStart w:name="z1430" w:id="1092"/>
+    <w:bookmarkEnd w:id="898"/>
+    <w:bookmarkStart w:name="z1430" w:id="899"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Жетісу" әлеуметтік-кәсіпкерлік корпорациясы" өңірлік даму институты" акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1092"/>
-    <w:bookmarkStart w:name="z1431" w:id="1093"/>
+    <w:bookmarkEnd w:id="899"/>
+    <w:bookmarkStart w:name="z1431" w:id="900"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Zhetysu Investt" жауапкершілігі шектеулі серіктестігі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1093"/>
-    <w:bookmarkStart w:name="z1432" w:id="1094"/>
+    <w:bookmarkEnd w:id="900"/>
+    <w:bookmarkStart w:name="z1432" w:id="901"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Қорғас-Шығыс қақпасы" арнайы экономикалық аймағы басқарушы компаниясы акционерлік қоғамы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1094"/>
-    <w:bookmarkStart w:name="z1433" w:id="1095"/>
+    <w:bookmarkEnd w:id="901"/>
+    <w:bookmarkStart w:name="z1433" w:id="902"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) "Қорғас" шекара маңы ынтымақтастығы халықаралық орталығы" акционерлік қоғамы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1095"/>
-    <w:bookmarkStart w:name="z1434" w:id="1096"/>
+    <w:bookmarkEnd w:id="902"/>
+    <w:bookmarkStart w:name="z1434" w:id="903"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) "Жетісу" туристік ақпараттық орталығы" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1096"/>
+    <w:bookmarkEnd w:id="903"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -27749,1958 +27399,1958 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 13-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1436" w:id="1097"/>
+    <w:bookmarkStart w:name="z1436" w:id="904"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының қаржы басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1097"/>
-    <w:bookmarkStart w:name="z1437" w:id="1098"/>
+    <w:bookmarkEnd w:id="904"/>
+    <w:bookmarkStart w:name="z1437" w:id="905"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1098"/>
-    <w:bookmarkStart w:name="z1438" w:id="1099"/>
+    <w:bookmarkEnd w:id="905"/>
+    <w:bookmarkStart w:name="z1438" w:id="906"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1."Жетісу облысының қаржы басқармасы" мемлекеттік мекемесі (бұдан әрі – Басқарма) Жетісу облысының аумағында бюджетті атқару, жергілікті бюджеттің атқарылуы бойынша бухгалтерлік есепті, бюджеттік есепке алу мен бюджеттік есептілікті жүргізу және облыстық коммуналдық меншікті басқару салаларындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1099"/>
-    <w:bookmarkStart w:name="z1439" w:id="1100"/>
+    <w:bookmarkEnd w:id="906"/>
+    <w:bookmarkStart w:name="z1439" w:id="907"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.Басқарманың ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1100"/>
-    <w:bookmarkStart w:name="z1440" w:id="1101"/>
+    <w:bookmarkEnd w:id="907"/>
+    <w:bookmarkStart w:name="z1440" w:id="908"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1101"/>
-    <w:bookmarkStart w:name="z1441" w:id="1102"/>
+    <w:bookmarkEnd w:id="908"/>
+    <w:bookmarkStart w:name="z1441" w:id="909"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасы Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ тілде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1102"/>
-    <w:bookmarkStart w:name="z1442" w:id="1103"/>
+    <w:bookmarkEnd w:id="909"/>
+    <w:bookmarkStart w:name="z1442" w:id="910"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1103"/>
-    <w:bookmarkStart w:name="z1443" w:id="1104"/>
+    <w:bookmarkEnd w:id="910"/>
+    <w:bookmarkStart w:name="z1443" w:id="911"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1104"/>
-    <w:bookmarkStart w:name="z1444" w:id="1105"/>
+    <w:bookmarkEnd w:id="911"/>
+    <w:bookmarkStart w:name="z1444" w:id="912"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7.Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1105"/>
-    <w:bookmarkStart w:name="z1445" w:id="1106"/>
+    <w:bookmarkEnd w:id="912"/>
+    <w:bookmarkStart w:name="z1445" w:id="913"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1106"/>
-    <w:bookmarkStart w:name="z1446" w:id="1107"/>
+    <w:bookmarkEnd w:id="913"/>
+    <w:bookmarkStart w:name="z1446" w:id="914"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9.Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Н.Назарбаев даңғылы, 38.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1107"/>
-    <w:bookmarkStart w:name="z1447" w:id="1108"/>
+    <w:bookmarkEnd w:id="914"/>
+    <w:bookmarkStart w:name="z1447" w:id="915"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10.Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1108"/>
-    <w:bookmarkStart w:name="z1448" w:id="1109"/>
+    <w:bookmarkEnd w:id="915"/>
+    <w:bookmarkStart w:name="z1448" w:id="916"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11.Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1109"/>
-    <w:bookmarkStart w:name="z1449" w:id="1110"/>
+    <w:bookmarkEnd w:id="916"/>
+    <w:bookmarkStart w:name="z1449" w:id="917"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12.Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1110"/>
-    <w:bookmarkStart w:name="z1450" w:id="1111"/>
+    <w:bookmarkEnd w:id="917"/>
+    <w:bookmarkStart w:name="z1450" w:id="918"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1111"/>
-    <w:bookmarkStart w:name="z1451" w:id="1112"/>
+    <w:bookmarkEnd w:id="918"/>
+    <w:bookmarkStart w:name="z1451" w:id="919"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1112"/>
-    <w:bookmarkStart w:name="z1452" w:id="1113"/>
+    <w:bookmarkEnd w:id="919"/>
+    <w:bookmarkStart w:name="z1452" w:id="920"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13.Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1113"/>
-    <w:bookmarkStart w:name="z1453" w:id="1114"/>
+    <w:bookmarkEnd w:id="920"/>
+    <w:bookmarkStart w:name="z1453" w:id="921"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)бюджеттің атқарылуына мониторингті жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1114"/>
-    <w:bookmarkStart w:name="z1454" w:id="1115"/>
+    <w:bookmarkEnd w:id="921"/>
+    <w:bookmarkStart w:name="z1454" w:id="922"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)жергілікті бюджеттің атқарылуы бойынша бухгалтерлік есепті, бюджеттік есепке алуды және бюджеттік есептілікті жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1115"/>
-    <w:bookmarkStart w:name="z1455" w:id="1116"/>
+    <w:bookmarkEnd w:id="922"/>
+    <w:bookmarkStart w:name="z1455" w:id="923"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)облыстық коммуналдық меншікті тиімді басқару.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1116"/>
-    <w:bookmarkStart w:name="z1456" w:id="1117"/>
+    <w:bookmarkEnd w:id="923"/>
+    <w:bookmarkStart w:name="z1456" w:id="924"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14.Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1117"/>
-    <w:bookmarkStart w:name="z1457" w:id="1118"/>
+    <w:bookmarkEnd w:id="924"/>
+    <w:bookmarkStart w:name="z1457" w:id="925"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1118"/>
-    <w:bookmarkStart w:name="z1458" w:id="1119"/>
+    <w:bookmarkEnd w:id="925"/>
+    <w:bookmarkStart w:name="z1458" w:id="926"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңнамада белгіленген нысандар бойынша және мерзімдерде салық және өзге де ұйымдар мен жеке тұлғалардан, сондай-ақ басқа да аумақтық органдардан салық және бюджетке төленетін басқа да міндетті төлемдер түсімдерінің сомалары туралы ақпаратты, бюджеттің атқарылуын ұйымдастыру үшін қажетті статистикалық және өзге де материалдарды, сондай-ақ жүктелген функцияларды орындау үшін басқа да мәліметтерді сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1119"/>
-    <w:bookmarkStart w:name="z1459" w:id="1120"/>
+    <w:bookmarkEnd w:id="926"/>
+    <w:bookmarkStart w:name="z1459" w:id="927"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзіне жүктелген міндеттер мен функциялар шегінде шешімдер қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1120"/>
-    <w:bookmarkStart w:name="z1460" w:id="1121"/>
+    <w:bookmarkEnd w:id="927"/>
+    <w:bookmarkStart w:name="z1460" w:id="928"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік мекеменің құзыретіне кіретін мәселелер бойынша өз өкілеттіктері шегінде кеңестер және басқа да іс-шаралар өткізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1121"/>
-    <w:bookmarkStart w:name="z1461" w:id="1122"/>
+    <w:bookmarkEnd w:id="928"/>
+    <w:bookmarkStart w:name="z1461" w:id="929"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мүдделі органдармен келісім бойынша осы Ережеде және қолданыстағы заңнамада көзделген функцияларды іске асыру үшін ведомствоаралық комиссиялар құрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1122"/>
-    <w:bookmarkStart w:name="z1462" w:id="1123"/>
+    <w:bookmarkEnd w:id="929"/>
+    <w:bookmarkStart w:name="z1462" w:id="930"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       барлық құзыретті, мемлекеттік, әкімшілік органдарда, мекемелерде, ұйымдарда, сондай-ақ сот және құқық қорғау органдарында басқарманың мүдделерін білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1123"/>
-    <w:bookmarkStart w:name="z1463" w:id="1124"/>
+    <w:bookmarkEnd w:id="930"/>
+    <w:bookmarkStart w:name="z1463" w:id="931"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы заңнамасының талаптарына сәйкес өзге де құқықтар мен міндеттерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1124"/>
-    <w:bookmarkStart w:name="z1464" w:id="1125"/>
+    <w:bookmarkEnd w:id="931"/>
+    <w:bookmarkStart w:name="z1464" w:id="932"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1125"/>
-    <w:bookmarkStart w:name="z1465" w:id="1126"/>
+    <w:bookmarkEnd w:id="932"/>
+    <w:bookmarkStart w:name="z1465" w:id="933"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       аудандардың, облыстық маңызы бар қалалардың жергілікті атқарушы органдарының бюджетті атқару және облыстық коммуналдық мүлікті басқару саласындағы өз құзыретіне кіретін мәселелер бойынша жұмысын үйлестіреді және өзара іс-қимылын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1126"/>
-    <w:bookmarkStart w:name="z1466" w:id="1127"/>
+    <w:bookmarkEnd w:id="933"/>
+    <w:bookmarkStart w:name="z1466" w:id="934"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды және жеке тұлғалар ресми сұрау салған жағдайда заңнама шеңберінде өз құзыреті шегінде қажетті материалдар мен ақпаратты ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1127"/>
-    <w:bookmarkStart w:name="z1467" w:id="1128"/>
+    <w:bookmarkEnd w:id="934"/>
+    <w:bookmarkStart w:name="z1467" w:id="935"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жоғары тұрған органдардың тапсырмаларын орындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1128"/>
-    <w:bookmarkStart w:name="z1468" w:id="1129"/>
+    <w:bookmarkEnd w:id="935"/>
+    <w:bookmarkStart w:name="z1468" w:id="936"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың құзыретіне кіретін облыс әкімінің, әкімдігінің құқықтық актілерінің және нормативтік құқықтық актілерінің жобаларын әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1129"/>
-    <w:bookmarkStart w:name="z1469" w:id="1130"/>
+    <w:bookmarkEnd w:id="936"/>
+    <w:bookmarkStart w:name="z1469" w:id="937"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15.Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1130"/>
-    <w:bookmarkStart w:name="z1470" w:id="1131"/>
+    <w:bookmarkEnd w:id="937"/>
+    <w:bookmarkStart w:name="z1470" w:id="938"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)бюджет ақшасын басқаруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1131"/>
-    <w:bookmarkStart w:name="z1471" w:id="1132"/>
+    <w:bookmarkEnd w:id="938"/>
+    <w:bookmarkStart w:name="z1471" w:id="939"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2)облыстық бюджеттің атқарылуын ұйымдастырады және іс-шаралар кешенін орындайды, бюджеттің атқарылуы бойынша облыстық бюджеттік бағдарламалар әкімшілерінің қызметін үйлестіреді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1132"/>
-    <w:bookmarkStart w:name="z1472" w:id="1133"/>
+    <w:bookmarkEnd w:id="939"/>
+    <w:bookmarkStart w:name="z1472" w:id="940"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)міндеттемелер бойынша қаржыландырудың жиынтық жоспарын, облыстық бюджет бойынша түсімдердің және төлемдер бойынша қаржыландырудың жиынтық жоспарын жасайды, бекітеді және жүргізеді, ол үшін барлық мемлекеттік мекемелер бойынша бекітілген жеке қаржыландыру жоспарларының міндеттемелер мен төлемдер бойынша барлық жеке қаржыландыру жоспарларының жалпы сомасының ҚР ББС-ның әрбір бюджеттік бағдарламасы бойынша төлемдер мен міндеттемелер бойынша қаржыландырудың жиынтық жоспарының сомасына сәйкестігіне тексеру жүргізеді, ай бойынша ұсынады және аумақтық қазынашылық бөлімшесіне қағаз және магниттік (электрондық) тасығышта ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1133"/>
-    <w:bookmarkStart w:name="z1473" w:id="1134"/>
+    <w:bookmarkEnd w:id="940"/>
+    <w:bookmarkStart w:name="z1473" w:id="941"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4)салық, кеден және бюджетке төленетін басқа да міндетті төлемдердің орындалуын бақылауды жүзеге асыратын мемлекеттік органдардан және облыстық бюджеттік бағдарламалар әкімшілерінен алынған өтінімдер негізінде түсімдердің және төлемдер бойынша қаржыландырудың жиынтық жоспарына, міндеттемелер бойынша қаржыландырудың жиынтық жоспарына өзгерістер мен толықтырулар енгізеді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1134"/>
-    <w:bookmarkStart w:name="z1474" w:id="1135"/>
+    <w:bookmarkEnd w:id="941"/>
+    <w:bookmarkStart w:name="z1474" w:id="942"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)міндеттемелердің уақтылы қабылданбау, бюджеттік бағдарламалар бойынша төлемдердің уақтылы жүргізілмеу себептерін анықтау, бюджет түсімдері мен шығыстарының атқарылу болжамдарын жасау мақсатында жүзеге асырылатын бюджеттің атқарылу көрсеткіштерін тұрақты және жүйелі жинау, қадағалау және талдау негізінде бюджеттік мониторингті жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1135"/>
-    <w:bookmarkStart w:name="z1475" w:id="1136"/>
+    <w:bookmarkEnd w:id="942"/>
+    <w:bookmarkStart w:name="z1475" w:id="943"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6)аудандардың, қалалардың және облыстық бюджеттік бағдарламалар әкімшілерінің бюджеттің атқарылуына мониторинг жүргізеді, апта сайын облыс әкіміне облыс бюджетінің атқарылуы жөніндегі материалдарды жібереді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1136"/>
-    <w:bookmarkStart w:name="z1476" w:id="1137"/>
+    <w:bookmarkEnd w:id="943"/>
+    <w:bookmarkStart w:name="z1476" w:id="944"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7)бюджеттік мониторингтің нәтижелері бойынша тоқсан сайын және жылдың қорытындысы бойынша бюджетті атқару жөніндегі орталық уәкілетті органға жергілікті бюджеттердің атқарылуы туралы талдамалық есеп жібереді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1137"/>
-    <w:bookmarkStart w:name="z1477" w:id="1138"/>
+    <w:bookmarkEnd w:id="944"/>
+    <w:bookmarkStart w:name="z1477" w:id="945"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8)бюджеттік бағдарламалар әкімшілеріне міндеттемелер бойынша қаржыландыру жоспарына сәйкес бюджеттік бағдарламалар бойынша қабылданбаған міндеттемелер туралы ескерту-ақпарат жібереді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1138"/>
-    <w:bookmarkStart w:name="z1478" w:id="1139"/>
+    <w:bookmarkEnd w:id="945"/>
+    <w:bookmarkStart w:name="z1478" w:id="946"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9)бюджетті атқару жөніндегі орталық уәкілетті органға облыс бойынша кірістер түсімдерінің нақтыланған жиынтық жоспарын ұсынады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1139"/>
-    <w:bookmarkStart w:name="z1479" w:id="1140"/>
+    <w:bookmarkEnd w:id="946"/>
+    <w:bookmarkStart w:name="z1479" w:id="947"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10)облыс әкімдігі резервінің қаражатын пайдалануға қызмет көрсетуді, есепке алуды және талдауды жүзеге асырады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1140"/>
-    <w:bookmarkStart w:name="z1480" w:id="1141"/>
+    <w:bookmarkEnd w:id="947"/>
+    <w:bookmarkStart w:name="z1480" w:id="948"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11)өткен қаржы жылында республикалық немесе облыстық бюджеттерден бөлінген нысаналы трансферттердің пайдаланылмаған (толық пайдаланылмаған) сомаларының бюджет қаражатының қалдықтары туралы ақпарат береді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1141"/>
-    <w:bookmarkStart w:name="z1481" w:id="1142"/>
+    <w:bookmarkEnd w:id="948"/>
+    <w:bookmarkStart w:name="z1481" w:id="949"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12)уақытша бос бюджет ақшасын Қазақстан Республикасының Ұлттық Банкіндегі салымдарға (депозиттерге) орналастыру жөніндегі рәсімдерді жүзеге асырады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1142"/>
-    <w:bookmarkStart w:name="z1482" w:id="1143"/>
+    <w:bookmarkEnd w:id="949"/>
+    <w:bookmarkStart w:name="z1482" w:id="950"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13)тиісті бюджеттің қолма-қол ақшаны бақылау шотындағы ақша қозғалысына мониторинг жүргізеді, уақытша бос бюджет ақшасының сомасын айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1143"/>
-    <w:bookmarkStart w:name="z1483" w:id="1144"/>
+    <w:bookmarkEnd w:id="950"/>
+    <w:bookmarkStart w:name="z1483" w:id="951"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14)қарамағында қалатын тауарларды (жұмыстарды, қызметтерді) өткізуден мемлекеттік мекемелер алатын ақша қаражатының түсімдері мен шығыстарының жиынтық жоспарларын Тауарлар (жұмыстар, қызметтер) тізбесі сыныптауышының сәйкестігіне қабылдайды, тексереді және келіседі, сондай-ақ жоспарларға өзгерістер енгізу жөнінде анықтамалар жасайды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1144"/>
-    <w:bookmarkStart w:name="z1484" w:id="1145"/>
+    <w:bookmarkEnd w:id="951"/>
+    <w:bookmarkStart w:name="z1484" w:id="952"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15)мәслихат сессиясында одан әрі қарау және бекіту үшін облыс әкімдігіне облыстық бюджеттің атқарылуы туралы жылдық есепті ұсынады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1145"/>
-    <w:bookmarkStart w:name="z1485" w:id="1146"/>
+    <w:bookmarkEnd w:id="952"/>
+    <w:bookmarkStart w:name="z1485" w:id="953"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16)бюджеттік кредитке қызмет көрсетуді жүзеге асырады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1146"/>
-    <w:bookmarkStart w:name="z1486" w:id="1147"/>
+    <w:bookmarkEnd w:id="953"/>
+    <w:bookmarkStart w:name="z1486" w:id="954"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17)бюджетке түсетін түсімдердің және басқа да міндетті төлемдердің артық төленген, қате немесе дұрыс түспеген сомаларын қайтаруды жүзеге асырады немесе оларды бюджетке берешектерді өтеу есебіне есепке жатқызуды жүргізеді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1147"/>
-    <w:bookmarkStart w:name="z1487" w:id="1148"/>
+    <w:bookmarkEnd w:id="954"/>
+    <w:bookmarkStart w:name="z1487" w:id="955"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18)облыс бойынша шоғырландырылған және бюджеттік есептілікті қалыптастырады және орталық уәкілетті органға уақтылы ұсынады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1148"/>
-    <w:bookmarkStart w:name="z1488" w:id="1149"/>
+    <w:bookmarkEnd w:id="955"/>
+    <w:bookmarkStart w:name="z1488" w:id="956"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19)облыс бюджетінің атқарылуы туралы ай сайынғы, жылдық есепті қалыптастырады және орталық уәкілетті органға ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1149"/>
-    <w:bookmarkStart w:name="z1489" w:id="1150"/>
+    <w:bookmarkEnd w:id="956"/>
+    <w:bookmarkStart w:name="z1489" w:id="957"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20)қазынашылық органдарында мемлекеттік-жекешелік әріптестік шарттарын тіркеуді, сондай-ақ деректерді мемлекеттік тізілімге енгізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1150"/>
-    <w:bookmarkStart w:name="z1490" w:id="1151"/>
+    <w:bookmarkEnd w:id="957"/>
+    <w:bookmarkStart w:name="z1490" w:id="958"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21)жергілікті атқарушы органның мемлекеттік бағалы қағаздарын шығару және орналастыру бойынша жұмыс жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1151"/>
-    <w:bookmarkStart w:name="z1491" w:id="1152"/>
+    <w:bookmarkEnd w:id="958"/>
+    <w:bookmarkStart w:name="z1491" w:id="959"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22) облыстық коммуналдық мүлікті басқарады, оны қорғау жөніндегі шараларды жүзеге асырады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1152"/>
-    <w:bookmarkStart w:name="z1492" w:id="1153"/>
+    <w:bookmarkEnd w:id="959"/>
+    <w:bookmarkStart w:name="z1492" w:id="960"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23)облыстық коммуналдық мүлікті есепке алуды ұйымдастырады, оның тиімді пайдаланылуын қамтамасыз етеді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1153"/>
-    <w:bookmarkStart w:name="z1493" w:id="1154"/>
+    <w:bookmarkEnd w:id="960"/>
+    <w:bookmarkStart w:name="z1493" w:id="961"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24)мемлекет қатысатын акционерлік қоғамдардың директорлар кеңесінің немесе жауапкершілігі шектеулі серіктестіктердің Байқау кеңесінің құрамына кіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1154"/>
-    <w:bookmarkStart w:name="z1494" w:id="1155"/>
+    <w:bookmarkEnd w:id="961"/>
+    <w:bookmarkStart w:name="z1494" w:id="962"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) облыстың коммуналдық мүлкін ауданның, облыстық маңызы бар қаланың коммуналдық мүлкі деңгейіне беру жөніндегі жұмысты жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1155"/>
-    <w:bookmarkStart w:name="z1495" w:id="1156"/>
+    <w:bookmarkEnd w:id="962"/>
+    <w:bookmarkStart w:name="z1495" w:id="963"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) мемлекеттік заңды тұлғаларға бекітіліп берілген мемлекеттік мүлікті мемлекеттік меншіктің бір түрінен екіншісіне беруді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1156"/>
-    <w:bookmarkStart w:name="z1496" w:id="1157"/>
+    <w:bookmarkEnd w:id="963"/>
+    <w:bookmarkStart w:name="z1496" w:id="964"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) жеке тұлғалардан және мемлекеттік емес заңды тұлғалардан сыйға тарту шарты бойынша мемлекеттің мүлік құқығына ие болу рәсімдерін жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1157"/>
-    <w:bookmarkStart w:name="z1497" w:id="1158"/>
+    <w:bookmarkEnd w:id="964"/>
+    <w:bookmarkStart w:name="z1497" w:id="965"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) мемлекеттік мекемелердің негізгі құралдарын есептен шығаруға келісім береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1158"/>
-    <w:bookmarkStart w:name="z1498" w:id="1159"/>
+    <w:bookmarkEnd w:id="965"/>
+    <w:bookmarkStart w:name="z1498" w:id="966"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) мемлекеттік мүлікті, оның ішінде мемлекеттік кәсіпорындарды және мемлекет қатысатын заңды тұлғаларды басқару тиімділігінің мониторингін жүргізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1159"/>
-    <w:bookmarkStart w:name="z1499" w:id="1160"/>
+    <w:bookmarkEnd w:id="966"/>
+    <w:bookmarkStart w:name="z1499" w:id="967"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) акциялар пакеттеріне мемлекеттің қатысуымен облыстық коммуналдық кәсіпорындарды дамыту жоспарының есептерін ұсыну және олардың орындалуы бойынша мүліктік есептерді тапсыруға бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1160"/>
-    <w:bookmarkStart w:name="z1500" w:id="1161"/>
+    <w:bookmarkEnd w:id="967"/>
+    <w:bookmarkStart w:name="z1500" w:id="968"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) облыстық мемлекеттік коммуналдық кәсіпорындардың таза табысының бір бөлігін аудару нормативін белгілеу бойынша жұмысты жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1161"/>
-    <w:bookmarkStart w:name="z1501" w:id="1162"/>
+    <w:bookmarkEnd w:id="968"/>
+    <w:bookmarkStart w:name="z1501" w:id="969"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) облыстық коммуналдық мүлікті, сондай-ақ мүліктік кешен ретінде кәсіпорындарды жекешелендіруді жүзеге асырады, оның ішінде жекешелендіру процесін ұйымдастыру үшін делдалды тартады, жекешелендіру объектісін бағалауды қамтамасыз етеді, жекешелендіру объектісінің сатып алу-сату шарттарын дайындау мен жасасуды және сатып алу-сату шарттары талаптарының сақталуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1162"/>
-    <w:bookmarkStart w:name="z1502" w:id="1163"/>
+    <w:bookmarkEnd w:id="969"/>
+    <w:bookmarkStart w:name="z1502" w:id="970"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) облыстық коммуналдық мүлікті сенімгерлік басқаруға береді, сенімгерлік басқару шарттарын дайындауды және жасасуды жүзеге асырады, сенімгерлік басқарушының облыстық коммуналдық мүлікті сенімгерлік басқару шарты бойынша міндеттемелерді орындауын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1163"/>
-    <w:bookmarkStart w:name="z1503" w:id="1164"/>
+    <w:bookmarkEnd w:id="970"/>
+    <w:bookmarkStart w:name="z1503" w:id="971"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) облыстық коммуналдық мүлікті жеке және мемлекеттік емес заңды тұлғаларға кейіннен сатып алу құқығынсыз және кейіннен шағын және орта кәсіпкерлік субъектілерінің меншігіне өтеусіз беру құқығымен мүліктік жалдауға (жалға алуға) береді, мүліктік жалдау (жалға алу) шарттарын дайындауды және жасасуды жүзеге асырады, мүліктік жалдау (жалға алу) шарттары талаптарының орындалуын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1164"/>
-    <w:bookmarkStart w:name="z1504" w:id="1165"/>
+    <w:bookmarkEnd w:id="971"/>
+    <w:bookmarkStart w:name="z1504" w:id="972"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35) "Мемлекеттік сатып алу туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік сатып алуды өткізеді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1165"/>
-    <w:bookmarkStart w:name="z1505" w:id="1166"/>
+    <w:bookmarkEnd w:id="972"/>
+    <w:bookmarkStart w:name="z1505" w:id="973"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       36) жауапкершілігі шектеулі серіктестіктердің жарғылық капиталына не акционерлік қоғамдардың акцияларын төлеуге мүліктік салым ретінде берілетін мемлекеттік мүлікті бағалауды ұйымдастырады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1166"/>
-    <w:bookmarkStart w:name="z1506" w:id="1167"/>
+    <w:bookmarkEnd w:id="973"/>
+    <w:bookmarkStart w:name="z1506" w:id="974"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37) облыстық коммуналдық мүлікті мемлекеттік заңды тұлғаларға уақытша өтеусіз пайдалануға беру жөнінде шарттар жасасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1167"/>
-    <w:bookmarkStart w:name="z1507" w:id="1168"/>
+    <w:bookmarkEnd w:id="974"/>
+    <w:bookmarkStart w:name="z1507" w:id="975"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1168"/>
-    <w:bookmarkStart w:name="z1508" w:id="1169"/>
+    <w:bookmarkEnd w:id="975"/>
+    <w:bookmarkStart w:name="z1508" w:id="976"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1169"/>
-    <w:bookmarkStart w:name="z1509" w:id="1170"/>
+    <w:bookmarkEnd w:id="976"/>
+    <w:bookmarkStart w:name="z1509" w:id="977"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1170"/>
-    <w:bookmarkStart w:name="z1510" w:id="1171"/>
+    <w:bookmarkEnd w:id="977"/>
+    <w:bookmarkStart w:name="z1510" w:id="978"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1171"/>
-    <w:bookmarkStart w:name="z1511" w:id="1172"/>
+    <w:bookmarkEnd w:id="978"/>
+    <w:bookmarkStart w:name="z1511" w:id="979"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1172"/>
-    <w:bookmarkStart w:name="z1512" w:id="1173"/>
+    <w:bookmarkEnd w:id="979"/>
+    <w:bookmarkStart w:name="z1512" w:id="980"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1).өз орынбасарының және Басқарманың құрылымдық бөлімшелері басшыларының міндеттері мен өкілеттіліктерін анықтайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1173"/>
-    <w:bookmarkStart w:name="z1513" w:id="1174"/>
+    <w:bookmarkEnd w:id="980"/>
+    <w:bookmarkStart w:name="z1513" w:id="981"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Басқарма қызметкерлерін тағайындайды және лауазымдарынан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1174"/>
-    <w:bookmarkStart w:name="z1514" w:id="1175"/>
+    <w:bookmarkEnd w:id="981"/>
+    <w:bookmarkStart w:name="z1514" w:id="982"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) белгіленген заңнамалық тәртіппен Басқарма қызметкерлерін ынталандыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1175"/>
-    <w:bookmarkStart w:name="z1515" w:id="1176"/>
+    <w:bookmarkEnd w:id="982"/>
+    <w:bookmarkStart w:name="z1515" w:id="983"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4).белгіленген заңнамалық тәртіппен Басқарма қызметкерлеріне тәртіптік жаза тағайындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1176"/>
-    <w:bookmarkStart w:name="z1516" w:id="1177"/>
+    <w:bookmarkEnd w:id="983"/>
+    <w:bookmarkStart w:name="z1516" w:id="984"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өз құзыреті шегінде бұйрықтар шығарады, нұсқаулар береді, қызметтік құжаттарға қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1177"/>
-    <w:bookmarkStart w:name="z1517" w:id="1178"/>
+    <w:bookmarkEnd w:id="984"/>
+    <w:bookmarkStart w:name="z1517" w:id="985"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Басқарманың құрылымдық бөлімшелері туралы ережені бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1178"/>
-    <w:bookmarkStart w:name="z1518" w:id="1179"/>
+    <w:bookmarkEnd w:id="985"/>
+    <w:bookmarkStart w:name="z1518" w:id="986"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7).мемлекеттік органдарда және өзге де ұйымдарда Басқарманың атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1179"/>
-    <w:bookmarkStart w:name="z1519" w:id="1180"/>
+    <w:bookmarkEnd w:id="986"/>
+    <w:bookmarkStart w:name="z1519" w:id="987"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Басқарманың құзырына кіретін мәселелер бойынша нормативтік құқықтық актілерді, бағдарламалардың жобаларын және басқа да құжаттардың орындалуы барысын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1180"/>
-    <w:bookmarkStart w:name="z1520" w:id="1181"/>
+    <w:bookmarkEnd w:id="987"/>
+    <w:bookmarkStart w:name="z1520" w:id="988"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9).Басқарманың құзырына кіретін мәселелер бойынша есептік материалдарды дайындау жөніндегі жұмыстарды бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1181"/>
-    <w:bookmarkStart w:name="z1521" w:id="1182"/>
+    <w:bookmarkEnd w:id="988"/>
+    <w:bookmarkStart w:name="z1521" w:id="989"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) бюджеттік бағдарламаны бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1182"/>
-    <w:bookmarkStart w:name="z1522" w:id="1183"/>
+    <w:bookmarkEnd w:id="989"/>
+    <w:bookmarkStart w:name="z1522" w:id="990"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11).өз құзыреті шегінде Қазақстан Республикасының сыбайлас жемқорлыққа қарсы іс-қимыл туралы заңнамасы талаптарының орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1183"/>
-    <w:bookmarkStart w:name="z1523" w:id="1184"/>
+    <w:bookmarkEnd w:id="990"/>
+    <w:bookmarkStart w:name="z1523" w:id="991"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттілікті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1184"/>
-    <w:bookmarkStart w:name="z1524" w:id="1185"/>
+    <w:bookmarkEnd w:id="991"/>
+    <w:bookmarkStart w:name="z1524" w:id="992"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1185"/>
-    <w:bookmarkStart w:name="z1525" w:id="1186"/>
+    <w:bookmarkEnd w:id="992"/>
+    <w:bookmarkStart w:name="z1525" w:id="993"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1186"/>
-    <w:bookmarkStart w:name="z1526" w:id="1187"/>
+    <w:bookmarkEnd w:id="993"/>
+    <w:bookmarkStart w:name="z1526" w:id="994"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1187"/>
-    <w:bookmarkStart w:name="z1527" w:id="1188"/>
+    <w:bookmarkEnd w:id="994"/>
+    <w:bookmarkStart w:name="z1527" w:id="995"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1188"/>
-    <w:bookmarkStart w:name="z1528" w:id="1189"/>
+    <w:bookmarkEnd w:id="995"/>
+    <w:bookmarkStart w:name="z1528" w:id="996"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1189"/>
-    <w:bookmarkStart w:name="z1529" w:id="1190"/>
+    <w:bookmarkEnd w:id="996"/>
+    <w:bookmarkStart w:name="z1529" w:id="997"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне берілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1190"/>
-    <w:bookmarkStart w:name="z1530" w:id="1191"/>
+    <w:bookmarkEnd w:id="997"/>
+    <w:bookmarkStart w:name="z1530" w:id="998"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1191"/>
-    <w:bookmarkStart w:name="z1531" w:id="1192"/>
+    <w:bookmarkEnd w:id="998"/>
+    <w:bookmarkStart w:name="z1531" w:id="999"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23..Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1192"/>
+    <w:bookmarkEnd w:id="999"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -29740,1978 +29390,1978 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 14-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1533" w:id="1193"/>
+    <w:bookmarkStart w:name="z1533" w:id="1000"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының қоғамдық даму басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1193"/>
-    <w:bookmarkStart w:name="z1534" w:id="1194"/>
+    <w:bookmarkEnd w:id="1000"/>
+    <w:bookmarkStart w:name="z1534" w:id="1001"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау..Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1194"/>
-    <w:bookmarkStart w:name="z1535" w:id="1195"/>
+    <w:bookmarkEnd w:id="1001"/>
+    <w:bookmarkStart w:name="z1535" w:id="1002"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1.."Жетісу облысының қоғамдық даму басқармасы" мемлекеттік мекемесі (бұдан әрі – Басқарма) Жетісу облысы аумағында ішкі саясат саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1195"/>
-    <w:bookmarkStart w:name="z1536" w:id="1196"/>
+    <w:bookmarkEnd w:id="1002"/>
+    <w:bookmarkStart w:name="z1536" w:id="1003"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2..Басқарманың ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1196"/>
-    <w:bookmarkStart w:name="z1537" w:id="1197"/>
+    <w:bookmarkEnd w:id="1003"/>
+    <w:bookmarkStart w:name="z1537" w:id="1004"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3..Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1197"/>
-    <w:bookmarkStart w:name="z1538" w:id="1198"/>
+    <w:bookmarkEnd w:id="1004"/>
+    <w:bookmarkStart w:name="z1538" w:id="1005"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4..Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ тілде жазылған мөртабандары, белгіленген үлгідегі бланкілері, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1198"/>
-    <w:bookmarkStart w:name="z1539" w:id="1199"/>
+    <w:bookmarkEnd w:id="1005"/>
+    <w:bookmarkStart w:name="z1539" w:id="1006"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5..Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1199"/>
-    <w:bookmarkStart w:name="z1540" w:id="1200"/>
+    <w:bookmarkEnd w:id="1006"/>
+    <w:bookmarkStart w:name="z1540" w:id="1007"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6..Басқарма Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1200"/>
-    <w:bookmarkStart w:name="z1541" w:id="1201"/>
+    <w:bookmarkEnd w:id="1007"/>
+    <w:bookmarkStart w:name="z1541" w:id="1008"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7..Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1201"/>
-    <w:bookmarkStart w:name="z1542" w:id="1202"/>
+    <w:bookmarkEnd w:id="1008"/>
+    <w:bookmarkStart w:name="z1542" w:id="1009"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8..Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1202"/>
-    <w:bookmarkStart w:name="z1543" w:id="1203"/>
+    <w:bookmarkEnd w:id="1009"/>
+    <w:bookmarkStart w:name="z1543" w:id="1010"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9..Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Ж. Балапанов көшесі, 28-үй. .</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1203"/>
-    <w:bookmarkStart w:name="z1544" w:id="1204"/>
+    <w:bookmarkEnd w:id="1010"/>
+    <w:bookmarkStart w:name="z1544" w:id="1011"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы ереже Басқарманың құрылтай құжаты болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1204"/>
-    <w:bookmarkStart w:name="z1545" w:id="1205"/>
+    <w:bookmarkEnd w:id="1011"/>
+    <w:bookmarkStart w:name="z1545" w:id="1012"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11..Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасында сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1205"/>
-    <w:bookmarkStart w:name="z1546" w:id="1206"/>
+    <w:bookmarkEnd w:id="1012"/>
+    <w:bookmarkStart w:name="z1546" w:id="1013"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12..Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1206"/>
-    <w:bookmarkStart w:name="z1547" w:id="1207"/>
+    <w:bookmarkEnd w:id="1013"/>
+    <w:bookmarkStart w:name="z1547" w:id="1014"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1207"/>
-    <w:bookmarkStart w:name="z1548" w:id="1208"/>
+    <w:bookmarkEnd w:id="1014"/>
+    <w:bookmarkStart w:name="z1548" w:id="1015"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау..Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1208"/>
-    <w:bookmarkStart w:name="z1549" w:id="1209"/>
+    <w:bookmarkEnd w:id="1015"/>
+    <w:bookmarkStart w:name="z1549" w:id="1016"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1209"/>
-    <w:bookmarkStart w:name="z1550" w:id="1210"/>
+    <w:bookmarkEnd w:id="1016"/>
+    <w:bookmarkStart w:name="z1550" w:id="1017"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) өңірдегі қоғамдық-саяси тұрақтылық пен халық бірлігін сақтауға, мемлекеттілікті нығайтуға, азаматтық қоғам институттарын қолдауға және дамытуға, жастардың толыққанды тұрақты дамуы үшін жағдай жасауға, шешімдер қабылдау процесіне қатысуға, табысты әлеуметтенуге және оның әлеуетін өңірдің одан әрі дамуына бағыттауға, Жетісу облысының ақпараттық кеңістігінің бәсекеге қабілеттілігін арттыруға, тіл мәдениетін одан әрі арттыруға және тілдік капиталды дамытуға бағытталған мемлекеттік саясатты іске асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1210"/>
-    <w:bookmarkStart w:name="z1551" w:id="1211"/>
+    <w:bookmarkEnd w:id="1017"/>
+    <w:bookmarkStart w:name="z1551" w:id="1018"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Басқарманың құзыретіне кіретін мәселелер бойынша Қазақстан Республикасының Президенті мен Үкіметінің, облыс әкімінің актілері мен тапсырмаларының орындалуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1211"/>
-    <w:bookmarkStart w:name="z1552" w:id="1212"/>
+    <w:bookmarkEnd w:id="1018"/>
+    <w:bookmarkStart w:name="z1552" w:id="1019"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өңірде Президенттің Қазақстан халқына жыл сайынғы Жолдауларын, мемлекеттік және салалық бағдарламаларды және басқа да стратегиялық құжаттарды түсіндіруді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1212"/>
-    <w:bookmarkStart w:name="z1553" w:id="1213"/>
+    <w:bookmarkEnd w:id="1019"/>
+    <w:bookmarkStart w:name="z1553" w:id="1020"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қоғамдық даму саласындағы өңірлік маңызы бар бағдарламалық құжаттарды әзірлеу және іске асыру жөніндегі жұмысты үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1213"/>
-    <w:bookmarkStart w:name="z1554" w:id="1214"/>
+    <w:bookmarkEnd w:id="1020"/>
+    <w:bookmarkStart w:name="z1554" w:id="1021"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мемлекеттік жастар саясатын қалыптастыру және тиімді іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1214"/>
-    <w:bookmarkStart w:name="z1555" w:id="1215"/>
+    <w:bookmarkEnd w:id="1021"/>
+    <w:bookmarkStart w:name="z1555" w:id="1022"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өңірдегі қоғамдық даму процестерді және олардың даму үрдістерін зерделеу мен талдауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1215"/>
-    <w:bookmarkStart w:name="z1556" w:id="1216"/>
+    <w:bookmarkEnd w:id="1022"/>
+    <w:bookmarkStart w:name="z1556" w:id="1023"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) қазақ тілінің мемлекеттік тіл ретіндегі толыққанды қызметін қамтамасыз ете отырып, латынграфикалы әліпби негізінде қазақ тілін жаңғырту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1216"/>
-    <w:bookmarkStart w:name="z1557" w:id="1217"/>
+    <w:bookmarkEnd w:id="1023"/>
+    <w:bookmarkStart w:name="z1557" w:id="1024"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) азаматтық қоғам институттарымен тиімді өзара іс-қимылды қамтамасыз ету, қоғамдық келісім мен жалпыұлттық бірлікті одан әрі нығайту үшін қолайлы жағдайлар жасау болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1217"/>
-    <w:bookmarkStart w:name="z1558" w:id="1218"/>
+    <w:bookmarkEnd w:id="1024"/>
+    <w:bookmarkStart w:name="z1558" w:id="1025"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1218"/>
-    <w:bookmarkStart w:name="z1559" w:id="1219"/>
+    <w:bookmarkEnd w:id="1025"/>
+    <w:bookmarkStart w:name="z1559" w:id="1026"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1219"/>
-    <w:bookmarkStart w:name="z1560" w:id="1220"/>
+    <w:bookmarkEnd w:id="1026"/>
+    <w:bookmarkStart w:name="z1560" w:id="1027"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       белгіленген тәртіппен мемлекеттік органдар мен лауазымды тұлғалардан, өзге де ұйымдар мен азаматтардан өз функцияларын орындауға қажетті ақпаратты сұратуға, Басқарманың құзыретіне жататын мәселелерді пысықтауға мемлекеттік органдар мен өзге де ұйымдардың қызметкерлерін тартуға, тиісті ұсыныстар дайындау үшін уақытша жұмыс топтарын құруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1220"/>
-    <w:bookmarkStart w:name="z1561" w:id="1221"/>
+    <w:bookmarkEnd w:id="1027"/>
+    <w:bookmarkStart w:name="z1561" w:id="1028"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыс әкіміне жергілікті атқарушы органдардың ішкі саясат саласындағы қызметін жетілдіру жөнінде ұсыныстар енгізуге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1221"/>
-    <w:bookmarkStart w:name="z1562" w:id="1222"/>
+    <w:bookmarkEnd w:id="1028"/>
+    <w:bookmarkStart w:name="z1562" w:id="1029"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың қызмет саласына қатысты мәселелер бойынша тапсырмалар беруге, сондай-ақ орталық және жергілікті атқарушы органдар өткізетін іс-шараларға қатысуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1222"/>
-    <w:bookmarkStart w:name="z1563" w:id="1223"/>
+    <w:bookmarkEnd w:id="1029"/>
+    <w:bookmarkStart w:name="z1563" w:id="1030"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ведомстволық бағынысты мекемелерді құру, олардың құқықтық мирасқоры ретінде болуы және олардың қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1223"/>
-    <w:bookmarkStart w:name="z1564" w:id="1224"/>
+    <w:bookmarkEnd w:id="1030"/>
+    <w:bookmarkStart w:name="z1564" w:id="1031"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осы қызметке бұқаралық ақпарат құралдары, заңды тұлғалар, азаматтық қоғам институттары өкілдерінің қатысуын ынталандыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1224"/>
-    <w:bookmarkStart w:name="z1565" w:id="1225"/>
+    <w:bookmarkEnd w:id="1031"/>
+    <w:bookmarkStart w:name="z1565" w:id="1032"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазақстан Республикасындағы тіл туралы" Қазақстан Республикасы Заңының дұрыс қолданылуы жөнінде түсініктемелер беруге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1225"/>
-    <w:bookmarkStart w:name="z1566" w:id="1226"/>
+    <w:bookmarkEnd w:id="1032"/>
+    <w:bookmarkStart w:name="z1566" w:id="1033"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1226"/>
-    <w:bookmarkStart w:name="z1567" w:id="1227"/>
+    <w:bookmarkEnd w:id="1033"/>
+    <w:bookmarkStart w:name="z1567" w:id="1034"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың құзыретіне кіретін мемлекеттік, салалық бағдарламаларды іске асыру бойынша ақпараттық қолдауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1227"/>
-    <w:bookmarkStart w:name="z1568" w:id="1228"/>
+    <w:bookmarkEnd w:id="1034"/>
+    <w:bookmarkStart w:name="z1568" w:id="1035"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       лауазымды тұлғаларға және мемлекеттік органдарға Басқарманың құзыретіне кіретін мәселелер бойынша консультативтік-әдістемелік, ақпараттық, ұйымдастырушылық-техникалық және өзге де көмек көрсету. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1228"/>
-    <w:bookmarkStart w:name="z1569" w:id="1229"/>
+    <w:bookmarkEnd w:id="1035"/>
+    <w:bookmarkStart w:name="z1569" w:id="1036"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1229"/>
-    <w:bookmarkStart w:name="z1570" w:id="1230"/>
+    <w:bookmarkEnd w:id="1036"/>
+    <w:bookmarkStart w:name="z1570" w:id="1037"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қоғамдық дамудың негізгі бағыттары, оның ішінде білім беру, денсаулық сақтау, халықты әлеуметтік қамтамасыз ету және қорғау, жұмыспен қамту, этносаралық және конфессияаралық келісім, патриоттық тәрбие және жастар саясаты, волонтерлік қызметті жаңғырту, тіл, ақпарат, мәдениет, гендерлік және отбасылық-демографиялық салаларда мемлекеттік рәміздерді насихаттау бойынша өңірдің жергілікті атқарушы органдарының қызметін ақпараттық-идеологиялық сүйемелдеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1230"/>
-    <w:bookmarkStart w:name="z1571" w:id="1231"/>
+    <w:bookmarkEnd w:id="1037"/>
+    <w:bookmarkStart w:name="z1571" w:id="1038"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қоғамдық саяси тұрақтылықты, өңірдегі халықтың жалпыұлттық бірлігін және қоғамды топтастыруды қамтамасыз етуге бағытталған практикалық және өзге де шаралар кешенін іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1231"/>
-    <w:bookmarkStart w:name="z1572" w:id="1232"/>
+    <w:bookmarkEnd w:id="1038"/>
+    <w:bookmarkStart w:name="z1572" w:id="1039"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан халқы Ассамблеясының қызметін ақпараттық-талдамалық және ұйымдастырушылық қамтамасыз етуді жүзеге асыру, қоғамдық келісім мен жалпыұлттық бірлік идеологиясын ілгерілету бойынша халықпен ақпараттық-түсіндіру және білім беру-тәрбие жұмысының деңгейін арттыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1232"/>
-    <w:bookmarkStart w:name="z1573" w:id="1233"/>
+    <w:bookmarkEnd w:id="1039"/>
+    <w:bookmarkStart w:name="z1573" w:id="1040"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) этносаралық қатынастар саласындағы мемлекеттік саясатты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1233"/>
-    <w:bookmarkStart w:name="z1574" w:id="1234"/>
+    <w:bookmarkEnd w:id="1040"/>
+    <w:bookmarkStart w:name="z1574" w:id="1041"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өңірдегі ірі қоғамдық маңызы бар іс-шараларды ақпараттық-талдамалық және ұйымдастырушылық-техникалық сүйемелдеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1234"/>
-    <w:bookmarkStart w:name="z1575" w:id="1235"/>
+    <w:bookmarkEnd w:id="1041"/>
+    <w:bookmarkStart w:name="z1575" w:id="1042"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мемлекеттік жастар саясаты мәселелері бойынша жастар ұйымдарымен өзара іс-қимылды және ынтымақтастықты жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1235"/>
-    <w:bookmarkStart w:name="z1576" w:id="1236"/>
+    <w:bookmarkEnd w:id="1042"/>
+    <w:bookmarkStart w:name="z1576" w:id="1043"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мемлекеттік жастар саясатын іске асыру жөніндегі қызметті талдауды және болжауды, әдістемелік қамтамасыз етуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1236"/>
-    <w:bookmarkStart w:name="z1577" w:id="1237"/>
+    <w:bookmarkEnd w:id="1043"/>
+    <w:bookmarkStart w:name="z1577" w:id="1044"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) мемлекеттік жастар саясатын іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1237"/>
-    <w:bookmarkStart w:name="z1578" w:id="1238"/>
+    <w:bookmarkEnd w:id="1044"/>
+    <w:bookmarkStart w:name="z1578" w:id="1045"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) жастардың волонтерлік қызметін және жастардың өзін-өзі басқаруын дамытуға жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1238"/>
-    <w:bookmarkStart w:name="z1579" w:id="1239"/>
+    <w:bookmarkEnd w:id="1045"/>
+    <w:bookmarkStart w:name="z1579" w:id="1046"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) әлеуметтік-экономикалық, қоғамдық-саяси және басқа да салалардағы жергілікті атқарушы органдардың қызметі туралы ақпараттық-түсіндіру жұмысын ұйымдастыру, осы бағыттағы жұмысты жетілдіру жөнінде ұсыныстар әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1239"/>
-    <w:bookmarkStart w:name="z1580" w:id="1240"/>
+    <w:bookmarkEnd w:id="1046"/>
+    <w:bookmarkStart w:name="z1580" w:id="1047"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Президенттің Қазақстан халқына жыл сайынғы Жолдауларын және басқа да стратегиялық құжаттарды түсіндіру мен насихаттау жөніндегі республикалық және өңірлік деңгейдегі ақпараттық-насихаттық топтардың өңірдегі қызметін ұйымдастыру, ақпараттық-әдістемелік құжаттармен қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1240"/>
-    <w:bookmarkStart w:name="z1581" w:id="1241"/>
+    <w:bookmarkEnd w:id="1047"/>
+    <w:bookmarkStart w:name="z1581" w:id="1048"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) саяси партиялармен, үкіметтік емес ұйымдармен, этномәдени және діни, құқық қорғау және басқа да қоғамдық ұйымдармен, кәсіптік одақтармен, бұқаралық ақпарат құралдарымен (бұдан әрі – БАҚ), ғылыми және шығармашылық қоғамдастықпен, қоғамдық пікір көшбасшыларымен өзара іс-қимылды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1241"/>
-    <w:bookmarkStart w:name="z1582" w:id="1242"/>
+    <w:bookmarkEnd w:id="1048"/>
+    <w:bookmarkStart w:name="z1582" w:id="1049"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) Басқарма құзыретіне кіретін мәселелер бойынша облыс әкімі жанында әрекет ететін консультативтік-кеңесші органдар мен жұмыс топтарының қызметін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1242"/>
-    <w:bookmarkStart w:name="z1583" w:id="1243"/>
+    <w:bookmarkEnd w:id="1049"/>
+    <w:bookmarkStart w:name="z1583" w:id="1050"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) өңірдегі қоғамдық-саяси ахуалды талдау және болжау, оның ішінде саяси партиялардың, өзге де қоғамдық бірлестіктер мен ұйымдардың қызметіне мониторинг ұйымдастыру, әлеуметтік және саяси зерттеулер жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1243"/>
-    <w:bookmarkStart w:name="z1584" w:id="1244"/>
+    <w:bookmarkEnd w:id="1050"/>
+    <w:bookmarkStart w:name="z1584" w:id="1051"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) өңірде мемлекеттік ақпараттық саясатты тиімді іске асыруды қамтамасыз ету, оның ішінде мемлекеттік ақпараттық тапсырысты орындау бойынша БАҚ қызметін әдістемелік қолдау және үйлестіру, заңнаманы сақтау мәніне БАҚ қызметіне мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1244"/>
-    <w:bookmarkStart w:name="z1585" w:id="1245"/>
+    <w:bookmarkEnd w:id="1051"/>
+    <w:bookmarkStart w:name="z1585" w:id="1052"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) әлеуметтік маңызы бар жобаларды орындауға арналған мемлекеттік әлеуметтік тапсырыстың тиімді іске асырылуын қамтамасыз ету, оның ішінде конкурстық рәсімдер өткізу және жобалардың іске асырылу барысына мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1245"/>
-    <w:bookmarkStart w:name="z1586" w:id="1246"/>
+    <w:bookmarkEnd w:id="1052"/>
+    <w:bookmarkStart w:name="z1586" w:id="1053"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) Басқарманың құзыретіне кіретін мәселелер бойынша тұжырымдамалық құжаттарды әзірлеуге, облыс әкімі актілерінің жобаларын дайындауға және сараптауға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1246"/>
-    <w:bookmarkStart w:name="z1587" w:id="1247"/>
+    <w:bookmarkEnd w:id="1053"/>
+    <w:bookmarkStart w:name="z1587" w:id="1054"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) Басқарма құзыретіне кіретін мәселелер бойынша жоғары тұрған мемлекеттік органдармен, Парламентпен, мәслихаттармен, облыс әкімінің аппаратымен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1247"/>
-    <w:bookmarkStart w:name="z1588" w:id="1248"/>
+    <w:bookmarkEnd w:id="1054"/>
+    <w:bookmarkStart w:name="z1588" w:id="1055"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) Басқарманың құзыретіне кіретін мәселелер бойынша ақпараттық дерекқорды қалыптастыру, жинақтау, қорыту және сыныптау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1248"/>
-    <w:bookmarkStart w:name="z1589" w:id="1249"/>
+    <w:bookmarkEnd w:id="1055"/>
+    <w:bookmarkStart w:name="z1589" w:id="1056"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) орталық мемлекеттік органдардың және олардың ведомстволарының аумақтық бөлімшелерінің, облыстың, қаланың, ауданның, облыстық маңызы бар қаланың жергілікті атқарушы органдарының және ауыл, кент, ауылдық округ әкімі аппараттарының "Қазақстан Республикасындағы тіл туралы" заңнамасын сақтауына мемлекеттік бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1249"/>
-    <w:bookmarkStart w:name="z1590" w:id="1250"/>
+    <w:bookmarkEnd w:id="1056"/>
+    <w:bookmarkStart w:name="z1590" w:id="1057"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) "Қазақстан Республикасындағы тіл туралы" Қазақстан Республикасы заңнамасының дұрыс қолданылуы жөнінде түсініктемелер, заңнамада белгіленген талаптардың бұзылуын жою туралы ұсынымдар беру, Қазақстан Республикасының әкімшілік құқық бұзушылық туралы заңнамасында көзделген негізде және тәртіппен әкімшілік ықпал ету шараларын қолдану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1250"/>
-    <w:bookmarkStart w:name="z1591" w:id="1251"/>
+    <w:bookmarkEnd w:id="1057"/>
+    <w:bookmarkStart w:name="z1591" w:id="1058"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) тілдік кемсітушілікке қарсы тұрып, мемлекеттік тілдің дамуы мен практикалық қолданылуын ынталандыру, мемлекеттік тілді және басқа тілдерді дамытуға бағытталған облыстық маңызы бар шаралар кешенін жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1251"/>
-    <w:bookmarkStart w:name="z1592" w:id="1252"/>
+    <w:bookmarkEnd w:id="1058"/>
+    <w:bookmarkStart w:name="z1592" w:id="1059"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) облыстық ономастика комиссиясының қызметін қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1252"/>
-    <w:bookmarkStart w:name="z1593" w:id="1253"/>
+    <w:bookmarkEnd w:id="1059"/>
+    <w:bookmarkStart w:name="z1593" w:id="1060"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) деректемелер мен көрнекі ақпаратты орналастыру бөлігінде "Қазақстан Республикасындағы тіл туралы" Қазақстан Республикасы заңнамасының сақталуын бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1253"/>
-    <w:bookmarkStart w:name="z1594" w:id="1254"/>
+    <w:bookmarkEnd w:id="1060"/>
+    <w:bookmarkStart w:name="z1594" w:id="1061"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) Қазақстан Республикасының заңнамасында көзделген өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1254"/>
-    <w:bookmarkStart w:name="z1595" w:id="1255"/>
+    <w:bookmarkEnd w:id="1061"/>
+    <w:bookmarkStart w:name="z1595" w:id="1062"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1255"/>
-    <w:bookmarkStart w:name="z1596" w:id="1256"/>
+    <w:bookmarkEnd w:id="1062"/>
+    <w:bookmarkStart w:name="z1596" w:id="1063"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16..Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген мiндеттердiң орындалуына және оның өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1256"/>
-    <w:bookmarkStart w:name="z1597" w:id="1257"/>
+    <w:bookmarkEnd w:id="1063"/>
+    <w:bookmarkStart w:name="z1597" w:id="1064"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17..Басқарманың басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1257"/>
-    <w:bookmarkStart w:name="z1598" w:id="1258"/>
+    <w:bookmarkEnd w:id="1064"/>
+    <w:bookmarkStart w:name="z1598" w:id="1065"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18..Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1258"/>
-    <w:bookmarkStart w:name="z1599" w:id="1259"/>
+    <w:bookmarkEnd w:id="1065"/>
+    <w:bookmarkStart w:name="z1599" w:id="1066"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19..Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1259"/>
-    <w:bookmarkStart w:name="z1600" w:id="1260"/>
+    <w:bookmarkEnd w:id="1066"/>
+    <w:bookmarkStart w:name="z1600" w:id="1067"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1).өз орынбасарларының және Басқарманың құрылымдық бөлімшелерінің басшыларының міндеттері мен өкілеттіліктерін анықтайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1260"/>
-    <w:bookmarkStart w:name="z1601" w:id="1261"/>
+    <w:bookmarkEnd w:id="1067"/>
+    <w:bookmarkStart w:name="z1601" w:id="1068"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2).Басқарма қызметкерлерін тағайындайды және лауазымдарынан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1261"/>
-    <w:bookmarkStart w:name="z1602" w:id="1262"/>
+    <w:bookmarkEnd w:id="1068"/>
+    <w:bookmarkStart w:name="z1602" w:id="1069"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3).белгіленген заңнамалық тәртіппен Басқарма қызметкерлерін ынталандыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1262"/>
-    <w:bookmarkStart w:name="z1603" w:id="1263"/>
+    <w:bookmarkEnd w:id="1069"/>
+    <w:bookmarkStart w:name="z1603" w:id="1070"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4).белгіленген заңнамалық тәртіппен Басқарма қызметкерлерін тәртіптік жазаға тартады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1263"/>
-    <w:bookmarkStart w:name="z1604" w:id="1264"/>
+    <w:bookmarkEnd w:id="1070"/>
+    <w:bookmarkStart w:name="z1604" w:id="1071"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5).өз құзыреті шегінде бұйрықтар шығарады, нұсқаулар береді, қызметтік құжаттарға қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1264"/>
-    <w:bookmarkStart w:name="z1605" w:id="1265"/>
+    <w:bookmarkEnd w:id="1071"/>
+    <w:bookmarkStart w:name="z1605" w:id="1072"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6).Басқарманың құрылымдық бөлімшелері туралы ережені бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1265"/>
-    <w:bookmarkStart w:name="z1606" w:id="1266"/>
+    <w:bookmarkEnd w:id="1072"/>
+    <w:bookmarkStart w:name="z1606" w:id="1073"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мемлекеттік органдарда және өзге де ұйымдарда Басқарманың мүддесін білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1266"/>
-    <w:bookmarkStart w:name="z1607" w:id="1267"/>
+    <w:bookmarkEnd w:id="1073"/>
+    <w:bookmarkStart w:name="z1607" w:id="1074"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8).Басқарманың құзыретіне кіретін мәселелер бойынша нормативтік құқықтық актілерді, бағдарламалардың жобаларын және басқа да құжаттардың орындалу барысын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1267"/>
-    <w:bookmarkStart w:name="z1608" w:id="1268"/>
+    <w:bookmarkEnd w:id="1074"/>
+    <w:bookmarkStart w:name="z1608" w:id="1075"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9).Басқарманың құзыретіне кіретін мәселелер бойынша есептік материалдарды дайындау жөніндегі жұмыстарды бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1268"/>
-    <w:bookmarkStart w:name="z1609" w:id="1269"/>
+    <w:bookmarkEnd w:id="1075"/>
+    <w:bookmarkStart w:name="z1609" w:id="1076"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10).бюджеттік бағдарламаның іске асырылу барысын үйлестіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1269"/>
-    <w:bookmarkStart w:name="z1610" w:id="1270"/>
+    <w:bookmarkEnd w:id="1076"/>
+    <w:bookmarkStart w:name="z1610" w:id="1077"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11).белгіленген тәртіппен қаржылық-экономикалық және шаруашылық қызметтер мәселелерін шешеді, бюджеттік қаражаттардың тиімді және мақсатты орындалуын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1270"/>
-    <w:bookmarkStart w:name="z1611" w:id="1271"/>
+    <w:bookmarkEnd w:id="1077"/>
+    <w:bookmarkStart w:name="z1611" w:id="1078"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12). Басқарманың қызметіндегі заңдылықтың, шарттық және қаржылық тәртіптің сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1271"/>
-    <w:bookmarkStart w:name="z1612" w:id="1272"/>
+    <w:bookmarkEnd w:id="1078"/>
+    <w:bookmarkStart w:name="z1612" w:id="1079"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13).жемқорлыққа қарсы бағытталған шараларды қолданады және жемқорлыққа қарсы шараларды қолданбағаны үшін дербес жауапкершілікте болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1272"/>
-    <w:bookmarkStart w:name="z1613" w:id="1273"/>
+    <w:bookmarkEnd w:id="1079"/>
+    <w:bookmarkStart w:name="z1613" w:id="1080"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14).Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттілікті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1273"/>
-    <w:bookmarkStart w:name="z1614" w:id="1274"/>
+    <w:bookmarkEnd w:id="1080"/>
+    <w:bookmarkStart w:name="z1614" w:id="1081"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1274"/>
-    <w:bookmarkStart w:name="z1615" w:id="1275"/>
+    <w:bookmarkEnd w:id="1081"/>
+    <w:bookmarkStart w:name="z1615" w:id="1082"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкi</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1275"/>
-    <w:bookmarkStart w:name="z1616" w:id="1276"/>
+    <w:bookmarkEnd w:id="1082"/>
+    <w:bookmarkStart w:name="z1616" w:id="1083"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20..Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкi болу мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1276"/>
-    <w:bookmarkStart w:name="z1617" w:id="1277"/>
+    <w:bookmarkEnd w:id="1083"/>
+    <w:bookmarkStart w:name="z1617" w:id="1084"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкi оған меншік иесі берген мүлiк, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1277"/>
-    <w:bookmarkStart w:name="z1618" w:id="1278"/>
+    <w:bookmarkEnd w:id="1084"/>
+    <w:bookmarkStart w:name="z1618" w:id="1085"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекiтiлген мүлiк коммуналдық меншiкке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1278"/>
-    <w:bookmarkStart w:name="z1619" w:id="1279"/>
+    <w:bookmarkEnd w:id="1085"/>
+    <w:bookmarkStart w:name="z1619" w:id="1086"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзiне бекiтiлген мүлiктi және қаржыландыру жоспары бойынша өзіне берілген қаражат есебiнен сатып алынған мүлiктi өз бетiмен иелiктен шығаруға немесе оған өзгедей тәсiлмен билiк етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1279"/>
-    <w:bookmarkStart w:name="z1620" w:id="1280"/>
+    <w:bookmarkEnd w:id="1086"/>
+    <w:bookmarkStart w:name="z1620" w:id="1087"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау..Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1280"/>
-    <w:bookmarkStart w:name="z1621" w:id="1281"/>
+    <w:bookmarkEnd w:id="1087"/>
+    <w:bookmarkStart w:name="z1621" w:id="1088"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23..Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1281"/>
-    <w:bookmarkStart w:name="z1622" w:id="1282"/>
+    <w:bookmarkEnd w:id="1088"/>
+    <w:bookmarkStart w:name="z1622" w:id="1089"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басқарманың қарамағындағы ұйымдардың тізбесі: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1282"/>
-    <w:bookmarkStart w:name="z1623" w:id="1283"/>
+    <w:bookmarkEnd w:id="1089"/>
+    <w:bookmarkStart w:name="z1623" w:id="1090"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) "Жетісу облысының қоғамдық даму басқармасы" мемлекеттік мекемесінің "Коммуникациялар мен мониторинг орталығы" коммуналдық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1283"/>
-    <w:bookmarkStart w:name="z1624" w:id="1284"/>
+    <w:bookmarkEnd w:id="1090"/>
+    <w:bookmarkStart w:name="z1624" w:id="1091"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) "Жетісу облысының қоғамдық даму басқармасы" мемлекеттік мекемесінің "Техникалық және шаруашылық қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1284"/>
-    <w:bookmarkStart w:name="z1625" w:id="1285"/>
+    <w:bookmarkEnd w:id="1091"/>
+    <w:bookmarkStart w:name="z1625" w:id="1092"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Жетісу облысының қоғамдық даму басқармасы" мемлекеттік мекемесінің "Қоғамдық келісім" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1285"/>
-    <w:bookmarkStart w:name="z1626" w:id="1286"/>
+    <w:bookmarkEnd w:id="1092"/>
+    <w:bookmarkStart w:name="z1626" w:id="1093"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) "Жетісу облысының қоғамдық даму басқармасы" мемлекеттік мекемесінің "Jetіsý jastary" коммуналдық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1286"/>
-    <w:bookmarkStart w:name="z1627" w:id="1287"/>
+    <w:bookmarkEnd w:id="1093"/>
+    <w:bookmarkStart w:name="z1627" w:id="1094"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) "Жетісу облысының қоғамдық даму басқармасы" мемлекеттік мекемесінің "Тіл" оқу-әдістемелік орталығы" коммуналдық мемлекеттік мекемесі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1287"/>
-    <w:bookmarkStart w:name="z1628" w:id="1288"/>
+    <w:bookmarkEnd w:id="1094"/>
+    <w:bookmarkStart w:name="z1628" w:id="1095"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) "Жетісу" телерадиокомпаниясы" жауапкершілігі шектеулі серіктестігі; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1288"/>
-    <w:bookmarkStart w:name="z1629" w:id="1289"/>
+    <w:bookmarkEnd w:id="1095"/>
+    <w:bookmarkStart w:name="z1629" w:id="1096"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) "Жетісу облысының қоғамдық даму басқармасы" мемлекеттік мекемесінің шаруашылық жүргізу құқығындағы "Жетісу Медиа" мемлекеттік коммуналдық кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1289"/>
+    <w:bookmarkEnd w:id="1096"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -31751,1598 +31401,1598 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 15-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1631" w:id="1290"/>
+    <w:bookmarkStart w:name="z1631" w:id="1097"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облыстық құрылыс басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1290"/>
-    <w:bookmarkStart w:name="z1632" w:id="1291"/>
+    <w:bookmarkEnd w:id="1097"/>
+    <w:bookmarkStart w:name="z1632" w:id="1098"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1291"/>
-    <w:bookmarkStart w:name="z1633" w:id="1292"/>
+    <w:bookmarkEnd w:id="1098"/>
+    <w:bookmarkStart w:name="z1633" w:id="1099"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Жетісу облыстық құрылыс басқармасы" мемлекеттік мекемесі (бұдан әрі – Басқарма) Жетісу облысы бойынша құрылыс саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1292"/>
-    <w:bookmarkStart w:name="z1634" w:id="1293"/>
+    <w:bookmarkEnd w:id="1099"/>
+    <w:bookmarkStart w:name="z1634" w:id="1100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Басқарманың ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1293"/>
-    <w:bookmarkStart w:name="z1635" w:id="1294"/>
+    <w:bookmarkEnd w:id="1100"/>
+    <w:bookmarkStart w:name="z1635" w:id="1101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1294"/>
-    <w:bookmarkStart w:name="z1636" w:id="1295"/>
+    <w:bookmarkEnd w:id="1101"/>
+    <w:bookmarkStart w:name="z1636" w:id="1102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1295"/>
-    <w:bookmarkStart w:name="z1637" w:id="1296"/>
+    <w:bookmarkEnd w:id="1102"/>
+    <w:bookmarkStart w:name="z1637" w:id="1103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1296"/>
-    <w:bookmarkStart w:name="z1638" w:id="1297"/>
+    <w:bookmarkEnd w:id="1103"/>
+    <w:bookmarkStart w:name="z1638" w:id="1104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1297"/>
-    <w:bookmarkStart w:name="z1639" w:id="1298"/>
+    <w:bookmarkEnd w:id="1104"/>
+    <w:bookmarkStart w:name="z1639" w:id="1105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1298"/>
-    <w:bookmarkStart w:name="z1640" w:id="1299"/>
+    <w:bookmarkEnd w:id="1105"/>
+    <w:bookmarkStart w:name="z1640" w:id="1106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1299"/>
-    <w:bookmarkStart w:name="z1641" w:id="1300"/>
+    <w:bookmarkEnd w:id="1106"/>
+    <w:bookmarkStart w:name="z1641" w:id="1107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Шевченко көшесі, 131 - үй.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1300"/>
-    <w:bookmarkStart w:name="z1642" w:id="1301"/>
+    <w:bookmarkEnd w:id="1107"/>
+    <w:bookmarkStart w:name="z1642" w:id="1108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1301"/>
-    <w:bookmarkStart w:name="z1643" w:id="1302"/>
+    <w:bookmarkEnd w:id="1108"/>
+    <w:bookmarkStart w:name="z1643" w:id="1109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1302"/>
-    <w:bookmarkStart w:name="z1644" w:id="1303"/>
+    <w:bookmarkEnd w:id="1109"/>
+    <w:bookmarkStart w:name="z1644" w:id="1110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1303"/>
-    <w:bookmarkStart w:name="z1645" w:id="1304"/>
+    <w:bookmarkEnd w:id="1110"/>
+    <w:bookmarkStart w:name="z1645" w:id="1111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кірістер, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1304"/>
-    <w:bookmarkStart w:name="z1646" w:id="1305"/>
+    <w:bookmarkEnd w:id="1111"/>
+    <w:bookmarkStart w:name="z1646" w:id="1112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1305"/>
-    <w:bookmarkStart w:name="z1647" w:id="1306"/>
+    <w:bookmarkEnd w:id="1112"/>
+    <w:bookmarkStart w:name="z1647" w:id="1113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1306"/>
-    <w:bookmarkStart w:name="z1648" w:id="1307"/>
+    <w:bookmarkEnd w:id="1113"/>
+    <w:bookmarkStart w:name="z1648" w:id="1114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құрылыстарды, ғимараттар мен құрылыстарды, инженерлік және көлік коммуникацияларын салу, кеңейту, техникалық қайта жарақтандыру, жаңғырту, реконструкциялау, қалпына келтіру және күрделі жөндеу, аумақты абаттандыру мен көгалдандыру, аяқталмаған объектілер құрылысын конверсиялау, объектілерді кейіннен кәдеге жарату жөнінде жұмыстар кешенін жүргізу жөніндегі ұсыныстарды зерделеу және енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1307"/>
-    <w:bookmarkStart w:name="z1649" w:id="1308"/>
+    <w:bookmarkEnd w:id="1114"/>
+    <w:bookmarkStart w:name="z1649" w:id="1115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Жетісу облысының құрылыс кешенін дамыту бойынша нысаналы инвестициялық бағдарламаларды енгізу, бекітілген бас жоспарларға сәйкес құрылыс жобаларын іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1308"/>
-    <w:bookmarkStart w:name="z1650" w:id="1309"/>
+    <w:bookmarkEnd w:id="1115"/>
+    <w:bookmarkStart w:name="z1650" w:id="1116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) құрылыс талаптары бөлігінде инвестициялық әзірлемелерді, жобалау, ғылыми-зерттеу, сондай-ақ іздестіру, құрылыс және жөндеу-құрылыс жұмыстарын үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1309"/>
-    <w:bookmarkStart w:name="z1651" w:id="1310"/>
+    <w:bookmarkEnd w:id="1116"/>
+    <w:bookmarkStart w:name="z1651" w:id="1117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Басқарма алдына қойылған басқа да міндеттерді орындау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1310"/>
-    <w:bookmarkStart w:name="z1652" w:id="1311"/>
+    <w:bookmarkEnd w:id="1117"/>
+    <w:bookmarkStart w:name="z1652" w:id="1118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1311"/>
-    <w:bookmarkStart w:name="z1653" w:id="1312"/>
+    <w:bookmarkEnd w:id="1118"/>
+    <w:bookmarkStart w:name="z1653" w:id="1119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1312"/>
-    <w:bookmarkStart w:name="z1654" w:id="1313"/>
+    <w:bookmarkEnd w:id="1119"/>
+    <w:bookmarkStart w:name="z1654" w:id="1120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жобалау алдындағы зерттеулерге, техникалық-экономикалық негіздеме дайындауға, құрылысқа инвестициялар негіздемесіне, аумақты игеруді және оның құрылысын жоспарлауды жоспарлауға қажетті ақпаратты (мәліметтерді, деректерді, бастапқы материалдарды немесе құжаттарды) сұратуға және алуға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1313"/>
-    <w:bookmarkStart w:name="z1655" w:id="1314"/>
+    <w:bookmarkEnd w:id="1120"/>
+    <w:bookmarkStart w:name="z1655" w:id="1121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       объектілер мен кешендерді орналастыру жөнінде облыс әкіміне ұсыныстар енгізуге; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1314"/>
-    <w:bookmarkStart w:name="z1656" w:id="1315"/>
+    <w:bookmarkEnd w:id="1121"/>
+    <w:bookmarkStart w:name="z1656" w:id="1122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың құзыретіне жататын мәселелер бойынша мемлекеттік және мемлекеттік емес органдармен қызметтік хат алмасуды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1315"/>
-    <w:bookmarkStart w:name="z1657" w:id="1316"/>
+    <w:bookmarkEnd w:id="1122"/>
+    <w:bookmarkStart w:name="z1657" w:id="1123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1316"/>
-    <w:bookmarkStart w:name="z1658" w:id="1317"/>
+    <w:bookmarkEnd w:id="1123"/>
+    <w:bookmarkStart w:name="z1658" w:id="1124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       халықтың хаттары мен шағымдарын белгіленген тәртіппен қарауға; азаматтарды жеке мәселелері бойынша қабылдауды ұйымдастыруға;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1317"/>
-    <w:bookmarkStart w:name="z1659" w:id="1318"/>
+    <w:bookmarkEnd w:id="1124"/>
+    <w:bookmarkStart w:name="z1659" w:id="1125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңдарында, Қазақстан Республикасы Президентінің, Қазақстан Республикасы Үкіметінің актілерінде, облыс әкімдігінің және облыс әкімінің актілерінде көзделген өзге де функцияларды, сондай-ақ облыс әкімінің тапсырмаларын орындауға міндетті.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1318"/>
-    <w:bookmarkStart w:name="z1660" w:id="1319"/>
+    <w:bookmarkEnd w:id="1125"/>
+    <w:bookmarkStart w:name="z1660" w:id="1126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1319"/>
-    <w:bookmarkStart w:name="z1661" w:id="1320"/>
+    <w:bookmarkEnd w:id="1126"/>
+    <w:bookmarkStart w:name="z1661" w:id="1127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құрылыс саласында мемлекеттік саясатты жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1320"/>
-    <w:bookmarkStart w:name="z1662" w:id="1321"/>
+    <w:bookmarkEnd w:id="1127"/>
+    <w:bookmarkStart w:name="z1662" w:id="1128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Жетісу облысы аумағында құрылыс қызметін мемлекеттік реттеу әдістерін әзірлеу жөнінде ұсыныстар дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1321"/>
-    <w:bookmarkStart w:name="z1663" w:id="1322"/>
+    <w:bookmarkEnd w:id="1128"/>
+    <w:bookmarkStart w:name="z1663" w:id="1129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Қазақстан Республикасындағы құрылыс мәселелері бойынша мемлекеттік нормативтік-құқықтық актілерді әзірлеу және жетілдіру жөнінде ұсыныстар дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1322"/>
-    <w:bookmarkStart w:name="z1664" w:id="1323"/>
+    <w:bookmarkEnd w:id="1129"/>
+    <w:bookmarkStart w:name="z1664" w:id="1130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) облыстың әлеуметтік-экономикалық дамуының кешенді бағдарламаларын әзірлеу бойынша ұсыныстар дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1323"/>
-    <w:bookmarkStart w:name="z1665" w:id="1324"/>
+    <w:bookmarkEnd w:id="1130"/>
+    <w:bookmarkStart w:name="z1665" w:id="1131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) инфрақұрылым құрылысы, тұрғын үй саясаты және тұрғын үй құрылысы саласындағы мемлекеттік саясатты іске асыруға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1324"/>
-    <w:bookmarkStart w:name="z1666" w:id="1325"/>
+    <w:bookmarkEnd w:id="1131"/>
+    <w:bookmarkStart w:name="z1666" w:id="1132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының Үкіметі бекітетін қаражатты қоспағанда, Жетісу облысының аумағында салынуға жататын, мемлекеттік қаражат есебінен қаржыландырылатын нысандар бойынша құрылыс және өзге де жобалау (жобалау-сметалық) құжаттамаларын қарау, келісу және бекіту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1325"/>
-    <w:bookmarkStart w:name="z1667" w:id="1326"/>
+    <w:bookmarkEnd w:id="1132"/>
+    <w:bookmarkStart w:name="z1667" w:id="1133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) облыс аумағында орналасқан, мемлекеттік қаражат есебінен қаржыландырылатын объектілерді жобалауға және салуға арналған келісімшарттарды тіркеуге және ресімдеуге қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1326"/>
-    <w:bookmarkStart w:name="z1668" w:id="1327"/>
+    <w:bookmarkEnd w:id="1133"/>
+    <w:bookmarkStart w:name="z1668" w:id="1134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) мемлекеттік қаражат және Қазақстан Республикасының кепілдігімен берілетін инвестициялық кредиттер, тікелей инвестициялар және басқа да көздер есебінен қаржыландырылатын құрылыс құжаттамасын әзірлеуге және объектілер салуға тендерлер (конкурстар) ұйымдастыру және өткізу, жұмыстар мен көрсетілетін қызметтерді мемлекеттік сатып алуға мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1327"/>
-    <w:bookmarkStart w:name="z1669" w:id="1328"/>
+    <w:bookmarkEnd w:id="1134"/>
+    <w:bookmarkStart w:name="z1669" w:id="1135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) төтенше дүлей зілзалалардың салдарынан қираған азаматтық және тұрғын үй мақсатындағы объектілерді реконструкциялау мен күрделі жөндеу жөніндегі жұмыстарды ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1328"/>
-    <w:bookmarkStart w:name="z1670" w:id="1329"/>
+    <w:bookmarkEnd w:id="1135"/>
+    <w:bookmarkStart w:name="z1670" w:id="1136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) аудандық және қалалық облыстық маңызы бар құрылыс органдарының қызметін ұйымдастырушылық және әдіснамалық қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1329"/>
-    <w:bookmarkStart w:name="z1671" w:id="1330"/>
+    <w:bookmarkEnd w:id="1136"/>
+    <w:bookmarkStart w:name="z1671" w:id="1137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) құрылысы аяқталған тұрғын үй-азаматтық, коммуналдық, өндірістік мақсаттағы объектілерді пайдалануға қабылдау жөніндегі мемлекеттік қабылдау комиссияларының жұмысына қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1330"/>
-    <w:bookmarkStart w:name="z1672" w:id="1331"/>
+    <w:bookmarkEnd w:id="1137"/>
+    <w:bookmarkStart w:name="z1672" w:id="1138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) жобалау мен құрылысқа мердігерлік шарттар жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1331"/>
-    <w:bookmarkStart w:name="z1673" w:id="1332"/>
+    <w:bookmarkEnd w:id="1138"/>
+    <w:bookmarkStart w:name="z1673" w:id="1139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) жасалған шарттарға сәйкес тауарларды, жұмыстарды және көрсетілетін қызметтерді сатып алуды қаржыландыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1332"/>
-    <w:bookmarkStart w:name="z1674" w:id="1333"/>
+    <w:bookmarkEnd w:id="1139"/>
+    <w:bookmarkStart w:name="z1674" w:id="1140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) мердігерлермен жасалған шарттық міндеттемелерді орындауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1333"/>
-    <w:bookmarkStart w:name="z1675" w:id="1334"/>
+    <w:bookmarkEnd w:id="1140"/>
+    <w:bookmarkStart w:name="z1675" w:id="1141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) салынған объектілерді пайдалануға беру жөніндегі жұмысты ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1334"/>
-    <w:bookmarkStart w:name="z1676" w:id="1335"/>
+    <w:bookmarkEnd w:id="1141"/>
+    <w:bookmarkStart w:name="z1676" w:id="1142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) қайтарымды негізде бөлінген қаражатты есепке алуды және қайтаруды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1335"/>
-    <w:bookmarkStart w:name="z1677" w:id="1336"/>
+    <w:bookmarkEnd w:id="1142"/>
+    <w:bookmarkStart w:name="z1677" w:id="1143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) бюджеттік кредиттеуді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1336"/>
-    <w:bookmarkStart w:name="z1678" w:id="1337"/>
+    <w:bookmarkEnd w:id="1143"/>
+    <w:bookmarkStart w:name="z1678" w:id="1144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) жеке және заңды тұлғалардың ауызша және жазбаша өтініштерін қарау, халықты құрылыс саласында жүргізіліп жатқан жұмыс туралы хабардар ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1337"/>
-    <w:bookmarkStart w:name="z1679" w:id="1338"/>
+    <w:bookmarkEnd w:id="1144"/>
+    <w:bookmarkStart w:name="z1679" w:id="1145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) құрылыстың барлық кезеңдерінде құрылыс процесіне тапсырыс берушінің техникалық қадағалауын және жобаларды әзірлеушілердің авторлық қадағалауын ұйымдастыру жөніндегі функцияларды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1338"/>
-    <w:bookmarkStart w:name="z1680" w:id="1339"/>
+    <w:bookmarkEnd w:id="1145"/>
+    <w:bookmarkStart w:name="z1680" w:id="1146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) бюджеттік өтінімдерді ұсыну бойынша жобалау-сметалық құжаттаманы дайындау, білім беру және денсаулық сақтау нысандарына күрделі жөндеу жұмыстарын жүргізуді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1339"/>
-    <w:bookmarkStart w:name="z1681" w:id="1340"/>
+    <w:bookmarkEnd w:id="1146"/>
+    <w:bookmarkStart w:name="z1681" w:id="1147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) Қазақстан Республикасының заңнамасына сәйкес Басқармаға жүктелген өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1340"/>
-    <w:bookmarkStart w:name="z1682" w:id="1341"/>
+    <w:bookmarkEnd w:id="1147"/>
+    <w:bookmarkStart w:name="z1682" w:id="1148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1341"/>
-    <w:bookmarkStart w:name="z1683" w:id="1342"/>
+    <w:bookmarkEnd w:id="1148"/>
+    <w:bookmarkStart w:name="z1683" w:id="1149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1342"/>
-    <w:bookmarkStart w:name="z1684" w:id="1343"/>
+    <w:bookmarkEnd w:id="1149"/>
+    <w:bookmarkStart w:name="z1684" w:id="1150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымынан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1343"/>
-    <w:bookmarkStart w:name="z1685" w:id="1344"/>
+    <w:bookmarkEnd w:id="1150"/>
+    <w:bookmarkStart w:name="z1685" w:id="1151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1344"/>
-    <w:bookmarkStart w:name="z1686" w:id="1345"/>
+    <w:bookmarkEnd w:id="1151"/>
+    <w:bookmarkStart w:name="z1686" w:id="1152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1345"/>
-    <w:bookmarkStart w:name="z1687" w:id="1346"/>
+    <w:bookmarkEnd w:id="1152"/>
+    <w:bookmarkStart w:name="z1687" w:id="1153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Басқарма орынбасарларының және құрылымдық бөлімшелері басшыларының міндеттері мен өкілеттіктерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1346"/>
-    <w:bookmarkStart w:name="z1688" w:id="1347"/>
+    <w:bookmarkEnd w:id="1153"/>
+    <w:bookmarkStart w:name="z1688" w:id="1154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Басқарманың қызметкерлерін қызметке тағайындайды және қызметтен босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1347"/>
-    <w:bookmarkStart w:name="z1689" w:id="1348"/>
+    <w:bookmarkEnd w:id="1154"/>
+    <w:bookmarkStart w:name="z1689" w:id="1155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заңнамада белгіленген тәртіппен Басқарма қызметкерлерін көтермелеуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1348"/>
-    <w:bookmarkStart w:name="z1690" w:id="1349"/>
+    <w:bookmarkEnd w:id="1155"/>
+    <w:bookmarkStart w:name="z1690" w:id="1156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) заңнамада белгіленген тәртіппен Басқарманың қызметкерлеріне тәртіптік жаза қолданады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1349"/>
-    <w:bookmarkStart w:name="z1691" w:id="1350"/>
+    <w:bookmarkEnd w:id="1156"/>
+    <w:bookmarkStart w:name="z1691" w:id="1157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өз құзыреті шегінде бұйрықтар шығарады, нұсқаулар береді, қызметтік құжаттамаларға қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1350"/>
-    <w:bookmarkStart w:name="z1692" w:id="1351"/>
+    <w:bookmarkEnd w:id="1157"/>
+    <w:bookmarkStart w:name="z1692" w:id="1158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Басқарманың құрылымдық бөлімшелері туралы ережелерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1351"/>
-    <w:bookmarkStart w:name="z1693" w:id="1352"/>
+    <w:bookmarkEnd w:id="1158"/>
+    <w:bookmarkStart w:name="z1693" w:id="1159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мемлекеттік органдарда және өзге де ұйымдарда Басқарма атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1352"/>
-    <w:bookmarkStart w:name="z1694" w:id="1353"/>
+    <w:bookmarkEnd w:id="1159"/>
+    <w:bookmarkStart w:name="z1694" w:id="1160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Басқарманың құзыретіне кіретін мәселелер бойынша құқықтық актілерді, бағдарламалар жобаларын және басқа да құжаттарды әзірлеу барысын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1353"/>
-    <w:bookmarkStart w:name="z1695" w:id="1354"/>
+    <w:bookmarkEnd w:id="1160"/>
+    <w:bookmarkStart w:name="z1695" w:id="1161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Басқарманың құзыретіне кіретін мәселелер бойынша есептік материалдарды дайындау жөніндегі жұмысты бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1354"/>
-    <w:bookmarkStart w:name="z1696" w:id="1355"/>
+    <w:bookmarkEnd w:id="1161"/>
+    <w:bookmarkStart w:name="z1696" w:id="1162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) бюджеттік бағдарламалардың іске асырылу барысын үйлестіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1355"/>
-    <w:bookmarkStart w:name="z1697" w:id="1356"/>
+    <w:bookmarkEnd w:id="1162"/>
+    <w:bookmarkStart w:name="z1697" w:id="1163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) белгіленген тәртіппен қаржы-экономикалық және шаруашылық қызмет мәселелерін шешеді, бюджеттік бағдарламалардың ұтымды және нысаналы орындалуын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1356"/>
-    <w:bookmarkStart w:name="z1698" w:id="1357"/>
+    <w:bookmarkEnd w:id="1163"/>
+    <w:bookmarkStart w:name="z1698" w:id="1164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) Басқарманың қызметінде заңдылықтың, шарттық және қаржылық тәртіптің сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1357"/>
-    <w:bookmarkStart w:name="z1699" w:id="1358"/>
+    <w:bookmarkEnd w:id="1164"/>
+    <w:bookmarkStart w:name="z1699" w:id="1165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) сыбайлас жемқорлыққа қарсы қажетті шаралар қабылдайды және сыбайлас жемқорлыққа қарсы шараларды қабылдамағаны үшін дербес жауаптылықта болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1358"/>
-    <w:bookmarkStart w:name="z1700" w:id="1359"/>
+    <w:bookmarkEnd w:id="1165"/>
+    <w:bookmarkStart w:name="z1700" w:id="1166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1359"/>
-    <w:bookmarkStart w:name="z1701" w:id="1360"/>
+    <w:bookmarkEnd w:id="1166"/>
+    <w:bookmarkStart w:name="z1701" w:id="1167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1360"/>
-    <w:bookmarkStart w:name="z1702" w:id="1361"/>
+    <w:bookmarkEnd w:id="1167"/>
+    <w:bookmarkStart w:name="z1702" w:id="1168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1361"/>
-    <w:bookmarkStart w:name="z1703" w:id="1362"/>
+    <w:bookmarkEnd w:id="1168"/>
+    <w:bookmarkStart w:name="z1703" w:id="1169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1362"/>
-    <w:bookmarkStart w:name="z1704" w:id="1363"/>
+    <w:bookmarkEnd w:id="1169"/>
+    <w:bookmarkStart w:name="z1704" w:id="1170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1363"/>
-    <w:bookmarkStart w:name="z1705" w:id="1364"/>
+    <w:bookmarkEnd w:id="1170"/>
+    <w:bookmarkStart w:name="z1705" w:id="1171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1364"/>
-    <w:bookmarkStart w:name="z1706" w:id="1365"/>
+    <w:bookmarkEnd w:id="1171"/>
+    <w:bookmarkStart w:name="z1706" w:id="1172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1365"/>
-    <w:bookmarkStart w:name="z1707" w:id="1366"/>
+    <w:bookmarkEnd w:id="1172"/>
+    <w:bookmarkStart w:name="z1707" w:id="1173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1366"/>
-    <w:bookmarkStart w:name="z1708" w:id="1367"/>
+    <w:bookmarkEnd w:id="1173"/>
+    <w:bookmarkStart w:name="z1708" w:id="1174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1367"/>
+    <w:bookmarkEnd w:id="1174"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -33382,1938 +33032,1938 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 16-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1710" w:id="1368"/>
+    <w:bookmarkStart w:name="z1710" w:id="1175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының мәдениет, архивтер және құжаттама басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1368"/>
-    <w:bookmarkStart w:name="z1711" w:id="1369"/>
+    <w:bookmarkEnd w:id="1175"/>
+    <w:bookmarkStart w:name="z1711" w:id="1176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1369"/>
-    <w:bookmarkStart w:name="z1712" w:id="1370"/>
+    <w:bookmarkEnd w:id="1176"/>
+    <w:bookmarkStart w:name="z1712" w:id="1177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Жетісу облысының мәдениет, архивтер және құжаттама басқармасы" мемлекеттік мекемесі (бұдан әрі - Басқарма) Жетісу облысы аумағында мәдениет, архивтер және құжаттама саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1370"/>
-    <w:bookmarkStart w:name="z1713" w:id="1371"/>
+    <w:bookmarkEnd w:id="1177"/>
+    <w:bookmarkStart w:name="z1713" w:id="1178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Басқарманың ведомстволары жоқ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1371"/>
-    <w:bookmarkStart w:name="z1714" w:id="1372"/>
+    <w:bookmarkEnd w:id="1178"/>
+    <w:bookmarkStart w:name="z1714" w:id="1179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1372"/>
-    <w:bookmarkStart w:name="z1715" w:id="1373"/>
+    <w:bookmarkEnd w:id="1179"/>
+    <w:bookmarkStart w:name="z1715" w:id="1180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ және орыс тілдерінде жазылған мөртабаны, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1373"/>
-    <w:bookmarkStart w:name="z1716" w:id="1374"/>
+    <w:bookmarkEnd w:id="1180"/>
+    <w:bookmarkStart w:name="z1716" w:id="1181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1374"/>
-    <w:bookmarkStart w:name="z1717" w:id="1375"/>
+    <w:bookmarkEnd w:id="1181"/>
+    <w:bookmarkStart w:name="z1717" w:id="1182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1375"/>
-    <w:bookmarkStart w:name="z1718" w:id="1376"/>
+    <w:bookmarkEnd w:id="1182"/>
+    <w:bookmarkStart w:name="z1718" w:id="1183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1376"/>
-    <w:bookmarkStart w:name="z1719" w:id="1377"/>
+    <w:bookmarkEnd w:id="1183"/>
+    <w:bookmarkStart w:name="z1719" w:id="1184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1377"/>
-    <w:bookmarkStart w:name="z1720" w:id="1378"/>
+    <w:bookmarkEnd w:id="1184"/>
+    <w:bookmarkStart w:name="z1720" w:id="1185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Н. Назарбаев даңғылы, 75.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1378"/>
-    <w:bookmarkStart w:name="z1721" w:id="1379"/>
+    <w:bookmarkEnd w:id="1185"/>
+    <w:bookmarkStart w:name="z1721" w:id="1186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1379"/>
-    <w:bookmarkStart w:name="z1722" w:id="1380"/>
+    <w:bookmarkEnd w:id="1186"/>
+    <w:bookmarkStart w:name="z1722" w:id="1187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1380"/>
-    <w:bookmarkStart w:name="z1723" w:id="1381"/>
+    <w:bookmarkEnd w:id="1187"/>
+    <w:bookmarkStart w:name="z1723" w:id="1188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1381"/>
-    <w:bookmarkStart w:name="z1724" w:id="1382"/>
+    <w:bookmarkEnd w:id="1188"/>
+    <w:bookmarkStart w:name="z1724" w:id="1189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1382"/>
-    <w:bookmarkStart w:name="z1725" w:id="1383"/>
+    <w:bookmarkEnd w:id="1189"/>
+    <w:bookmarkStart w:name="z1725" w:id="1190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1383"/>
-    <w:bookmarkStart w:name="z1726" w:id="1384"/>
+    <w:bookmarkEnd w:id="1190"/>
+    <w:bookmarkStart w:name="z1726" w:id="1191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1384"/>
-    <w:bookmarkStart w:name="z1727" w:id="1385"/>
+    <w:bookmarkEnd w:id="1191"/>
+    <w:bookmarkStart w:name="z1727" w:id="1192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мәдениет саласындағы мемлекеттік реттеуді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1385"/>
-    <w:bookmarkStart w:name="z1728" w:id="1386"/>
+    <w:bookmarkEnd w:id="1192"/>
+    <w:bookmarkStart w:name="z1728" w:id="1193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) архивтер және құжаттама саласындағы мемлекеттік реттеуді жүзеге асыру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1386"/>
-    <w:bookmarkStart w:name="z1729" w:id="1387"/>
+    <w:bookmarkEnd w:id="1193"/>
+    <w:bookmarkStart w:name="z1729" w:id="1194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1387"/>
-    <w:bookmarkStart w:name="z1730" w:id="1388"/>
+    <w:bookmarkEnd w:id="1194"/>
+    <w:bookmarkStart w:name="z1730" w:id="1195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1388"/>
-    <w:bookmarkStart w:name="z1731" w:id="1389"/>
+    <w:bookmarkEnd w:id="1195"/>
+    <w:bookmarkStart w:name="z1731" w:id="1196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдардан және өзге де ұйымдардан өз қызметіне қажетті ақпаратты сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1389"/>
-    <w:bookmarkStart w:name="z1732" w:id="1390"/>
+    <w:bookmarkEnd w:id="1196"/>
+    <w:bookmarkStart w:name="z1732" w:id="1197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының қолданыстағы заңнамасында көзделген өзге де құқықтарды жүзеге асыру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1390"/>
-    <w:bookmarkStart w:name="z1733" w:id="1391"/>
+    <w:bookmarkEnd w:id="1197"/>
+    <w:bookmarkStart w:name="z1733" w:id="1198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1391"/>
-    <w:bookmarkStart w:name="z1734" w:id="1392"/>
+    <w:bookmarkEnd w:id="1198"/>
+    <w:bookmarkStart w:name="z1734" w:id="1199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңнамада белгіленген тәртіппен мемлекеттік сатып алуды ұйымдастыру және өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1392"/>
-    <w:bookmarkStart w:name="z1735" w:id="1393"/>
+    <w:bookmarkEnd w:id="1199"/>
+    <w:bookmarkStart w:name="z1735" w:id="1200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жедел басқару құқығы бойынша тиесілі мүлікті пайдалануды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1393"/>
-    <w:bookmarkStart w:name="z1736" w:id="1394"/>
+    <w:bookmarkEnd w:id="1200"/>
+    <w:bookmarkStart w:name="z1736" w:id="1201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       басқарманың қарамағындағы мемлекеттік мекемелерді және кәсіпорындарды құру, қайта құру, қайта атау және тарату бойынша облыс әкімдігіне ұсыныстар енгізу және олардың Жарғыларын (ережелерін) бекіту, оларға өзгерістер мен толықтырулар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1394"/>
-    <w:bookmarkStart w:name="z1737" w:id="1395"/>
+    <w:bookmarkEnd w:id="1201"/>
+    <w:bookmarkStart w:name="z1737" w:id="1202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының қолданыстағы заңнамасында көзделген өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1395"/>
-    <w:bookmarkStart w:name="z1738" w:id="1396"/>
+    <w:bookmarkEnd w:id="1202"/>
+    <w:bookmarkStart w:name="z1738" w:id="1203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1396"/>
-    <w:bookmarkStart w:name="z1739" w:id="1397"/>
+    <w:bookmarkEnd w:id="1203"/>
+    <w:bookmarkStart w:name="z1739" w:id="1204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мәдениет саласындағы мемлекеттік саясатты іске асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1397"/>
-    <w:bookmarkStart w:name="z1740" w:id="1398"/>
+    <w:bookmarkEnd w:id="1204"/>
+    <w:bookmarkStart w:name="z1740" w:id="1205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) креативті индустриялар саласындағы мемлекеттік саясатты іске асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1398"/>
-    <w:bookmarkStart w:name="z1741" w:id="1399"/>
+    <w:bookmarkEnd w:id="1205"/>
+    <w:bookmarkStart w:name="z1741" w:id="1206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасында белгіленген тәртіппен театр, цирк, музыка өнері және кино өнері, мәдени-демалыс қызметі мен халық шығармашылығы, кітапхана және музей ісі саласында облыстың мемлекеттік мәдениет ұйымдарын құрады, қайта ұйымдастырады, таратады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1399"/>
-    <w:bookmarkStart w:name="z1742" w:id="1400"/>
+    <w:bookmarkEnd w:id="1206"/>
+    <w:bookmarkStart w:name="z1742" w:id="1207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) театр, цирк, музыка өнерін және кино өнерін, мәдени-демалыс қызметі мен халық шығармашылығын, кітапхана және музей ісін дамыту бойынша облыстың мемлекеттік мәдениет ұйымдарының қызметін қолдайды және үйлестіреді, облыстың мәдениет саласындағы мекемелерінің қызметін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1400"/>
-    <w:bookmarkStart w:name="z1743" w:id="1401"/>
+    <w:bookmarkEnd w:id="1207"/>
+    <w:bookmarkStart w:name="z1743" w:id="1208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) шығармашылық қызметтің түрлі салаларында облыстық (өңірлік) байқаулар, фестивальдер және конкурстар өткізуді ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1401"/>
-    <w:bookmarkStart w:name="z1744" w:id="1402"/>
+    <w:bookmarkEnd w:id="1208"/>
+    <w:bookmarkStart w:name="z1744" w:id="1209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) уәкілетті органмен келісім бойынша шығармашылық қызметтің түрлі салаларында республикалық конкурстар мен фестивальдер өткізуді ұйымдастыруға құқылы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1402"/>
-    <w:bookmarkStart w:name="z1745" w:id="1403"/>
+    <w:bookmarkEnd w:id="1209"/>
+    <w:bookmarkStart w:name="z1745" w:id="1210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) өңірлік көркемдік кеңестер құрады және олар туралы ережелерді бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1403"/>
-    <w:bookmarkStart w:name="z1746" w:id="1404"/>
+    <w:bookmarkEnd w:id="1210"/>
+    <w:bookmarkStart w:name="z1746" w:id="1211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) облыстың мәдени құндылықтарын есепке алу, қорғау, консервациялау және реставрациялау, сондай-ақ пайдалану, елдің көрнекті мәдениет қайраткерлерін мәңгі есте қалдыру жөніндегі жұмысты ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1404"/>
-    <w:bookmarkStart w:name="z1747" w:id="1405"/>
+    <w:bookmarkEnd w:id="1211"/>
+    <w:bookmarkStart w:name="z1747" w:id="1212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) мәдени құндылықтарды уақытша әкету жөнiндегi сараптама комиссиясын құрады және ол туралы ережені бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1405"/>
-    <w:bookmarkStart w:name="z1748" w:id="1406"/>
+    <w:bookmarkEnd w:id="1212"/>
+    <w:bookmarkStart w:name="z1748" w:id="1213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) тиісті аумақта орналасқан мәдениет ұйымдарының қызметіне мониторингті жүзеге асырады және уәкілетті органға ақпарат, сондай-ақ белгіленген нысанда статистикалық есептер береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1406"/>
-    <w:bookmarkStart w:name="z1749" w:id="1407"/>
+    <w:bookmarkEnd w:id="1213"/>
+    <w:bookmarkStart w:name="z1749" w:id="1214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) облыстық деңгейде сауықтық мәдени-бұқаралық іс-шаралар өткізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1407"/>
-    <w:bookmarkStart w:name="z1750" w:id="1408"/>
+    <w:bookmarkEnd w:id="1214"/>
+    <w:bookmarkStart w:name="z1750" w:id="1215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) облыстың мемлекеттік мәдениет ұйымдарын аттестаттаудан өткізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1408"/>
-    <w:bookmarkStart w:name="z1751" w:id="1409"/>
+    <w:bookmarkEnd w:id="1215"/>
+    <w:bookmarkStart w:name="z1751" w:id="1216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) өз құзыреті шегінде мәдениет саласындағы коммуналдық меншікті басқаруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1409"/>
-    <w:bookmarkStart w:name="z1752" w:id="1410"/>
+    <w:bookmarkEnd w:id="1216"/>
+    <w:bookmarkStart w:name="z1752" w:id="1217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) облыстың мәдени мақсаттағы объектілерінің құрылысы, реконструкциясы және жөнделуі бойынша тапсырысшы болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1410"/>
-    <w:bookmarkStart w:name="z1753" w:id="1411"/>
+    <w:bookmarkEnd w:id="1217"/>
+    <w:bookmarkStart w:name="z1753" w:id="1218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) тарихи-мәдени мұраны сақтау жөніндегі жұмысты ұйымдастырады, тарихи, ұлттық және мәдени дәстүрлер мен салттардың дамуына ықпал жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1411"/>
-    <w:bookmarkStart w:name="z1754" w:id="1412"/>
+    <w:bookmarkEnd w:id="1218"/>
+    <w:bookmarkStart w:name="z1754" w:id="1219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) мәдени құндылықтарды уақытша әкету құқығына куәлік береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1412"/>
-    <w:bookmarkStart w:name="z1755" w:id="1413"/>
+    <w:bookmarkEnd w:id="1219"/>
+    <w:bookmarkStart w:name="z1755" w:id="1220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) облыстың мемлекеттік кітапханаларының біріне "Орталық" мәртебесін береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1413"/>
-    <w:bookmarkStart w:name="z1756" w:id="1414"/>
+    <w:bookmarkEnd w:id="1220"/>
+    <w:bookmarkStart w:name="z1756" w:id="1221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) талантты жастарды және перспективалы шығармашылық ұжымдарды іздестіруге және қолдауға бағытталған іс-шаралар кешенін жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1414"/>
-    <w:bookmarkStart w:name="z1757" w:id="1415"/>
+    <w:bookmarkEnd w:id="1221"/>
+    <w:bookmarkStart w:name="z1757" w:id="1222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) мәдениет саласында әлеуметтік маңызы бар іс-шаралар өткізуді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1415"/>
-    <w:bookmarkStart w:name="z1758" w:id="1416"/>
+    <w:bookmarkEnd w:id="1222"/>
+    <w:bookmarkStart w:name="z1758" w:id="1223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) ұлттық мәдени игілік объектілерінің айрықша режимінің сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1416"/>
-    <w:bookmarkStart w:name="z1759" w:id="1417"/>
+    <w:bookmarkEnd w:id="1223"/>
+    <w:bookmarkStart w:name="z1759" w:id="1224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) бюджет қаражаты көлемі шегінде балалар мен жасөспірімдерге арналған шығармашылық үйірмелерді қаржыландыруға мемлекеттік шығармашылық тапсырысты бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1417"/>
-    <w:bookmarkStart w:name="z1760" w:id="1418"/>
+    <w:bookmarkEnd w:id="1224"/>
+    <w:bookmarkStart w:name="z1760" w:id="1225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) мемлекеттік шығармашылық тапсырыстың көрсетілетін қызметтерін берушілердің меншік нысанына, олардың ведомстволық бағыныстылығына, типтерімен түрлеріне қарамастан, балалар мен жасөспірімдерге арналған шығармашылық үйірмелерде мемлекеттік шығармашылық тапсырысты орналастыруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1418"/>
-    <w:bookmarkStart w:name="z1761" w:id="1419"/>
+    <w:bookmarkEnd w:id="1225"/>
+    <w:bookmarkStart w:name="z1761" w:id="1226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) электрондық және жалпыға қолжетімді форматтарда мемлекеттік шығармашылық тапсырысты орналастырудың, оның сапасын бақылаудың және нысаналы игерілуінің барлық кезеңдері мен рәсімдерінің орындалуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1419"/>
-    <w:bookmarkStart w:name="z1762" w:id="1420"/>
+    <w:bookmarkEnd w:id="1226"/>
+    <w:bookmarkStart w:name="z1762" w:id="1227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) облыстың аумағында архив iсi және басқаруды құжаттамалық қамтамасыз ету саласындағы бiрыңғай мемлекеттiк саясатты iске асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1420"/>
-    <w:bookmarkStart w:name="z1763" w:id="1421"/>
+    <w:bookmarkEnd w:id="1227"/>
+    <w:bookmarkStart w:name="z1763" w:id="1228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) облыстың мемлекеттік архивтерінің сақтауына қабылданған Ұлттық архив қорының құжаттарын сақтауды, толықтыруды және пайдалануды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1421"/>
-    <w:bookmarkStart w:name="z1764" w:id="1422"/>
+    <w:bookmarkEnd w:id="1228"/>
+    <w:bookmarkStart w:name="z1764" w:id="1229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) облыстың мемлекеттік архивтерінде сақталатын Ұлттық архив қоры құжаттарын мемлекеттiк есепке алуды жүргiзу және олардың сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1422"/>
-    <w:bookmarkStart w:name="z1765" w:id="1423"/>
+    <w:bookmarkEnd w:id="1229"/>
+    <w:bookmarkStart w:name="z1765" w:id="1230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) коммуналдық меншiктегi тарихи және мәдени құжаттық ескерткіштерді қорғау, оларды сақтау мен пайдалануды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1423"/>
-    <w:bookmarkStart w:name="z1766" w:id="1424"/>
+    <w:bookmarkEnd w:id="1230"/>
+    <w:bookmarkStart w:name="z1766" w:id="1231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) құжаттардың ғылыми және практикалық құндылығына сараптама жүргiзудi ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1424"/>
-    <w:bookmarkStart w:name="z1767" w:id="1425"/>
+    <w:bookmarkEnd w:id="1231"/>
+    <w:bookmarkStart w:name="z1767" w:id="1232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) облыстың мемлекеттік архивтерінде сақталатын Ұлттық архив қорының құжаттары бойынша деректер қорын қалыптастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1425"/>
-    <w:bookmarkStart w:name="z1768" w:id="1426"/>
+    <w:bookmarkEnd w:id="1232"/>
+    <w:bookmarkStart w:name="z1768" w:id="1233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) облыстың аумағында архив ісі және басқаруды құжаттамалық қамтамасыз ету мәселелеріне ұйымдастырушылық-әдiстемелiк басшылық жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1426"/>
-    <w:bookmarkStart w:name="z1769" w:id="1427"/>
+    <w:bookmarkEnd w:id="1233"/>
+    <w:bookmarkStart w:name="z1769" w:id="1234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31) Қазақстан Республикасы Ұлттық архивінің және орталық мемлекеттік архивтердің жинақтау көздерін қоспағанда, облыстың аумағында Қазақстан Республикасының Ұлттық архив қоры және архивтер туралы заңнамасының сақталуын мемлекеттік бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1427"/>
-    <w:bookmarkStart w:name="z1770" w:id="1428"/>
+    <w:bookmarkEnd w:id="1234"/>
+    <w:bookmarkStart w:name="z1770" w:id="1235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32) жеке және заңды тұлғалардың сұрауларын орындауды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1428"/>
-    <w:bookmarkStart w:name="z1771" w:id="1429"/>
+    <w:bookmarkEnd w:id="1235"/>
+    <w:bookmarkStart w:name="z1771" w:id="1236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33) сараптау-тексеру комиссиясы туралы ереженi бекiтеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1429"/>
-    <w:bookmarkStart w:name="z1772" w:id="1430"/>
+    <w:bookmarkEnd w:id="1236"/>
+    <w:bookmarkStart w:name="z1772" w:id="1237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34) Ұлттық архив қорының құжаттарын мемлекеттiң, жеке және заңды тұлғалардың сұрауларын қанағаттандыру үшiн пайдаланады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1430"/>
-    <w:bookmarkStart w:name="z1773" w:id="1431"/>
+    <w:bookmarkEnd w:id="1237"/>
+    <w:bookmarkStart w:name="z1773" w:id="1238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35) облыстың тарихы бойынша архив құжаттарын жинау және қайтаруды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1431"/>
-    <w:bookmarkStart w:name="z1774" w:id="1432"/>
+    <w:bookmarkEnd w:id="1238"/>
+    <w:bookmarkStart w:name="z1774" w:id="1239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36) жергілікті мемлекеттік басқару мүдделерінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1432"/>
-    <w:bookmarkStart w:name="z1775" w:id="1433"/>
+    <w:bookmarkEnd w:id="1239"/>
+    <w:bookmarkStart w:name="z1775" w:id="1240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1433"/>
-    <w:bookmarkStart w:name="z1776" w:id="1434"/>
+    <w:bookmarkEnd w:id="1240"/>
+    <w:bookmarkStart w:name="z1776" w:id="1241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1434"/>
-    <w:bookmarkStart w:name="z1777" w:id="1435"/>
+    <w:bookmarkEnd w:id="1241"/>
+    <w:bookmarkStart w:name="z1777" w:id="1242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1435"/>
-    <w:bookmarkStart w:name="z1778" w:id="1436"/>
+    <w:bookmarkEnd w:id="1242"/>
+    <w:bookmarkStart w:name="z1778" w:id="1243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1436"/>
-    <w:bookmarkStart w:name="z1779" w:id="1437"/>
+    <w:bookmarkEnd w:id="1243"/>
+    <w:bookmarkStart w:name="z1779" w:id="1244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1437"/>
-    <w:bookmarkStart w:name="z1780" w:id="1438"/>
+    <w:bookmarkEnd w:id="1244"/>
+    <w:bookmarkStart w:name="z1780" w:id="1245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Басқарма қызметкерлерінің міндеттері мен өкілеттіктерін өз құзыреті шегінде айқындайды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1438"/>
-    <w:bookmarkStart w:name="z1781" w:id="1439"/>
+    <w:bookmarkEnd w:id="1245"/>
+    <w:bookmarkStart w:name="z1781" w:id="1246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Басқарма қызметкерлерін қолданыстағы заңнамаға сәйкес қызметке тағайындайды және босатады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1439"/>
-    <w:bookmarkStart w:name="z1782" w:id="1440"/>
+    <w:bookmarkEnd w:id="1246"/>
+    <w:bookmarkStart w:name="z1782" w:id="1247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Басқарма қызметкерлерін заңнамада белгіленген тәртіппен ынталандырады және тәртіптік жазалар қоладанады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1440"/>
-    <w:bookmarkStart w:name="z1783" w:id="1441"/>
+    <w:bookmarkEnd w:id="1247"/>
+    <w:bookmarkStart w:name="z1783" w:id="1248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өз құзыреті шегінде бұйрық шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1441"/>
-    <w:bookmarkStart w:name="z1784" w:id="1442"/>
+    <w:bookmarkEnd w:id="1248"/>
+    <w:bookmarkStart w:name="z1784" w:id="1249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мемлекеттік органдар мен басқа да ұйымдарда өз құзыреті шегінде Басқарманың мүддесін білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1442"/>
-    <w:bookmarkStart w:name="z1785" w:id="1443"/>
+    <w:bookmarkEnd w:id="1249"/>
+    <w:bookmarkStart w:name="z1785" w:id="1250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Басқармада сыбайлас жемқорлыққа қарсы әрекет етеді, сол үшін жеке жауапкершілікте болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1443"/>
-    <w:bookmarkStart w:name="z1786" w:id="1444"/>
+    <w:bookmarkEnd w:id="1250"/>
+    <w:bookmarkStart w:name="z1786" w:id="1251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) Қазақстан Республикасының заңдарына сәйкес өзге де өкілеттіктерді жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1444"/>
-    <w:bookmarkStart w:name="z1787" w:id="1445"/>
+    <w:bookmarkEnd w:id="1251"/>
+    <w:bookmarkStart w:name="z1787" w:id="1252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1445"/>
-    <w:bookmarkStart w:name="z1788" w:id="1446"/>
+    <w:bookmarkEnd w:id="1252"/>
+    <w:bookmarkStart w:name="z1788" w:id="1253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1446"/>
-    <w:bookmarkStart w:name="z1789" w:id="1447"/>
+    <w:bookmarkEnd w:id="1253"/>
+    <w:bookmarkStart w:name="z1789" w:id="1254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1447"/>
-    <w:bookmarkStart w:name="z1790" w:id="1448"/>
+    <w:bookmarkEnd w:id="1254"/>
+    <w:bookmarkStart w:name="z1790" w:id="1255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1448"/>
-    <w:bookmarkStart w:name="z1791" w:id="1449"/>
+    <w:bookmarkEnd w:id="1255"/>
+    <w:bookmarkStart w:name="z1791" w:id="1256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1449"/>
-    <w:bookmarkStart w:name="z1792" w:id="1450"/>
+    <w:bookmarkEnd w:id="1256"/>
+    <w:bookmarkStart w:name="z1792" w:id="1257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1450"/>
-    <w:bookmarkStart w:name="z1793" w:id="1451"/>
+    <w:bookmarkEnd w:id="1257"/>
+    <w:bookmarkStart w:name="z1793" w:id="1258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1451"/>
-    <w:bookmarkStart w:name="z1794" w:id="1452"/>
+    <w:bookmarkEnd w:id="1258"/>
+    <w:bookmarkStart w:name="z1794" w:id="1259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1452"/>
-    <w:bookmarkStart w:name="z1795" w:id="1453"/>
+    <w:bookmarkEnd w:id="1259"/>
+    <w:bookmarkStart w:name="z1795" w:id="1260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарма қарамағындағы ұйымдардың тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1453"/>
-    <w:bookmarkStart w:name="z1796" w:id="1454"/>
+    <w:bookmarkEnd w:id="1260"/>
+    <w:bookmarkStart w:name="z1796" w:id="1261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) "Ілияс Жансүгіров атындағы Мәдениет сарайы" мемлекеттік коммуналдық қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1454"/>
-    <w:bookmarkStart w:name="z1797" w:id="1455"/>
+    <w:bookmarkEnd w:id="1261"/>
+    <w:bookmarkStart w:name="z1797" w:id="1262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Жетісу облысының Дәнеш Рақышев атындағы филармониясы" мемлекеттік коммуналдық қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1455"/>
-    <w:bookmarkStart w:name="z1798" w:id="1456"/>
+    <w:bookmarkEnd w:id="1262"/>
+    <w:bookmarkStart w:name="z1798" w:id="1263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) "Бикен Римова атындағы Талдықорған драма театры" мемлекеттік коммуналдық қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1456"/>
-    <w:bookmarkStart w:name="z1799" w:id="1457"/>
+    <w:bookmarkEnd w:id="1263"/>
+    <w:bookmarkStart w:name="z1799" w:id="1264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) "Көркемөнер галереясы" мемлекеттік коммуналдық қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1457"/>
-    <w:bookmarkStart w:name="z1800" w:id="1458"/>
+    <w:bookmarkEnd w:id="1264"/>
+    <w:bookmarkStart w:name="z1800" w:id="1265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) "Жетісу облысының халық шығармашылығы орталығы" мемлекеттік коммуналдық қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1458"/>
-    <w:bookmarkStart w:name="z1801" w:id="1459"/>
+    <w:bookmarkEnd w:id="1265"/>
+    <w:bookmarkStart w:name="z1801" w:id="1266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "Жетісу облысының Мұхамеджан Тынышбайұлы атындағы тарихи-өлкетану музейі" мемлекеттік коммуналдық қазыналық кәсіпорны;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1459"/>
-    <w:bookmarkStart w:name="z1802" w:id="1460"/>
+    <w:bookmarkEnd w:id="1266"/>
+    <w:bookmarkStart w:name="z1802" w:id="1267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) "Жетісу облысының Сәкен Сейфуллин атындағы орталық кітапханасы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1460"/>
-    <w:bookmarkStart w:name="z1803" w:id="1461"/>
+    <w:bookmarkEnd w:id="1267"/>
+    <w:bookmarkStart w:name="z1803" w:id="1268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) "Жетісу облысының тарихи-мәдени мұраны қорғау жөніндегі орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1461"/>
-    <w:bookmarkStart w:name="z1804" w:id="1462"/>
+    <w:bookmarkEnd w:id="1268"/>
+    <w:bookmarkStart w:name="z1804" w:id="1269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) "Жетісу облысының мемлекеттік архиві" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1462"/>
+    <w:bookmarkEnd w:id="1269"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -35353,1238 +35003,1238 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 17-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1806" w:id="1463"/>
+    <w:bookmarkStart w:name="z1806" w:id="1270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының мемлекеттік сатып алу басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1463"/>
-    <w:bookmarkStart w:name="z1807" w:id="1464"/>
+    <w:bookmarkEnd w:id="1270"/>
+    <w:bookmarkStart w:name="z1807" w:id="1271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1464"/>
-    <w:bookmarkStart w:name="z1808" w:id="1465"/>
+    <w:bookmarkEnd w:id="1271"/>
+    <w:bookmarkStart w:name="z1808" w:id="1272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Жетісу облысының мемлекеттік сатып алу басқармасы" мемлекеттік мекемесі (бұдан әрі-Басқарма), Жетісу облысы аумағындағы Қазақстан Республикасының заңнамасына сәйкес мемлекеттік сатып алу саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1465"/>
-    <w:bookmarkStart w:name="z1809" w:id="1466"/>
+    <w:bookmarkEnd w:id="1272"/>
+    <w:bookmarkStart w:name="z1809" w:id="1273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Басқарманың ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1466"/>
-    <w:bookmarkStart w:name="z1810" w:id="1467"/>
+    <w:bookmarkEnd w:id="1273"/>
+    <w:bookmarkStart w:name="z1810" w:id="1274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасы Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1467"/>
-    <w:bookmarkStart w:name="z1811" w:id="1468"/>
+    <w:bookmarkEnd w:id="1274"/>
+    <w:bookmarkStart w:name="z1811" w:id="1275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1468"/>
-    <w:bookmarkStart w:name="z1812" w:id="1469"/>
+    <w:bookmarkEnd w:id="1275"/>
+    <w:bookmarkStart w:name="z1812" w:id="1276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1469"/>
-    <w:bookmarkStart w:name="z1813" w:id="1470"/>
+    <w:bookmarkEnd w:id="1276"/>
+    <w:bookmarkStart w:name="z1813" w:id="1277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1470"/>
-    <w:bookmarkStart w:name="z1814" w:id="1471"/>
+    <w:bookmarkEnd w:id="1277"/>
+    <w:bookmarkStart w:name="z1814" w:id="1278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1471"/>
-    <w:bookmarkStart w:name="z1815" w:id="1472"/>
+    <w:bookmarkEnd w:id="1278"/>
+    <w:bookmarkStart w:name="z1815" w:id="1279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1472"/>
-    <w:bookmarkStart w:name="z1816" w:id="1473"/>
+    <w:bookmarkEnd w:id="1279"/>
+    <w:bookmarkStart w:name="z1816" w:id="1280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Н. Назарбаев даңғылы № 38.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1473"/>
-    <w:bookmarkStart w:name="z1817" w:id="1474"/>
+    <w:bookmarkEnd w:id="1280"/>
+    <w:bookmarkStart w:name="z1817" w:id="1281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1474"/>
-    <w:bookmarkStart w:name="z1818" w:id="1475"/>
+    <w:bookmarkEnd w:id="1281"/>
+    <w:bookmarkStart w:name="z1818" w:id="1282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджетінен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1475"/>
-    <w:bookmarkStart w:name="z1819" w:id="1476"/>
+    <w:bookmarkEnd w:id="1282"/>
+    <w:bookmarkStart w:name="z1819" w:id="1283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1476"/>
-    <w:bookmarkStart w:name="z1820" w:id="1477"/>
+    <w:bookmarkEnd w:id="1283"/>
+    <w:bookmarkStart w:name="z1820" w:id="1284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1477"/>
-    <w:bookmarkStart w:name="z1821" w:id="1478"/>
+    <w:bookmarkEnd w:id="1284"/>
+    <w:bookmarkStart w:name="z1821" w:id="1285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1478"/>
-    <w:bookmarkStart w:name="z1822" w:id="1479"/>
+    <w:bookmarkEnd w:id="1285"/>
+    <w:bookmarkStart w:name="z1822" w:id="1286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1479"/>
-    <w:bookmarkStart w:name="z1823" w:id="1480"/>
+    <w:bookmarkEnd w:id="1286"/>
+    <w:bookmarkStart w:name="z1823" w:id="1287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мемлекеттік сатып алудың облыстық бірыңғай ұйымдастырушысының өкілеттігі шегінде мемлекеттік сатып алуды ұйымдастыру және өткізу рәсімдерін орындау. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1480"/>
-    <w:bookmarkStart w:name="z1824" w:id="1481"/>
+    <w:bookmarkEnd w:id="1287"/>
+    <w:bookmarkStart w:name="z1824" w:id="1288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1481"/>
-    <w:bookmarkStart w:name="z1825" w:id="1482"/>
+    <w:bookmarkEnd w:id="1288"/>
+    <w:bookmarkStart w:name="z1825" w:id="1289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1482"/>
-    <w:bookmarkStart w:name="z1826" w:id="1483"/>
+    <w:bookmarkEnd w:id="1289"/>
+    <w:bookmarkStart w:name="z1826" w:id="1290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдардан, өзге де ұйымдардан, сондай-ақ лауазымды тұлғалар мен азаматтардан өзіне жүктелген міндеттер мен функцияларды орындауға қажетті құжаттар мен мәліметтер сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1483"/>
-    <w:bookmarkStart w:name="z1827" w:id="1484"/>
+    <w:bookmarkEnd w:id="1290"/>
+    <w:bookmarkStart w:name="z1827" w:id="1291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзінің құзыреті шегінде шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1484"/>
-    <w:bookmarkStart w:name="z1828" w:id="1485"/>
+    <w:bookmarkEnd w:id="1291"/>
+    <w:bookmarkStart w:name="z1828" w:id="1292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ұйымдарды құру, қайта құру және тарату жөнінде өзінің құзыреті шегінде ұсыныстар енгізу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1485"/>
-    <w:bookmarkStart w:name="z1829" w:id="1486"/>
+    <w:bookmarkEnd w:id="1292"/>
+    <w:bookmarkStart w:name="z1829" w:id="1293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1486"/>
-    <w:bookmarkStart w:name="z1830" w:id="1487"/>
+    <w:bookmarkEnd w:id="1293"/>
+    <w:bookmarkStart w:name="z1830" w:id="1294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жоғары тұрған органдардың тапсырмаларын орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1487"/>
-    <w:bookmarkStart w:name="z1831" w:id="1488"/>
+    <w:bookmarkEnd w:id="1294"/>
+    <w:bookmarkStart w:name="z1831" w:id="1295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың құзыретіне кіретін облыс әкімінің, әкімдігінің құқықтық және нормативтік-құқықтық актілерінің жобаларын дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1488"/>
-    <w:bookmarkStart w:name="z1832" w:id="1489"/>
+    <w:bookmarkEnd w:id="1295"/>
+    <w:bookmarkStart w:name="z1832" w:id="1296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті бюджеттерден қаржыландырылатын басқа да атқарушы органдардың мамандарын олардың басшыларының келісімі бойынша жұмысқа тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1489"/>
-    <w:bookmarkStart w:name="z1833" w:id="1490"/>
+    <w:bookmarkEnd w:id="1296"/>
+    <w:bookmarkStart w:name="z1833" w:id="1297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзінің құзыреті шегінде Басқарманың мүдделерін барлық құзыретті, мемлекеттік, әкімшілік органдарда, мекемелерде, ұйымдарда, сондай-ақ сот және құқық қорғау органдарында білдіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1490"/>
-    <w:bookmarkStart w:name="z1834" w:id="1491"/>
+    <w:bookmarkEnd w:id="1297"/>
+    <w:bookmarkStart w:name="z1834" w:id="1298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өзінің құзыреті шегінде ұлттық қауіпсіздік, мемлекеттік құпияларды сақтау, азаматтық қорғаныс, жұмылдыру дайындығы және жұмылдыру, сыбайлас жемқорлыққа қарсы іс-қимыл саласындағы Қазақстан Республикасының заңнамаларының және өзге де нормативтік құқықтық актілерінің сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1491"/>
-    <w:bookmarkStart w:name="z1835" w:id="1492"/>
+    <w:bookmarkEnd w:id="1298"/>
+    <w:bookmarkStart w:name="z1835" w:id="1299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасымен көзделген өзге де құқықтар мен міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1492"/>
-    <w:bookmarkStart w:name="z1836" w:id="1493"/>
+    <w:bookmarkEnd w:id="1299"/>
+    <w:bookmarkStart w:name="z1836" w:id="1300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Функциялары: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1493"/>
-    <w:bookmarkStart w:name="z1837" w:id="1494"/>
+    <w:bookmarkEnd w:id="1300"/>
+    <w:bookmarkStart w:name="z1837" w:id="1301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) әкімшілік-ұйымдастырушылық және құқықтық: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1494"/>
-    <w:bookmarkStart w:name="z1838" w:id="1495"/>
+    <w:bookmarkEnd w:id="1301"/>
+    <w:bookmarkStart w:name="z1838" w:id="1302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мемлекеттік сатып алуды бірыңғай ұйымдастырушының тапсырыс беруші ұсынған, мемлекеттік сатып алуды жүзеге асыру қағидаларында белгіленген құжаттарды қамтитын тапсырма негізінде конкурстық құжаттаманың жобасын әзірлейді және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1495"/>
-    <w:bookmarkStart w:name="z1839" w:id="1496"/>
+    <w:bookmarkEnd w:id="1302"/>
+    <w:bookmarkStart w:name="z1839" w:id="1303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік сатып алуды бірыңғай ұйымдастырушының конкурстық комиссияның құрамын айқындайды және бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1496"/>
-    <w:bookmarkStart w:name="z1840" w:id="1497"/>
+    <w:bookmarkEnd w:id="1303"/>
+    <w:bookmarkStart w:name="z1840" w:id="1304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қажет болған жағдайда мемлекеттік сатып алуды бірыңғай ұйымдастырушымен конкурстық құжаттамаға өзгерістер және (немесе) толықтырулар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1497"/>
-    <w:bookmarkStart w:name="z1841" w:id="1498"/>
+    <w:bookmarkEnd w:id="1304"/>
+    <w:bookmarkStart w:name="z1841" w:id="1305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) мемлекеттік сатып алуды бірыңғай ұйымдастырушының мемлекеттік сатып алуды өткізу туралы хабарландыруды мемлекеттік сатып алу веб-порталына орналастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1498"/>
-    <w:bookmarkStart w:name="z1842" w:id="1499"/>
+    <w:bookmarkEnd w:id="1305"/>
+    <w:bookmarkStart w:name="z1842" w:id="1306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) мемлекеттік сатып алуды бірыңғай ұйымдастырушының тапсырыс берушіге мемлекеттік сатып алу туралы шарт жобасына конкурстық құжаттаманы және (немесе) конкурстық құжаттаманың техникалық өзіндік ерекшелігін алған, мемлекеттік сатып алу веб-порталына автоматты түрде тіркелген тұлғалар тарапынан сұрау салулар мен ескертулерді жібереді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1499"/>
-    <w:bookmarkStart w:name="z1843" w:id="1500"/>
+    <w:bookmarkEnd w:id="1306"/>
+    <w:bookmarkStart w:name="z1843" w:id="1307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) конкурс тәсілімен мемлекеттік сатып алудың жеңімпазын айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1500"/>
-    <w:bookmarkStart w:name="z1844" w:id="1501"/>
+    <w:bookmarkEnd w:id="1307"/>
+    <w:bookmarkStart w:name="z1844" w:id="1308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) өткізілген және жоспарланған мемлекеттік сатып алуға талдау және мониторинг жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1501"/>
-    <w:bookmarkStart w:name="z1845" w:id="1502"/>
+    <w:bookmarkEnd w:id="1308"/>
+    <w:bookmarkStart w:name="z1845" w:id="1309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) конкурс, аукцион тәсілімен мемлекеттік сатып алу қорытындылары туралы хаттамаға веб-портал арқылы келіп түскен әлеуетті өнім берушілердің шағымдарын қарайды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1502"/>
-    <w:bookmarkStart w:name="z1846" w:id="1503"/>
+    <w:bookmarkEnd w:id="1309"/>
+    <w:bookmarkStart w:name="z1846" w:id="1310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) шағымды қанағаттандыру немесе қанағаттандырудан бас тарту туралы шешім қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1503"/>
-    <w:bookmarkStart w:name="z1847" w:id="1504"/>
+    <w:bookmarkEnd w:id="1310"/>
+    <w:bookmarkStart w:name="z1847" w:id="1311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) Қазақстан Республикасының заңнамасымен көзделген өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1504"/>
-    <w:bookmarkStart w:name="z1848" w:id="1505"/>
+    <w:bookmarkEnd w:id="1311"/>
+    <w:bookmarkStart w:name="z1848" w:id="1312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1505"/>
-    <w:bookmarkStart w:name="z1849" w:id="1506"/>
+    <w:bookmarkEnd w:id="1312"/>
+    <w:bookmarkStart w:name="z1849" w:id="1313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1506"/>
-    <w:bookmarkStart w:name="z1850" w:id="1507"/>
+    <w:bookmarkEnd w:id="1313"/>
+    <w:bookmarkStart w:name="z1850" w:id="1314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1507"/>
-    <w:bookmarkStart w:name="z1851" w:id="1508"/>
+    <w:bookmarkEnd w:id="1314"/>
+    <w:bookmarkStart w:name="z1851" w:id="1315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Басқарманың бірінші басшысының орынбасарлары жоқ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1508"/>
-    <w:bookmarkStart w:name="z1852" w:id="1509"/>
+    <w:bookmarkEnd w:id="1315"/>
+    <w:bookmarkStart w:name="z1852" w:id="1316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1509"/>
-    <w:bookmarkStart w:name="z1853" w:id="1510"/>
+    <w:bookmarkEnd w:id="1316"/>
+    <w:bookmarkStart w:name="z1853" w:id="1317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Қазақстан Республикасының заңнамасына сәйкес Басқарма қызметкерлерін лауазымға тағайындайды және лауазымынан босатады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1510"/>
-    <w:bookmarkStart w:name="z1854" w:id="1511"/>
+    <w:bookmarkEnd w:id="1317"/>
+    <w:bookmarkStart w:name="z1854" w:id="1318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Басқарма қызметкерлеріне тәртіптік жаза қолданады және ынталандырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1511"/>
-    <w:bookmarkStart w:name="z1855" w:id="1512"/>
+    <w:bookmarkEnd w:id="1318"/>
+    <w:bookmarkStart w:name="z1855" w:id="1319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) өз құзыреті шегінде Басқарма қызметкерлері орындауға міндетті бұйрықтар, нұсқаулықтар шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1512"/>
-    <w:bookmarkStart w:name="z1856" w:id="1513"/>
+    <w:bookmarkEnd w:id="1319"/>
+    <w:bookmarkStart w:name="z1856" w:id="1320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңнамасына сәйкес өз құзыреті шегінде мемлекеттік органдар мен ұйымдарда Басқарма мүддесін білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1513"/>
-    <w:bookmarkStart w:name="z1857" w:id="1514"/>
+    <w:bookmarkEnd w:id="1320"/>
+    <w:bookmarkStart w:name="z1857" w:id="1321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өз құзыретіне кіретін басқа да мәселелер бойынша шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1514"/>
-    <w:bookmarkStart w:name="z1858" w:id="1515"/>
+    <w:bookmarkEnd w:id="1321"/>
+    <w:bookmarkStart w:name="z1858" w:id="1322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1515"/>
-    <w:bookmarkStart w:name="z1859" w:id="1516"/>
+    <w:bookmarkEnd w:id="1322"/>
+    <w:bookmarkStart w:name="z1859" w:id="1323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1516"/>
-    <w:bookmarkStart w:name="z1860" w:id="1517"/>
+    <w:bookmarkEnd w:id="1323"/>
+    <w:bookmarkStart w:name="z1860" w:id="1324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1517"/>
-    <w:bookmarkStart w:name="z1861" w:id="1518"/>
+    <w:bookmarkEnd w:id="1324"/>
+    <w:bookmarkStart w:name="z1861" w:id="1325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1518"/>
-    <w:bookmarkStart w:name="z1862" w:id="1519"/>
+    <w:bookmarkEnd w:id="1325"/>
+    <w:bookmarkStart w:name="z1862" w:id="1326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1519"/>
-    <w:bookmarkStart w:name="z1863" w:id="1520"/>
+    <w:bookmarkEnd w:id="1326"/>
+    <w:bookmarkStart w:name="z1863" w:id="1327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1520"/>
-    <w:bookmarkStart w:name="z1864" w:id="1521"/>
+    <w:bookmarkEnd w:id="1327"/>
+    <w:bookmarkStart w:name="z1864" w:id="1328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1521"/>
-    <w:bookmarkStart w:name="z1865" w:id="1522"/>
+    <w:bookmarkEnd w:id="1328"/>
+    <w:bookmarkStart w:name="z1865" w:id="1329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1522"/>
+    <w:bookmarkEnd w:id="1329"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -36624,2138 +36274,2138 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 18-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1867" w:id="1523"/>
+    <w:bookmarkStart w:name="z1867" w:id="1330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының мемлекеттік сәулет-құрылыс бақылау басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1523"/>
-    <w:bookmarkStart w:name="z1868" w:id="1524"/>
+    <w:bookmarkEnd w:id="1330"/>
+    <w:bookmarkStart w:name="z1868" w:id="1331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1524"/>
-    <w:bookmarkStart w:name="z1869" w:id="1525"/>
+    <w:bookmarkEnd w:id="1331"/>
+    <w:bookmarkStart w:name="z1869" w:id="1332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. "Жетісу облысының мемлекеттік сәулет-құрылыс бақылау басқармасы" мемлекеттік мекемесі (бұдан әрі – Басқарма) Жетісу облысы аумағындағы мемлекеттік сәулет-құрылыс бақылау және қадағалау, лицензиялау, аттестаттау және аккредитациялау саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1525"/>
-    <w:bookmarkStart w:name="z1870" w:id="1526"/>
+    <w:bookmarkEnd w:id="1332"/>
+    <w:bookmarkStart w:name="z1870" w:id="1333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Басқарманың ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1526"/>
-    <w:bookmarkStart w:name="z1871" w:id="1527"/>
+    <w:bookmarkEnd w:id="1333"/>
+    <w:bookmarkStart w:name="z1871" w:id="1334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1527"/>
-    <w:bookmarkStart w:name="z1872" w:id="1528"/>
+    <w:bookmarkEnd w:id="1334"/>
+    <w:bookmarkStart w:name="z1872" w:id="1335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1528"/>
-    <w:bookmarkStart w:name="z1873" w:id="1529"/>
+    <w:bookmarkEnd w:id="1335"/>
+    <w:bookmarkStart w:name="z1873" w:id="1336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1529"/>
-    <w:bookmarkStart w:name="z1874" w:id="1530"/>
+    <w:bookmarkEnd w:id="1336"/>
+    <w:bookmarkStart w:name="z1874" w:id="1337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1530"/>
-    <w:bookmarkStart w:name="z1875" w:id="1531"/>
+    <w:bookmarkEnd w:id="1337"/>
+    <w:bookmarkStart w:name="z1875" w:id="1338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1531"/>
-    <w:bookmarkStart w:name="z1876" w:id="1532"/>
+    <w:bookmarkEnd w:id="1338"/>
+    <w:bookmarkStart w:name="z1876" w:id="1339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1532"/>
-    <w:bookmarkStart w:name="z1877" w:id="1533"/>
+    <w:bookmarkEnd w:id="1339"/>
+    <w:bookmarkStart w:name="z1877" w:id="1340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Шевченко көшесі, №131. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1533"/>
-    <w:bookmarkStart w:name="z1878" w:id="1534"/>
+    <w:bookmarkEnd w:id="1340"/>
+    <w:bookmarkStart w:name="z1878" w:id="1341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1534"/>
-    <w:bookmarkStart w:name="z1879" w:id="1535"/>
+    <w:bookmarkEnd w:id="1341"/>
+    <w:bookmarkStart w:name="z1879" w:id="1342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1535"/>
-    <w:bookmarkStart w:name="z1880" w:id="1536"/>
+    <w:bookmarkEnd w:id="1342"/>
+    <w:bookmarkStart w:name="z1880" w:id="1343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1536"/>
-    <w:bookmarkStart w:name="z1881" w:id="1537"/>
+    <w:bookmarkEnd w:id="1343"/>
+    <w:bookmarkStart w:name="z1881" w:id="1344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, ондай алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1537"/>
-    <w:bookmarkStart w:name="z1882" w:id="1538"/>
+    <w:bookmarkEnd w:id="1344"/>
+    <w:bookmarkStart w:name="z1882" w:id="1345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1538"/>
-    <w:bookmarkStart w:name="z1883" w:id="1539"/>
+    <w:bookmarkEnd w:id="1345"/>
+    <w:bookmarkStart w:name="z1883" w:id="1346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1539"/>
-    <w:bookmarkStart w:name="z1884" w:id="1540"/>
+    <w:bookmarkEnd w:id="1346"/>
+    <w:bookmarkStart w:name="z1884" w:id="1347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ведомстволық бағынысты аумақта мемлекеттік сәулет, қала құрылысы және құрылыс саясатын жүргізу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1540"/>
-    <w:bookmarkStart w:name="z1885" w:id="1541"/>
+    <w:bookmarkEnd w:id="1347"/>
+    <w:bookmarkStart w:name="z1885" w:id="1348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) салынып жатқан (салынуы белгіленген) объектілер мен кешендердің мониторингін Қазақстан Республикасы Үкіметі белгілеген тәртіппен жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1541"/>
-    <w:bookmarkStart w:name="z1886" w:id="1542"/>
+    <w:bookmarkEnd w:id="1348"/>
+    <w:bookmarkStart w:name="z1886" w:id="1349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) мемлекеттік сәулет, қала құрылысы және құрылыс саласында мемлекеттік басқару жүйесін жетілдіру және Қазақстан Республикасының заңнамалық актілерін дамыту бойынша ұсыныстарын қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1542"/>
-    <w:bookmarkStart w:name="z1887" w:id="1543"/>
+    <w:bookmarkEnd w:id="1349"/>
+    <w:bookmarkStart w:name="z1887" w:id="1350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өз құзыреті шегінде Жетісу облысының аумағында Қазақстан Республикасының сәулет, қала құрылысы және құрылыс қызметі туралы заңнамасы талаптарының орындалуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1543"/>
-    <w:bookmarkStart w:name="z1888" w:id="1544"/>
+    <w:bookmarkEnd w:id="1350"/>
+    <w:bookmarkStart w:name="z1888" w:id="1351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сәулет, қала құрылысы, құрылыс саласындағы мемлекеттік саясатты іске асыру, құрылыс индустриясының өндірістік базасын дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1544"/>
-    <w:bookmarkStart w:name="z1889" w:id="1545"/>
+    <w:bookmarkEnd w:id="1351"/>
+    <w:bookmarkStart w:name="z1889" w:id="1352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) сәулет, қала құрылысы және құрылыс қызметі саласында лицензиялауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1545"/>
-    <w:bookmarkStart w:name="z1890" w:id="1546"/>
+    <w:bookmarkEnd w:id="1352"/>
+    <w:bookmarkStart w:name="z1890" w:id="1353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) сәулет, қала құрылысы және құрылыс қызметі саласындағы сараптама жұмыстарын және инжинирингтік көрсетілетін қызметтерді жүзеге асыру құқығына сарапшыларды аттестаттау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1546"/>
-    <w:bookmarkStart w:name="z1891" w:id="1547"/>
+    <w:bookmarkEnd w:id="1353"/>
+    <w:bookmarkStart w:name="z1891" w:id="1354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымдарды аккредиттеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1547"/>
-    <w:bookmarkStart w:name="z1892" w:id="1548"/>
+    <w:bookmarkEnd w:id="1354"/>
+    <w:bookmarkStart w:name="z1892" w:id="1355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) сәулет, қала құрылысы және құрылыс қызметі саласында белгіленген заңнама нормаларын, мемлекеттік нормативтік талаптарды, шарттар мен шектеулерді жол берілген бұзушылықтар мен ауытқуларға байланысты бұзушыларға көзделген заңнамалық шараларды қолдану туралы шешімдер қабылдау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1548"/>
-    <w:bookmarkStart w:name="z1893" w:id="1549"/>
+    <w:bookmarkEnd w:id="1355"/>
+    <w:bookmarkStart w:name="z1893" w:id="1356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1549"/>
-    <w:bookmarkStart w:name="z1894" w:id="1550"/>
+    <w:bookmarkEnd w:id="1356"/>
+    <w:bookmarkStart w:name="z1894" w:id="1357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1550"/>
-    <w:bookmarkStart w:name="z1895" w:id="1551"/>
+    <w:bookmarkEnd w:id="1357"/>
+    <w:bookmarkStart w:name="z1895" w:id="1358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       барлық мемлекеттік органдардан, басқа да мекемелерден, сонымен қатар лауазымды тұлғалардан, өз құзыреті шегінде жүктелген міндеттері мен функцияларын орындауына қажетті ақпаратты сұрау және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1551"/>
-    <w:bookmarkStart w:name="z1896" w:id="1552"/>
+    <w:bookmarkEnd w:id="1358"/>
+    <w:bookmarkStart w:name="z1896" w:id="1359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       техникалық және авторлық қадағалауды жүзеге асырушы заңды және жеке тұлғалардан осы құрылыс жөніндегі қажетті жобалау және орындау техникалық құжаттамасымен танысу үшін, сондай-ақ тиісті жобалардың сараптама қорытындысын сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1552"/>
-    <w:bookmarkStart w:name="z1897" w:id="1553"/>
+    <w:bookmarkEnd w:id="1359"/>
+    <w:bookmarkStart w:name="z1897" w:id="1360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың құзыретіне кіретін мәселелер бойынша әкімдік қаулысының, әкімнің шешімдері мен өкімдерінің және мәслихат шешімдерінің жобаларын бекітілген тәртіпте енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1553"/>
-    <w:bookmarkStart w:name="z1898" w:id="1554"/>
+    <w:bookmarkEnd w:id="1360"/>
+    <w:bookmarkStart w:name="z1898" w:id="1361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салынып жатқан объектілер құрылғыларының және қолданылатын құрылыс материалдарының, бұйымдар мен құрылғылардың жоба және мемлекеттік (мемлекетаралық) нормативтер талаптарына сәйкестігіне зертханалық сынақтар жүргізу үшін тәуелсіз зертханаларды тарту немесе жергілікті бюджеттерден қаржыландырылатын басқа да атқарушы органдардың мамандарын олардың басшыларының келісімі бойынша жұмысқа тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1554"/>
-    <w:bookmarkStart w:name="z1899" w:id="1555"/>
+    <w:bookmarkEnd w:id="1361"/>
+    <w:bookmarkStart w:name="z1899" w:id="1362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік нормативтерді бұзуға және (немесе) бекітілген жобалардан (жобалық шешімдерден) ауытқуға жол берілгендігі анықталған жағдайда жол берілген бұзушылықтарды тапсырыс берушінің (құрылыс жүргізушінің) және (немесе) мердігерлік құрылыс-монтаждау ұйымының (кәсіпорнының) белгіленген мерзімде жоюы туралы ұйғарым шығару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1555"/>
-    <w:bookmarkStart w:name="z1900" w:id="1556"/>
+    <w:bookmarkEnd w:id="1362"/>
+    <w:bookmarkStart w:name="z1900" w:id="1363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       мемлекеттік стандарттар мен техникалық талаптарға, сәулет, қала құрылысы және құрылыс қызметі саласындағы заңнамаларға сәйкес келмейтін құрылыс материалдарына, бұйымдарына, құрылғылар мен жабдықтарды қолдануға тыйым салу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1556"/>
-    <w:bookmarkStart w:name="z1901" w:id="1557"/>
+    <w:bookmarkEnd w:id="1363"/>
+    <w:bookmarkStart w:name="z1901" w:id="1364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәулет, қала құрылысы және құрылыс қызметі саласында мемлекеттік нормативтерді бұзу және (немесе) бекітілген жобалық құжаттамалар (жобалық шешімдер) және (немесе) заңнамалардан ауытқулар болған кезде ұйғарым беру жолымен құрылыс-монтаждау жұмыстарын тоқтата тұру туралы шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1557"/>
-    <w:bookmarkStart w:name="z1902" w:id="1558"/>
+    <w:bookmarkEnd w:id="1364"/>
+    <w:bookmarkStart w:name="z1902" w:id="1365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қолданыстағы заңнама нормаларын сақтау бөлігіндегі мемлекет мүдделерін қорғау үшін сот органдарына жүгіну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1558"/>
-    <w:bookmarkStart w:name="z1903" w:id="1559"/>
+    <w:bookmarkEnd w:id="1365"/>
+    <w:bookmarkStart w:name="z1903" w:id="1366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       талап-тілек қызметін жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1559"/>
-    <w:bookmarkStart w:name="z1904" w:id="1560"/>
+    <w:bookmarkEnd w:id="1366"/>
+    <w:bookmarkStart w:name="z1904" w:id="1367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1560"/>
-    <w:bookmarkStart w:name="z1905" w:id="1561"/>
+    <w:bookmarkEnd w:id="1367"/>
+    <w:bookmarkStart w:name="z1905" w:id="1368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салынып (реконструкцияланып, кеңейтіліп, жаңғыртылып, күрделі жөндеуден өткізіліп) жатқан және пайдалануға берілген объектілердің мониторингі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1561"/>
-    <w:bookmarkStart w:name="z1906" w:id="1562"/>
+    <w:bookmarkEnd w:id="1368"/>
+    <w:bookmarkStart w:name="z1906" w:id="1369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жойылмайтын бұзушылықтарға жол берген, не жол берілген бұзушылықтарды белгіленген нормативтік мерзімде жоймаған заңды және лауазымды тұлғаларға қатысты заңнамада белгіленген шараларды қолдану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1562"/>
-    <w:bookmarkStart w:name="z1907" w:id="1563"/>
+    <w:bookmarkEnd w:id="1369"/>
+    <w:bookmarkStart w:name="z1907" w:id="1370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       техникалық және авторлық қадағалаулар қызметіне бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1563"/>
-    <w:bookmarkStart w:name="z1908" w:id="1564"/>
+    <w:bookmarkEnd w:id="1370"/>
+    <w:bookmarkStart w:name="z1908" w:id="1371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектiлерді салу кезiнде тапсырыс берушiнiң (меншiк иесiнiң) техникалық және авторлық қадағалауларды ұйымдастыруына және жүзеге асыруына бақылауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1564"/>
-    <w:bookmarkStart w:name="z1909" w:id="1565"/>
+    <w:bookmarkEnd w:id="1371"/>
+    <w:bookmarkStart w:name="z1909" w:id="1372"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       объектілер құрылысының сапасына мемлекеттік сәулет-құрылыс бақылауын және қадағалауын жүзеге асыру, осы объектілерде сәулет-қала құрылысы тәртібін бұзушыларға Қазақстан Республикасының заңнамаларымен белгіленген әкімшілік ықпал ету шараларын қолдану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1565"/>
-    <w:bookmarkStart w:name="z1910" w:id="1566"/>
+    <w:bookmarkEnd w:id="1372"/>
+    <w:bookmarkStart w:name="z1910" w:id="1373"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәулет, қала құрылысы және құрылыс саласындағы қызметті лицензиялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1566"/>
-    <w:bookmarkStart w:name="z1911" w:id="1567"/>
+    <w:bookmarkEnd w:id="1373"/>
+    <w:bookmarkStart w:name="z1911" w:id="1374"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәулет, қала құрылысы және құрылыс қызметі саласындағы сараптама жұмыстарын және инжинирингтік көрсетілетін қызметтерді жүзеге асыру құқығына сарапшыларды аттестаттау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1567"/>
-    <w:bookmarkStart w:name="z1912" w:id="1568"/>
+    <w:bookmarkEnd w:id="1374"/>
+    <w:bookmarkStart w:name="z1912" w:id="1375"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару жөніндегі ұйымдарды аккредиттеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1568"/>
-    <w:bookmarkStart w:name="z1913" w:id="1569"/>
+    <w:bookmarkEnd w:id="1375"/>
+    <w:bookmarkStart w:name="z1913" w:id="1376"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1569"/>
-    <w:bookmarkStart w:name="z1914" w:id="1570"/>
+    <w:bookmarkEnd w:id="1376"/>
+    <w:bookmarkStart w:name="z1914" w:id="1377"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) лицензия және лицензияға қосымша берген кезде өтініш берушінің біліктілік талаптарға сәйкестігін анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1570"/>
-    <w:bookmarkStart w:name="z1915" w:id="1571"/>
+    <w:bookmarkEnd w:id="1377"/>
+    <w:bookmarkStart w:name="z1915" w:id="1378"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) жоспардан тыс тексерудің нәтижесі бойынша лицензиялау нормаларын бұзушыларға тиісті шаралар қолдану; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1571"/>
-    <w:bookmarkStart w:name="z1916" w:id="1572"/>
+    <w:bookmarkEnd w:id="1378"/>
+    <w:bookmarkStart w:name="z1916" w:id="1379"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сәулет, қалақұрылыс және құрылыс саласындағы лицензия алуға өтініш берушілердің және лицензиаттардың тізімдемесін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1572"/>
-    <w:bookmarkStart w:name="z1917" w:id="1573"/>
+    <w:bookmarkEnd w:id="1379"/>
+    <w:bookmarkStart w:name="z1917" w:id="1380"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) сараптамалық жұмыстар мен инжинирингтік қызметтер көрсететін сарапшыларды аттестаттау бойынша ұйымдастыру іс-шараларын жүргізу (электрондық тестілеу);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1573"/>
-    <w:bookmarkStart w:name="z1918" w:id="1574"/>
+    <w:bookmarkEnd w:id="1380"/>
+    <w:bookmarkStart w:name="z1918" w:id="1381"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) сәулет, қала құрылысы және құрылыс қызметі саласындағы сарапшыларды аттестаттауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1574"/>
-    <w:bookmarkStart w:name="z1919" w:id="1575"/>
+    <w:bookmarkEnd w:id="1381"/>
+    <w:bookmarkStart w:name="z1919" w:id="1382"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) сарапшылар және сараптамалық жұмыстар және инжинирингтік қызметтер атқаратын сарапшылар аттестаттарын алуға өтініш берушілердің тізімдемесін жүргізу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1575"/>
-    <w:bookmarkStart w:name="z1920" w:id="1576"/>
+    <w:bookmarkEnd w:id="1382"/>
+    <w:bookmarkStart w:name="z1920" w:id="1383"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7) сәулет, қала құрылысы және құрылыс саласындағы жобаларды басқару бойынша ұйымдарға акредиттеу жүргізу және олардың ұйымдастыру шараларын және тізімдемесін жүргізу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1576"/>
-    <w:bookmarkStart w:name="z1921" w:id="1577"/>
+    <w:bookmarkEnd w:id="1383"/>
+    <w:bookmarkStart w:name="z1921" w:id="1384"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) Қазақстан Республикасының сыбайлас жемқорлыққа қарсы заңнамасының нормаларын сақтау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1577"/>
-    <w:bookmarkStart w:name="z1922" w:id="1578"/>
+    <w:bookmarkEnd w:id="1384"/>
+    <w:bookmarkStart w:name="z1922" w:id="1385"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) азаматтардың және заңды тұлғалардың өтініштерін қарау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1578"/>
-    <w:bookmarkStart w:name="z1923" w:id="1579"/>
+    <w:bookmarkEnd w:id="1385"/>
+    <w:bookmarkStart w:name="z1923" w:id="1386"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) азаматтарды және заңды тұлғалардың өкілдерін қабылдауды ұйымдастыру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1579"/>
-    <w:bookmarkStart w:name="z1924" w:id="1580"/>
+    <w:bookmarkEnd w:id="1386"/>
+    <w:bookmarkStart w:name="z1924" w:id="1387"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) қоғамның мемлекеттік қызметке және мемлекетке, оның институттарына деген сенiмін арттыру және нығайту; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1580"/>
-    <w:bookmarkStart w:name="z1925" w:id="1581"/>
+    <w:bookmarkEnd w:id="1387"/>
+    <w:bookmarkStart w:name="z1925" w:id="1388"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) сәулет-құрылыс қызметі мәселелерін реттейтін Қазақстан Республикасының заңнамалық актілерін жетілдіру бойынша ұсыныстар дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1581"/>
-    <w:bookmarkStart w:name="z1926" w:id="1582"/>
+    <w:bookmarkEnd w:id="1388"/>
+    <w:bookmarkStart w:name="z1926" w:id="1389"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) "Қазақстан Республикасының Кәсіпкерлік кодексімен" қарастырылған сәулет, қалақұрылысы және құрылыс қызметі саласында Қазақстан Республикасы заңнамаларының талаптарынын сақталуына пәніне, сондай-ақ құрылыс-монтаждау жұмыстары өндірісін бастау туралы хабарламада көрсетілген мәліметтердің дұрыстығын белгілеу бойынша тексерудің барлық түрлерін жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1582"/>
-    <w:bookmarkStart w:name="z1927" w:id="1583"/>
+    <w:bookmarkEnd w:id="1389"/>
+    <w:bookmarkStart w:name="z1927" w:id="1390"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) мыналарға:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1583"/>
-    <w:bookmarkStart w:name="z1928" w:id="1584"/>
+    <w:bookmarkEnd w:id="1390"/>
+    <w:bookmarkStart w:name="z1928" w:id="1391"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - жер учаскесіне тиісті құқықтың, бекiтiлген жобалау (жобалау-сметалық) құжаттамасының, жобалар сараптамасының оң қорытындысының бар-жоғына, сондай-ақ құрылыс-монтаждау жұмыстарының жүргізіле бастағаны туралы хабарлануына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1584"/>
-    <w:bookmarkStart w:name="z1929" w:id="1585"/>
+    <w:bookmarkEnd w:id="1391"/>
+    <w:bookmarkStart w:name="z1929" w:id="1392"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - хабарламада көрсетілген деректердің анықтығына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1585"/>
-    <w:bookmarkStart w:name="z1930" w:id="1586"/>
+    <w:bookmarkEnd w:id="1392"/>
+    <w:bookmarkStart w:name="z1930" w:id="1393"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - лицензияланатын сәулет, қала құрылысы және құрылыс қызметiнiң тиiстi түрлерiн жүзеге асыру құқығына лицензияның бар-жоғына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1586"/>
-    <w:bookmarkStart w:name="z1931" w:id="1587"/>
+    <w:bookmarkEnd w:id="1393"/>
+    <w:bookmarkStart w:name="z1931" w:id="1394"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - орындалған (орындалып жатқан) құрылыс-монтаждау жұмыстарының, қолданылатын құрылыс материалдарының, бұйымдарының, конструкцияларының және жабдықтардың бекiтiлген жобалық шешiмдерге және мемлекеттiк (мемлекетаралық) нормативтерге, оның iшiнде тiреу және қоршау конструкцияларының берiктiгін, орнықтылығын, сенiмдiлiгiн және үйлердің (ғимараттардың) пайдалану сапасын қамтамасыз ету жөнiндегi нормативтерге сәйкестiгiне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1587"/>
-    <w:bookmarkStart w:name="z1932" w:id="1588"/>
+    <w:bookmarkEnd w:id="1394"/>
+    <w:bookmarkStart w:name="z1932" w:id="1395"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - мердiгердiң (бас мердiгердiң) құрылыс сапасын өзiндiк өндiрiстiк бақылаудың және қадағалаудың барлық (кiру, операциялық, қабылдау, зертханалық, геодезиялық және басқа да) түрлерi мен нысандарын ұйымдастыруы мен жүзеге асыруына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1588"/>
-    <w:bookmarkStart w:name="z1933" w:id="1589"/>
+    <w:bookmarkEnd w:id="1395"/>
+    <w:bookmarkStart w:name="z1933" w:id="1396"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - атқарушылық құжаттаманың уақтылы және дұрыс ресiмделуiне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1589"/>
-    <w:bookmarkStart w:name="z1934" w:id="1590"/>
+    <w:bookmarkEnd w:id="1396"/>
+    <w:bookmarkStart w:name="z1934" w:id="1397"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - объектiлерді салу кезiнде тапсырыс берушiнiң (меншiк иесiнiң) техникалық және авторлық қадағалауларды ұйымдастыруы мен жүзеге асыруына;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1590"/>
-    <w:bookmarkStart w:name="z1935" w:id="1591"/>
+    <w:bookmarkEnd w:id="1397"/>
+    <w:bookmarkStart w:name="z1935" w:id="1398"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - техникалық және авторлық қадағалауларды жүзеге асыратын тұлғалардың Қазақстан Республикасының сәулет, қала құрылысы және құрылыс қызметі туралы заңнамасында белгіленген талаптардың сақтауына мемлекеттік сәулет-құрылыс бақылауды және қадағалауды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1591"/>
-    <w:bookmarkStart w:name="z1936" w:id="1592"/>
+    <w:bookmarkEnd w:id="1398"/>
+    <w:bookmarkStart w:name="z1936" w:id="1399"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) мемлекеттік нормативтерді бұзуға және (немесе) бекітілген жобалардан (жобалық шешімдерден) ауытқуға жол берілгендігі анықталған жағдайда:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1592"/>
-    <w:bookmarkStart w:name="z1937" w:id="1593"/>
+    <w:bookmarkEnd w:id="1399"/>
+    <w:bookmarkStart w:name="z1937" w:id="1400"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - ұлттық стандарттар мен техникалық талаптарға сәйкес келмейтін құрылыс материалдарын, бұйымдарын, конструкциялары мен жабдықтарын қолдануға тыйым салу туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1593"/>
-    <w:bookmarkStart w:name="z1938" w:id="1594"/>
+    <w:bookmarkEnd w:id="1400"/>
+    <w:bookmarkStart w:name="z1938" w:id="1401"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - жол берілген бұзушылықтарды тапсырыс берушінің (құрылыс салушының) және (немесе) мердігерлік құрылыс-монтаждау ұйымының (кәсіпорнының) белгіленген мерзімде жоюы туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1594"/>
-    <w:bookmarkStart w:name="z1939" w:id="1595"/>
+    <w:bookmarkEnd w:id="1401"/>
+    <w:bookmarkStart w:name="z1939" w:id="1402"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - құрылыс-монтаждау жұмыстарын тоқтата тұру туралы шешім қабылдайды (нұсқама береді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1595"/>
-    <w:bookmarkStart w:name="z1940" w:id="1596"/>
+    <w:bookmarkEnd w:id="1402"/>
+    <w:bookmarkStart w:name="z1940" w:id="1403"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) тұрғын және тұрғын емес үй-жайларды заңсыз қайта жабдықтау және қайта жоспарлау анықталған кезде:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1596"/>
-    <w:bookmarkStart w:name="z1941" w:id="1597"/>
+    <w:bookmarkEnd w:id="1403"/>
+    <w:bookmarkStart w:name="z1941" w:id="1404"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - тапсырыс берушінің жол берілген бұзушылықтарды белгіленген мерзімдерде жоюы туралы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1597"/>
-    <w:bookmarkStart w:name="z1942" w:id="1598"/>
+    <w:bookmarkEnd w:id="1404"/>
+    <w:bookmarkStart w:name="z1942" w:id="1405"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - құрылыс-монтаждау жұмыстарын тоқтата тұру туралы шешім қабылдайды (нұсқама береді);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1598"/>
-    <w:bookmarkStart w:name="z1943" w:id="1599"/>
+    <w:bookmarkEnd w:id="1405"/>
+    <w:bookmarkStart w:name="z1943" w:id="1406"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) мынадай тәртіппен белгіленген басымдықты ескере отырып, бақылау және қадағалау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау мен қадағалау жүргізеді:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1599"/>
-    <w:bookmarkStart w:name="z1944" w:id="1600"/>
+    <w:bookmarkEnd w:id="1406"/>
+    <w:bookmarkStart w:name="z1944" w:id="1407"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - өнеркәсіптік объектілер, өндірістік ғимараттар, құрылысжайлар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1600"/>
-    <w:bookmarkStart w:name="z1945" w:id="1601"/>
+    <w:bookmarkEnd w:id="1407"/>
+    <w:bookmarkStart w:name="z1945" w:id="1408"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - жасанды микроклиматтың арнайы құрылғылары және (немесе) арнайы күзет немесе терроризмге қарсы іс-шараларды талап ететін, мемлекеттік органдардың әкімшілік ғимараттары, республикалық маңызы бар музейлердің, мемлекеттік архивтердің, ұлттық және мәдени құндылықтарды сақтау қоймаларының ғимараттары және қалалар мен елді мекендердің тіршілігін қамтамасыз ету объектілері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1601"/>
-    <w:bookmarkStart w:name="z1946" w:id="1602"/>
+    <w:bookmarkEnd w:id="1408"/>
+    <w:bookmarkStart w:name="z1946" w:id="1409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - әлеуметтік мәні бар объектілер (білім беру, денсаулық сақтау, мәдениет ұйымдары және басқалар);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1602"/>
-    <w:bookmarkStart w:name="z1947" w:id="1603"/>
+    <w:bookmarkEnd w:id="1409"/>
+    <w:bookmarkStart w:name="z1947" w:id="1410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - тұрғын үй-азаматтық мақсаттағы объектілер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1603"/>
-    <w:bookmarkStart w:name="z1948" w:id="1604"/>
+    <w:bookmarkEnd w:id="1410"/>
+    <w:bookmarkStart w:name="z1948" w:id="1411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - көліктік инфрақұрылым объектілері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1604"/>
-    <w:bookmarkStart w:name="z1949" w:id="1605"/>
+    <w:bookmarkEnd w:id="1411"/>
+    <w:bookmarkStart w:name="z1949" w:id="1412"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - сумен жабдықтау және су бұру объектілері;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1605"/>
-    <w:bookmarkStart w:name="z1950" w:id="1606"/>
+    <w:bookmarkEnd w:id="1412"/>
+    <w:bookmarkStart w:name="z1950" w:id="1413"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - өзге де ғимараттар және құрылысжайлар;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1606"/>
-    <w:bookmarkStart w:name="z1951" w:id="1607"/>
+    <w:bookmarkEnd w:id="1413"/>
+    <w:bookmarkStart w:name="z1951" w:id="1414"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де функцияларды жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1607"/>
-    <w:bookmarkStart w:name="z1952" w:id="1608"/>
+    <w:bookmarkEnd w:id="1414"/>
+    <w:bookmarkStart w:name="z1952" w:id="1415"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1608"/>
-    <w:bookmarkStart w:name="z1953" w:id="1609"/>
+    <w:bookmarkEnd w:id="1415"/>
+    <w:bookmarkStart w:name="z1953" w:id="1416"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1609"/>
-    <w:bookmarkStart w:name="z1954" w:id="1610"/>
+    <w:bookmarkEnd w:id="1416"/>
+    <w:bookmarkStart w:name="z1954" w:id="1417"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1610"/>
-    <w:bookmarkStart w:name="z1955" w:id="1611"/>
+    <w:bookmarkEnd w:id="1417"/>
+    <w:bookmarkStart w:name="z1955" w:id="1418"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарманың бірінші басшысының орынбасарлары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1611"/>
-    <w:bookmarkStart w:name="z1956" w:id="1612"/>
+    <w:bookmarkEnd w:id="1418"/>
+    <w:bookmarkStart w:name="z1956" w:id="1419"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1612"/>
-    <w:bookmarkStart w:name="z1957" w:id="1613"/>
+    <w:bookmarkEnd w:id="1419"/>
+    <w:bookmarkStart w:name="z1957" w:id="1420"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Басқарма қызметкерлерінің міндеттері мен өкілеттіктерін өз құзыреті шегінде айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1613"/>
-    <w:bookmarkStart w:name="z1958" w:id="1614"/>
+    <w:bookmarkEnd w:id="1420"/>
+    <w:bookmarkStart w:name="z1958" w:id="1421"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Басқарма қызметкерлерін қолданыстағы заңнамаға сәйкес қызметке тағайындайды және босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1614"/>
-    <w:bookmarkStart w:name="z1959" w:id="1615"/>
+    <w:bookmarkEnd w:id="1421"/>
+    <w:bookmarkStart w:name="z1959" w:id="1422"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Басқарма қызметкерлерін заңнамада беліленген тәртіппен ынталандырады және тәртіптік жазалар қоладанады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1615"/>
-    <w:bookmarkStart w:name="z1960" w:id="1616"/>
+    <w:bookmarkEnd w:id="1422"/>
+    <w:bookmarkStart w:name="z1960" w:id="1423"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өз құзыреті шегінде бұйрық шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1616"/>
-    <w:bookmarkStart w:name="z1961" w:id="1617"/>
+    <w:bookmarkEnd w:id="1423"/>
+    <w:bookmarkStart w:name="z1961" w:id="1424"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өз құзыреті шегінде мемлекеттік органдарда және өзге де ұйымдарда Басқарманың мүдделерін білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1617"/>
-    <w:bookmarkStart w:name="z1962" w:id="1618"/>
+    <w:bookmarkEnd w:id="1424"/>
+    <w:bookmarkStart w:name="z1962" w:id="1425"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Басқармада сыбайлас жемқорлыққа қарсы әрекет етіп, ол үшін дербес жауапкершілік белгілейді және сыбайлас жемқорлыққа қарсы шараларды қабылдамағаны үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1618"/>
-    <w:bookmarkStart w:name="z1963" w:id="1619"/>
+    <w:bookmarkEnd w:id="1425"/>
+    <w:bookmarkStart w:name="z1963" w:id="1426"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1619"/>
-    <w:bookmarkStart w:name="z1964" w:id="1620"/>
+    <w:bookmarkEnd w:id="1426"/>
+    <w:bookmarkStart w:name="z1964" w:id="1427"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезенде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1620"/>
-    <w:bookmarkStart w:name="z1965" w:id="1621"/>
+    <w:bookmarkEnd w:id="1427"/>
+    <w:bookmarkStart w:name="z1965" w:id="1428"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1621"/>
-    <w:bookmarkStart w:name="z1966" w:id="1622"/>
+    <w:bookmarkEnd w:id="1428"/>
+    <w:bookmarkStart w:name="z1966" w:id="1429"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1622"/>
-    <w:bookmarkStart w:name="z1967" w:id="1623"/>
+    <w:bookmarkEnd w:id="1429"/>
+    <w:bookmarkStart w:name="z1967" w:id="1430"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасымен тыйым салынбаған өзге көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1623"/>
-    <w:bookmarkStart w:name="z1968" w:id="1624"/>
+    <w:bookmarkEnd w:id="1430"/>
+    <w:bookmarkStart w:name="z1968" w:id="1431"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1624"/>
-    <w:bookmarkStart w:name="z1969" w:id="1625"/>
+    <w:bookmarkEnd w:id="1431"/>
+    <w:bookmarkStart w:name="z1969" w:id="1432"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1625"/>
-    <w:bookmarkStart w:name="z1970" w:id="1626"/>
+    <w:bookmarkEnd w:id="1432"/>
+    <w:bookmarkStart w:name="z1970" w:id="1433"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1626"/>
-    <w:bookmarkStart w:name="z1971" w:id="1627"/>
+    <w:bookmarkEnd w:id="1433"/>
+    <w:bookmarkStart w:name="z1971" w:id="1434"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1627"/>
+    <w:bookmarkEnd w:id="1434"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -38795,1858 +38445,1858 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 19-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z1973" w:id="1628"/>
+    <w:bookmarkStart w:name="z1973" w:id="1435"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының сәулет және қалақұрылыс басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1628"/>
-    <w:bookmarkStart w:name="z1974" w:id="1629"/>
+    <w:bookmarkEnd w:id="1435"/>
+    <w:bookmarkStart w:name="z1974" w:id="1436"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1629"/>
-    <w:bookmarkStart w:name="z1975" w:id="1630"/>
+    <w:bookmarkEnd w:id="1436"/>
+    <w:bookmarkStart w:name="z1975" w:id="1437"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Жетісу облысының сәулет және қалақұрылыс басқармасы" мемлекеттік мекемесі (бұдан әрі – Басқарма) Жетісу облысы аумағындағы сәулет және қала құрылысы салаларындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1630"/>
-    <w:bookmarkStart w:name="z1976" w:id="1631"/>
+    <w:bookmarkEnd w:id="1437"/>
+    <w:bookmarkStart w:name="z1976" w:id="1438"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Басқарманың ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1631"/>
-    <w:bookmarkStart w:name="z1977" w:id="1632"/>
+    <w:bookmarkEnd w:id="1438"/>
+    <w:bookmarkStart w:name="z1977" w:id="1439"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасы Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1632"/>
-    <w:bookmarkStart w:name="z1978" w:id="1633"/>
+    <w:bookmarkEnd w:id="1439"/>
+    <w:bookmarkStart w:name="z1978" w:id="1440"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1633"/>
-    <w:bookmarkStart w:name="z1979" w:id="1634"/>
+    <w:bookmarkEnd w:id="1440"/>
+    <w:bookmarkStart w:name="z1979" w:id="1441"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1634"/>
-    <w:bookmarkStart w:name="z1980" w:id="1635"/>
+    <w:bookmarkEnd w:id="1441"/>
+    <w:bookmarkStart w:name="z1980" w:id="1442"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1635"/>
-    <w:bookmarkStart w:name="z1981" w:id="1636"/>
+    <w:bookmarkEnd w:id="1442"/>
+    <w:bookmarkStart w:name="z1981" w:id="1443"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1636"/>
-    <w:bookmarkStart w:name="z1982" w:id="1637"/>
+    <w:bookmarkEnd w:id="1443"/>
+    <w:bookmarkStart w:name="z1982" w:id="1444"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1637"/>
-    <w:bookmarkStart w:name="z1983" w:id="1638"/>
+    <w:bookmarkEnd w:id="1444"/>
+    <w:bookmarkStart w:name="z1983" w:id="1445"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Шевченко көшесі, № 131.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1638"/>
-    <w:bookmarkStart w:name="z1984" w:id="1639"/>
+    <w:bookmarkEnd w:id="1445"/>
+    <w:bookmarkStart w:name="z1984" w:id="1446"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1639"/>
-    <w:bookmarkStart w:name="z1985" w:id="1640"/>
+    <w:bookmarkEnd w:id="1446"/>
+    <w:bookmarkStart w:name="z1985" w:id="1447"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1640"/>
-    <w:bookmarkStart w:name="z1986" w:id="1641"/>
+    <w:bookmarkEnd w:id="1447"/>
+    <w:bookmarkStart w:name="z1986" w:id="1448"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1641"/>
-    <w:bookmarkStart w:name="z1987" w:id="1642"/>
+    <w:bookmarkEnd w:id="1448"/>
+    <w:bookmarkStart w:name="z1987" w:id="1449"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1642"/>
-    <w:bookmarkStart w:name="z1988" w:id="1643"/>
+    <w:bookmarkEnd w:id="1449"/>
+    <w:bookmarkStart w:name="z1988" w:id="1450"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1643"/>
-    <w:bookmarkStart w:name="z1989" w:id="1644"/>
+    <w:bookmarkEnd w:id="1450"/>
+    <w:bookmarkStart w:name="z1989" w:id="1451"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1644"/>
-    <w:bookmarkStart w:name="z1990" w:id="1645"/>
+    <w:bookmarkEnd w:id="1451"/>
+    <w:bookmarkStart w:name="z1990" w:id="1452"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) қалақұрылыстық игеру, дамыту, құрылыстандыру кезінде тұрғындардың тіршілік ету және өмір сүру ортасының толық құндылығын қалыптастыру, табиғи ресурстарды, елді мекен аумақтары мен ауыларалық аумақтарды тиімді пайдалану;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1645"/>
-    <w:bookmarkStart w:name="z1991" w:id="1646"/>
+    <w:bookmarkEnd w:id="1452"/>
+    <w:bookmarkStart w:name="z1991" w:id="1453"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аумақтардың, елді мекендердің, тұрғын үй құрылысының, құрылыс кешені мен инфрақұрылымның әлеуметтік-экономикалық дамуына бағытталған қалақұрылыстық және басқа бағдарламаларды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1646"/>
-    <w:bookmarkStart w:name="z1992" w:id="1647"/>
+    <w:bookmarkEnd w:id="1453"/>
+    <w:bookmarkStart w:name="z1992" w:id="1454"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) қалақұрылыстық кеңістікті қалыптастыру бойынша, аумақтың және облыс елді мекендерінің қызмет көрсету деңгейін арттыру жөніндегі іс-шараларды жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1647"/>
-    <w:bookmarkStart w:name="z1993" w:id="1648"/>
+    <w:bookmarkEnd w:id="1454"/>
+    <w:bookmarkStart w:name="z1993" w:id="1455"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) тарихи және мәдени мұра ескерткіштерінің сақталуын сәулет және қалақұрылыстық құралдармен қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1648"/>
-    <w:bookmarkStart w:name="z1994" w:id="1649"/>
+    <w:bookmarkEnd w:id="1455"/>
+    <w:bookmarkStart w:name="z1994" w:id="1456"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) әлеуметтік, өндірістік, инженерлік, көліктік және рекреациялық инфрақұрылымды дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1649"/>
-    <w:bookmarkStart w:name="z1995" w:id="1650"/>
+    <w:bookmarkEnd w:id="1456"/>
+    <w:bookmarkStart w:name="z1995" w:id="1457"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) облыстың құрылыс кешенін дамыту жөнінде мақсатты инвестициялық бағдарламалардың әзірленуі мен ендірілуіне бақылауды жүзеге асыру, салаға инвестиция тарту және олардың тиімді пайдалануы үшін ынталандыру шарттарын құру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1650"/>
-    <w:bookmarkStart w:name="z1996" w:id="1651"/>
+    <w:bookmarkEnd w:id="1457"/>
+    <w:bookmarkStart w:name="z1996" w:id="1458"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) облыс аумағында инфрақұрылымның дамуын зерделеу, талдау, болжамдау және реттеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1651"/>
-    <w:bookmarkStart w:name="z1997" w:id="1652"/>
+    <w:bookmarkEnd w:id="1458"/>
+    <w:bookmarkStart w:name="z1997" w:id="1459"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) жобалау өнімінің ішкі нарығын қорғау, отандық жобалау өнімінің сапасы мен бәсекеге қабілеттілігін арттыруды ынталандыратын шарттарды қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1652"/>
-    <w:bookmarkStart w:name="z1998" w:id="1653"/>
+    <w:bookmarkEnd w:id="1459"/>
+    <w:bookmarkStart w:name="z1998" w:id="1460"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) сәулет және қалақұрылыс қызметінде интеграциялық процестерді тереңдету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1653"/>
-    <w:bookmarkStart w:name="z1999" w:id="1654"/>
+    <w:bookmarkEnd w:id="1460"/>
+    <w:bookmarkStart w:name="z1999" w:id="1461"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) қолданыстағы заңнамаға сәйкес орындалатын басқа да міндеттер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1654"/>
-    <w:bookmarkStart w:name="z2000" w:id="1655"/>
+    <w:bookmarkEnd w:id="1461"/>
+    <w:bookmarkStart w:name="z2000" w:id="1462"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1655"/>
-    <w:bookmarkStart w:name="z2001" w:id="1656"/>
+    <w:bookmarkEnd w:id="1462"/>
+    <w:bookmarkStart w:name="z2001" w:id="1463"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1656"/>
-    <w:bookmarkStart w:name="z2002" w:id="1657"/>
+    <w:bookmarkEnd w:id="1463"/>
+    <w:bookmarkStart w:name="z2002" w:id="1464"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде сәулет қала құрылысы саласында нормативтік-құқықтық актілерді қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1657"/>
-    <w:bookmarkStart w:name="z2003" w:id="1658"/>
+    <w:bookmarkEnd w:id="1464"/>
+    <w:bookmarkStart w:name="z2003" w:id="1465"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тарихи және мәдени ескерткіштерді, мемлекеттік қорық қоры нысандарын сақтауға қатысты нормативтік-құқықтық актілерді әзірлеуге қатысады және ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1658"/>
-    <w:bookmarkStart w:name="z2004" w:id="1659"/>
+    <w:bookmarkEnd w:id="1465"/>
+    <w:bookmarkStart w:name="z2004" w:id="1466"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тұрғын үй құрылысын қаржыландыру және несиелеу механизмдері мен схемаларын әзірлеуге қатысу және тұрғын үй қорын сақтау, облыстағы проблемалардың кезең-кезеңмен шешілуіне, тұрғын үй нарығының толыққанды дамуы мен қалыптасуына жәрдемдеседі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1659"/>
-    <w:bookmarkStart w:name="z2005" w:id="1660"/>
+    <w:bookmarkEnd w:id="1466"/>
+    <w:bookmarkStart w:name="z2005" w:id="1467"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыс аумағындағы тұрғын үй-азаматтық, өнеркәсіп, ауыл шаруашылығы, көлік және коммуналдық құрылыстар және қайта құру нысандарына, кәсіпорындар мен мекемелерге меншік құрылымы мен ведомстволық бағыныстылығына қарамастан, кедергісіз кіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1660"/>
-    <w:bookmarkStart w:name="z2006" w:id="1661"/>
+    <w:bookmarkEnd w:id="1467"/>
+    <w:bookmarkStart w:name="z2006" w:id="1468"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қолданыстағы нұсқаулықтар мен нормативтерді бұзған немесе белгіленген тәртіптегі рұқсатты алмай жасалынған топогеодезиялық, инженерлік-геологиялық ізденістер және бөлу жұмыстарының өндірісін тоқтатады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1661"/>
-    <w:bookmarkStart w:name="z2007" w:id="1662"/>
+    <w:bookmarkEnd w:id="1468"/>
+    <w:bookmarkStart w:name="z2007" w:id="1469"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       күрделі құрылыс саласындағы, сондай-ақ жаңа құрылыс материалдарын өндіру және импорттау саласындағы статистикалық материалдарды белгіленген тәртіппен және белгіленген кезеңділікпен алады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1662"/>
-    <w:bookmarkStart w:name="z2008" w:id="1663"/>
+    <w:bookmarkEnd w:id="1469"/>
+    <w:bookmarkStart w:name="z2008" w:id="1470"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       тиісті мемлекеттік органдардың алдында Қазақстан Республикасының қала құрылысы заңнамасын бұза отырып, өз бетінше құрылысқа кінәлі адамдарға тәртіптік, әкімшілік, сонымен қатар заңда көзделген жағдайларда қылмыстық жауаптылықты қолдану туралы мәселелерді қозғай алады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1663"/>
-    <w:bookmarkStart w:name="z2009" w:id="1664"/>
+    <w:bookmarkEnd w:id="1470"/>
+    <w:bookmarkStart w:name="z2009" w:id="1471"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жобалау, құрылыс, өндірістік ұйымдардың, сондай-ақ қолданыстағы заңнаманы, сәулет, қала құрылысы, экологиялық және басқа да нормативтік талаптарды бұза отырып жұмыстарды орындайтын жеке тұлғалардың сәулет-қала құрылысы қызметін жүзеге асыру құқықтарының қолданылуын тоқтата тұруға немесе олардан айыруға тиісті ұсыныстар бере алады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1664"/>
-    <w:bookmarkStart w:name="z2010" w:id="1665"/>
+    <w:bookmarkEnd w:id="1471"/>
+    <w:bookmarkStart w:name="z2010" w:id="1472"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқармаға жүктелген міндеттерді орындау үшін басқарма жанынан жобалау-іздестіру, консультациялық және басқа да функционалдық бөлімшелер құрады, сондай-ақ олардың қызметінің тақырыптық бағытын айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1665"/>
-    <w:bookmarkStart w:name="z2011" w:id="1666"/>
+    <w:bookmarkEnd w:id="1472"/>
+    <w:bookmarkStart w:name="z2011" w:id="1473"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Акционерлік қоғамдар акцияларының мемлекеттік пакетін және жауапкершілігі шектеулі серіктестіктерге қатысу үлестерін, мемлекеттік заңды тұлғалардың құқық субъектісін иелену және пайдалану құқықтарын жүзеге асыру, оның ішінде шешімдер қабылдау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1666"/>
-    <w:bookmarkStart w:name="z2012" w:id="1667"/>
+    <w:bookmarkEnd w:id="1473"/>
+    <w:bookmarkStart w:name="z2012" w:id="1474"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыстық мемлекеттік кәсіпорындардың, мемлекет бақылайтын акционерлік қоғамдардың және жауапкершілігі шектеулі серіктестіктердің даму жоспарларын қарайды, келіседі және бекітеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1667"/>
-    <w:bookmarkStart w:name="z2013" w:id="1668"/>
+    <w:bookmarkEnd w:id="1474"/>
+    <w:bookmarkStart w:name="z2013" w:id="1475"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыстық мемлекеттік кәсіпорындардың, мемлекет бақылайтын акционерлік қоғамдардың және жауапкершілігі шектеулі серіктестіктердің даму жоспарларының орындалуын бақылауды және талдауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1668"/>
-    <w:bookmarkStart w:name="z2014" w:id="1669"/>
+    <w:bookmarkEnd w:id="1475"/>
+    <w:bookmarkStart w:name="z2014" w:id="1476"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1669"/>
-    <w:bookmarkStart w:name="z2015" w:id="1670"/>
+    <w:bookmarkEnd w:id="1476"/>
+    <w:bookmarkStart w:name="z2015" w:id="1477"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде облыстың қала құрылысы саласындағы жоспарлау стратегиясын жетілдіру, құрылыс кешендерін салу мен инфрақұрылымды дамыту бойынша ұсыныстар енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1670"/>
-    <w:bookmarkStart w:name="z2016" w:id="1671"/>
+    <w:bookmarkEnd w:id="1477"/>
+    <w:bookmarkStart w:name="z2016" w:id="1478"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       меншік нысанына және ведомстволық бағыныстылығына қарамастан, облыс аумағындағы сәулеттік-қала құрылысы субъектілерінің қызметінде міндетті түрде орындалуға жататын, елді мекендердің бас жоспарларын қосымша құрылыспен толтыру, аумақты көркейту, көгалдандыру мен аумақтарды көркемдік безендіру, тұрғын үй саясатын жүзеге асыру мақсатында шешімдер қабылдайды және бұйрықтар шығарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1671"/>
-    <w:bookmarkStart w:name="z2017" w:id="1672"/>
+    <w:bookmarkEnd w:id="1478"/>
+    <w:bookmarkStart w:name="z2017" w:id="1479"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыс аумағындағы құрылыс кешендерін салу мен инфрақұрылымның дамуына кедергі келтіретін сәулет, қала құрылысы және коммуналдық шаруашылығы саласында жекелеген орталық және жергілікті атқарушы органдардың шешімдерінің пәрменділігін тоқтату және күшін жою бойынша ұсыныс енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1672"/>
-    <w:bookmarkStart w:name="z2018" w:id="1673"/>
+    <w:bookmarkEnd w:id="1479"/>
+    <w:bookmarkStart w:name="z2018" w:id="1480"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қала құрылысы бағдарламаларын, инвестициялық жобалар мен облыс аумағында әлеуметтік-экономикалық даму жоспарларын әзірлеуге және жүзеге асыруға қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1673"/>
-    <w:bookmarkStart w:name="z2019" w:id="1674"/>
+    <w:bookmarkEnd w:id="1480"/>
+    <w:bookmarkStart w:name="z2019" w:id="1481"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сәулет, қала құрылыс және құрылыс қызметі үшін кадрлар дайындау жөнінде бағдарламаларды әзірлеуге, жүзеге асыруға қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1674"/>
-    <w:bookmarkStart w:name="z2020" w:id="1675"/>
+    <w:bookmarkEnd w:id="1481"/>
+    <w:bookmarkStart w:name="z2020" w:id="1482"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       меншік нысанына және ведомстволық бағыныстылығына қарамастан, мемлекеттік және жергілікті органдардан, кәсіпорындардан, мекемелер мен ұйымдардан, сондай-ақ барлық облыстық басқармалар мен комитеттерден, жергілікті сәулет және қала құрылысы органдарынан сәулет және қала құрылысы органдарының құзыретіне жататын мәселелер бойынша қажетті мәліметтерді белгіленген тәртіппен және келісілген мерзімдерде алады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1675"/>
-    <w:bookmarkStart w:name="z2021" w:id="1676"/>
+    <w:bookmarkEnd w:id="1482"/>
+    <w:bookmarkStart w:name="z2021" w:id="1483"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1676"/>
-    <w:bookmarkStart w:name="z2022" w:id="1677"/>
+    <w:bookmarkEnd w:id="1483"/>
+    <w:bookmarkStart w:name="z2022" w:id="1484"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аумақтардың қала құрылысын жобалаудың (облысты немесе оның бiр бөлігiн аудандық жоспарлау жобасының) кешендi схемасын, облыс аумағындағы елдi мекендердiң белгiленген тәртiппен бекiтiлген бас жоспарларын iске асыру жөніндегi қызметтi үйлестiру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1677"/>
-    <w:bookmarkStart w:name="z2023" w:id="1678"/>
+    <w:bookmarkEnd w:id="1484"/>
+    <w:bookmarkStart w:name="z2023" w:id="1485"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) халықтың есептік саны жүз мың тұрғыннан асатын облыстық маңызы бар қаланың бас жоспарының жобасын кейіннен Қазақстан Республикасы Үкіметінің бекітуіне ұсыну үшін облыстық мәслихаттың қарауына енгізу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1678"/>
-    <w:bookmarkStart w:name="z2024" w:id="1679"/>
+    <w:bookmarkEnd w:id="1485"/>
+    <w:bookmarkStart w:name="z2024" w:id="1486"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) облыстық мәслихат мақұлдаған, халқының есептік саны жүз мың тұрғыннан асатын облыстық маңызы бар қалалардың бас жоспарларын әзірлеуді ұйымдастыру және оларды Қазақстан Республикасының Үкіметіне бекітуге ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1679"/>
-    <w:bookmarkStart w:name="z2025" w:id="1680"/>
+    <w:bookmarkEnd w:id="1486"/>
+    <w:bookmarkStart w:name="z2025" w:id="1487"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) ведомстволық бағынысты әкімшілік-аумақтық бірлік аумақтарында қала құрылысын дамытудың кешенді схемаларын (аудандық жоспарлау жобаларын), сондай-ақ қалалық мәслихат мақұлдаған, халқының есептік саны жүз мың тұрғынға дейінгі облыстық маңызы бар қалаларды дамытудың бас жоспарларын облыстық мәслихаттың бекітуіне ұсыну; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1680"/>
-    <w:bookmarkStart w:name="z2026" w:id="1681"/>
+    <w:bookmarkEnd w:id="1487"/>
+    <w:bookmarkStart w:name="z2026" w:id="1488"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) облыстық мәслихатқа Қазақстан Республикасының заңдарына сәйкес қарамағындағы әкiмшiлiк-аумақтық бөлiнiстердiң шекараларын белгiлеу немесе өзгерту жөнiнде қала құрылысынан туындайтын факторларға байланысты ұсыныстар енгiзу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1681"/>
-    <w:bookmarkStart w:name="z2027" w:id="1682"/>
+    <w:bookmarkEnd w:id="1488"/>
+    <w:bookmarkStart w:name="z2027" w:id="1489"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) облыстық маңызы бар қалалар бас жоспарының жобаларына келiсiм беру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1682"/>
-    <w:bookmarkStart w:name="z2028" w:id="1683"/>
+    <w:bookmarkEnd w:id="1489"/>
+    <w:bookmarkStart w:name="z2028" w:id="1490"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) елді мекендердің бекітілген бас жоспарларын (қала құрылысын жоспарлаудың кешенді схемаларын, жоспарлау жобаларын) дамыту үшін әзірленетін қала құрылысы жоспарларын (егжей-тегжейлі жоспарлау жобаларын, құрылыс жобаларын) бекіту және іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1683"/>
-    <w:bookmarkStart w:name="z2029" w:id="1684"/>
+    <w:bookmarkEnd w:id="1490"/>
+    <w:bookmarkStart w:name="z2029" w:id="1491"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) республикалық маңызы бар қалалардың оларды облыс аумақтары, резервтiк аумақтар, қала маңындағы аймақ, сондай-ақ заң арқылы қала ықпал ететiн аймаққа жатқызылған өзге де аумақтар есебiнен дамыту бөлiгiндегi бас жоспарларының жобаларына келiсiм беру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1684"/>
-    <w:bookmarkStart w:name="z2030" w:id="1685"/>
+    <w:bookmarkEnd w:id="1491"/>
+    <w:bookmarkStart w:name="z2030" w:id="1492"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) аумақта жоспарланып отырған құрылыс салу не өзге де қала құрылысының өзгерiстерi туралы халыққа хабарлап отыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1685"/>
-    <w:bookmarkStart w:name="z2031" w:id="1686"/>
+    <w:bookmarkEnd w:id="1492"/>
+    <w:bookmarkStart w:name="z2031" w:id="1493"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) құрылыстарды, үйлерді, ғимараттарды, инженерлік және көлік коммуникацияларын салу, кеңейту, техникамен қайта жарақтандыру, жаңғырту, қайта жаңарту, қалпына келтіру және күрделі жөндеу туралы, сондай-ақ аумақты инженерлік жағынан дайындау, абаттандыру мен көгалдандыру, аяқталмаған құрылыс объектілерін консервациялау, облыстық маңызы бар объектілерді кейіннен кәдеге жарату жөніндегі жұмыстар кешенін жүргізу туралы шешімдер қабылдау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1686"/>
-    <w:bookmarkStart w:name="z2032" w:id="1687"/>
+    <w:bookmarkEnd w:id="1493"/>
+    <w:bookmarkStart w:name="z2032" w:id="1494"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) облыс аумағында сәулет-құрылыс бақылау мен қадағалау мемлекеттік органдарының жұмысына жәрдемдесу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1687"/>
-    <w:bookmarkStart w:name="z2033" w:id="1688"/>
+    <w:bookmarkEnd w:id="1494"/>
+    <w:bookmarkStart w:name="z2033" w:id="1495"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) мемлекеттік қала құрылысы кадастрының дерекқорына ақпарат енгізу үшін белгіленген тәртіппен ақпараттар және (немесе) мәліметтер беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1688"/>
-    <w:bookmarkStart w:name="z2034" w:id="1689"/>
+    <w:bookmarkEnd w:id="1495"/>
+    <w:bookmarkStart w:name="z2034" w:id="1496"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) ғибадат үйлерін (ғимараттарын) салу және олардың орналасатын жерін айқындау туралы шешімдер беру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1689"/>
-    <w:bookmarkStart w:name="z2035" w:id="1690"/>
+    <w:bookmarkEnd w:id="1496"/>
+    <w:bookmarkStart w:name="z2035" w:id="1497"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) үйлерді (ғимараттарды) ғибадат үйлері (ғимараттары) етіп қайта бейіндеу (функционалдық мақсатын өзгерту) туралы шешімдер беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1690"/>
-    <w:bookmarkStart w:name="z2036" w:id="1691"/>
+    <w:bookmarkEnd w:id="1497"/>
+    <w:bookmarkStart w:name="z2036" w:id="1498"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1691"/>
-    <w:bookmarkStart w:name="z2037" w:id="1692"/>
+    <w:bookmarkEnd w:id="1498"/>
+    <w:bookmarkStart w:name="z2037" w:id="1499"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1692"/>
-    <w:bookmarkStart w:name="z2038" w:id="1693"/>
+    <w:bookmarkEnd w:id="1499"/>
+    <w:bookmarkStart w:name="z2038" w:id="1500"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1693"/>
-    <w:bookmarkStart w:name="z2039" w:id="1694"/>
+    <w:bookmarkEnd w:id="1500"/>
+    <w:bookmarkStart w:name="z2039" w:id="1501"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1694"/>
-    <w:bookmarkStart w:name="z2040" w:id="1695"/>
+    <w:bookmarkEnd w:id="1501"/>
+    <w:bookmarkStart w:name="z2040" w:id="1502"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарманың бірінші басшысының орынбасарлары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1695"/>
-    <w:bookmarkStart w:name="z2041" w:id="1696"/>
+    <w:bookmarkEnd w:id="1502"/>
+    <w:bookmarkStart w:name="z2041" w:id="1503"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1696"/>
-    <w:bookmarkStart w:name="z2042" w:id="1697"/>
+    <w:bookmarkEnd w:id="1503"/>
+    <w:bookmarkStart w:name="z2042" w:id="1504"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құрылымдық бөлімшелерінің басшыларының міндеттері мен өкілеттіліктерін анықтайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1697"/>
-    <w:bookmarkStart w:name="z2043" w:id="1698"/>
+    <w:bookmarkEnd w:id="1504"/>
+    <w:bookmarkStart w:name="z2043" w:id="1505"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) қызметкерлерін тағайындайды және лауазымдарынан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1698"/>
-    <w:bookmarkStart w:name="z2044" w:id="1699"/>
+    <w:bookmarkEnd w:id="1505"/>
+    <w:bookmarkStart w:name="z2044" w:id="1506"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) белгіленген заңнамалық тәртіппен қызметкерлерін ынталандыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1699"/>
-    <w:bookmarkStart w:name="z2045" w:id="1700"/>
+    <w:bookmarkEnd w:id="1506"/>
+    <w:bookmarkStart w:name="z2045" w:id="1507"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) белгіленген заңнамалық тәртіппен қызметкерлеріне тәртіптік жаза тағайындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1700"/>
-    <w:bookmarkStart w:name="z2046" w:id="1701"/>
+    <w:bookmarkEnd w:id="1507"/>
+    <w:bookmarkStart w:name="z2046" w:id="1508"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) өз құзырының шегінде бұйрықтар шығарады, нұсқаулар береді, қызметтік құжаттарға қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1701"/>
-    <w:bookmarkStart w:name="z2047" w:id="1702"/>
+    <w:bookmarkEnd w:id="1508"/>
+    <w:bookmarkStart w:name="z2047" w:id="1509"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) құрылымдық бөлімшелер туралы ережені бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1702"/>
-    <w:bookmarkStart w:name="z2048" w:id="1703"/>
+    <w:bookmarkEnd w:id="1509"/>
+    <w:bookmarkStart w:name="z2048" w:id="1510"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мемлекеттік органдарда және өзге де ұйымдарда Басқарманың атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1703"/>
-    <w:bookmarkStart w:name="z2049" w:id="1704"/>
+    <w:bookmarkEnd w:id="1510"/>
+    <w:bookmarkStart w:name="z2049" w:id="1511"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) құзырына кіретін мәселелер бойынша нормативтік құқықтық актілерді, бағдарламалардың жобаларын және басқа да құжаттардың орындалуы барысын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1704"/>
-    <w:bookmarkStart w:name="z2050" w:id="1705"/>
+    <w:bookmarkEnd w:id="1511"/>
+    <w:bookmarkStart w:name="z2050" w:id="1512"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) құзырына кіретін мәселелер бойынша есептік материалдарды дайындау жөніндегі жұмыстарды бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1705"/>
-    <w:bookmarkStart w:name="z2051" w:id="1706"/>
+    <w:bookmarkEnd w:id="1512"/>
+    <w:bookmarkStart w:name="z2051" w:id="1513"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) Стратегиялық жоспарының іске асырылу барысын үйлестіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1706"/>
-    <w:bookmarkStart w:name="z2052" w:id="1707"/>
+    <w:bookmarkEnd w:id="1513"/>
+    <w:bookmarkStart w:name="z2052" w:id="1514"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) белгіленген тәртіппен қаржылық-экономикалық және шаруашылық қызметтерінің мәселелерін шешеді, бюджеттік қаражаттардың тиімді және мақсатты орындалуын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1707"/>
-    <w:bookmarkStart w:name="z2053" w:id="1708"/>
+    <w:bookmarkEnd w:id="1514"/>
+    <w:bookmarkStart w:name="z2053" w:id="1515"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) қызметінде заңдылықтың, шарттық және қаржылық тәртіптің сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1708"/>
-    <w:bookmarkStart w:name="z2054" w:id="1709"/>
+    <w:bookmarkEnd w:id="1515"/>
+    <w:bookmarkStart w:name="z2054" w:id="1516"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) жемқорлыққа қарсы бағытталған шараларды қолдануға міндетті және жемқорлыққа қарсы шараларды қолданбағаны үшін дербес жауапкершілікте болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1709"/>
-    <w:bookmarkStart w:name="z2055" w:id="1710"/>
+    <w:bookmarkEnd w:id="1516"/>
+    <w:bookmarkStart w:name="z2055" w:id="1517"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттілікті жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1710"/>
-    <w:bookmarkStart w:name="z2056" w:id="1711"/>
+    <w:bookmarkEnd w:id="1517"/>
+    <w:bookmarkStart w:name="z2056" w:id="1518"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1711"/>
-    <w:bookmarkStart w:name="z2057" w:id="1712"/>
+    <w:bookmarkEnd w:id="1518"/>
+    <w:bookmarkStart w:name="z2057" w:id="1519"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1712"/>
-    <w:bookmarkStart w:name="z2058" w:id="1713"/>
+    <w:bookmarkEnd w:id="1519"/>
+    <w:bookmarkStart w:name="z2058" w:id="1520"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1713"/>
-    <w:bookmarkStart w:name="z2059" w:id="1714"/>
+    <w:bookmarkEnd w:id="1520"/>
+    <w:bookmarkStart w:name="z2059" w:id="1521"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1714"/>
-    <w:bookmarkStart w:name="z2060" w:id="1715"/>
+    <w:bookmarkEnd w:id="1521"/>
+    <w:bookmarkStart w:name="z2060" w:id="1522"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1715"/>
-    <w:bookmarkStart w:name="z2061" w:id="1716"/>
+    <w:bookmarkEnd w:id="1522"/>
+    <w:bookmarkStart w:name="z2061" w:id="1523"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1716"/>
-    <w:bookmarkStart w:name="z2062" w:id="1717"/>
+    <w:bookmarkEnd w:id="1523"/>
+    <w:bookmarkStart w:name="z2062" w:id="1524"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1717"/>
-    <w:bookmarkStart w:name="z2063" w:id="1718"/>
+    <w:bookmarkEnd w:id="1524"/>
+    <w:bookmarkStart w:name="z2063" w:id="1525"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1718"/>
+    <w:bookmarkEnd w:id="1525"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -40686,2478 +40336,2478 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 20-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z2065" w:id="1719"/>
+    <w:bookmarkStart w:name="z2065" w:id="1526"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының табиғи ресурстар және табиғатты пайдалануды реттеу басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1719"/>
-    <w:bookmarkStart w:name="z2066" w:id="1720"/>
+    <w:bookmarkEnd w:id="1526"/>
+    <w:bookmarkStart w:name="z2066" w:id="1527"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1720"/>
-    <w:bookmarkStart w:name="z2067" w:id="1721"/>
+    <w:bookmarkEnd w:id="1527"/>
+    <w:bookmarkStart w:name="z2067" w:id="1528"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1."Жетісу облысының табиғи ресурстар және табиғатты пайдалануды реттеу басқармасы" мемлекеттік мекемесі (әрі қарай – Басқарма) Жетісу облысы аумағында табиғи ресурстарды қорғау, молықтыру, реттеу және тиімді пайдалану салаларында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1721"/>
-    <w:bookmarkStart w:name="z2068" w:id="1722"/>
+    <w:bookmarkEnd w:id="1528"/>
+    <w:bookmarkStart w:name="z2068" w:id="1529"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Басқарманың ведомстволары жоқ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1722"/>
-    <w:bookmarkStart w:name="z2069" w:id="1723"/>
+    <w:bookmarkEnd w:id="1529"/>
+    <w:bookmarkStart w:name="z2069" w:id="1530"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1723"/>
-    <w:bookmarkStart w:name="z2070" w:id="1724"/>
+    <w:bookmarkEnd w:id="1530"/>
+    <w:bookmarkStart w:name="z2070" w:id="1531"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ тілінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1724"/>
-    <w:bookmarkStart w:name="z2071" w:id="1725"/>
+    <w:bookmarkEnd w:id="1531"/>
+    <w:bookmarkStart w:name="z2071" w:id="1532"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1725"/>
-    <w:bookmarkStart w:name="z2072" w:id="1726"/>
+    <w:bookmarkEnd w:id="1532"/>
+    <w:bookmarkStart w:name="z2072" w:id="1533"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1726"/>
-    <w:bookmarkStart w:name="z2073" w:id="1727"/>
+    <w:bookmarkEnd w:id="1533"/>
+    <w:bookmarkStart w:name="z2073" w:id="1534"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1727"/>
-    <w:bookmarkStart w:name="z2074" w:id="1728"/>
+    <w:bookmarkEnd w:id="1534"/>
+    <w:bookmarkStart w:name="z2074" w:id="1535"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1728"/>
-    <w:bookmarkStart w:name="z2075" w:id="1729"/>
+    <w:bookmarkEnd w:id="1535"/>
+    <w:bookmarkStart w:name="z2075" w:id="1536"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Қабанбай батыр көшесі, № 26.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1729"/>
-    <w:bookmarkStart w:name="z2076" w:id="1730"/>
+    <w:bookmarkEnd w:id="1536"/>
+    <w:bookmarkStart w:name="z2076" w:id="1537"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Осы ереже Басқарманың құрылтай құжаты болып табылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1730"/>
-    <w:bookmarkStart w:name="z2077" w:id="1731"/>
+    <w:bookmarkEnd w:id="1537"/>
+    <w:bookmarkStart w:name="z2077" w:id="1538"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1731"/>
-    <w:bookmarkStart w:name="z2078" w:id="1732"/>
+    <w:bookmarkEnd w:id="1538"/>
+    <w:bookmarkStart w:name="z2078" w:id="1539"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1732"/>
-    <w:bookmarkStart w:name="z2079" w:id="1733"/>
+    <w:bookmarkEnd w:id="1539"/>
+    <w:bookmarkStart w:name="z2079" w:id="1540"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1733"/>
-    <w:bookmarkStart w:name="z2080" w:id="1734"/>
+    <w:bookmarkEnd w:id="1540"/>
+    <w:bookmarkStart w:name="z2080" w:id="1541"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1734"/>
-    <w:bookmarkStart w:name="z2081" w:id="1735"/>
+    <w:bookmarkEnd w:id="1541"/>
+    <w:bookmarkStart w:name="z2081" w:id="1542"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1735"/>
-    <w:bookmarkStart w:name="z2082" w:id="1736"/>
+    <w:bookmarkEnd w:id="1542"/>
+    <w:bookmarkStart w:name="z2082" w:id="1543"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ормандарды күзету, қорғау, молықтыру, жануарлар дүниесін қорғау мақсатында мемлекеттік басқару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1736"/>
-    <w:bookmarkStart w:name="z2083" w:id="1737"/>
+    <w:bookmarkEnd w:id="1543"/>
+    <w:bookmarkStart w:name="z2083" w:id="1544"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) табиғи ресурстарды пайдалану саласындағы мемлекеттік басқару;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1737"/>
-    <w:bookmarkStart w:name="z2084" w:id="1738"/>
+    <w:bookmarkEnd w:id="1544"/>
+    <w:bookmarkStart w:name="z2084" w:id="1545"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) адам денсаулығы мен өмірі үшін қоршаған ортаның қолайлы жағдайын қамтамасыз ету мақсатында, экологиялық қауіпсіздікті, биологиялық түрлілік пен экологиялық жүйелерді сақтауды қамтамасыз ететін қоршаған ортаның сапасын реттеу және оған шекті әсерді белгілеу жолымен қоршаған ортаны қорғау саласында мемлекеттік реттеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1738"/>
-    <w:bookmarkStart w:name="z2085" w:id="1739"/>
+    <w:bookmarkEnd w:id="1545"/>
+    <w:bookmarkStart w:name="z2085" w:id="1546"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1739"/>
-    <w:bookmarkStart w:name="z2086" w:id="1740"/>
+    <w:bookmarkEnd w:id="1546"/>
+    <w:bookmarkStart w:name="z2086" w:id="1547"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1740"/>
-    <w:bookmarkStart w:name="z2087" w:id="1741"/>
+    <w:bookmarkEnd w:id="1547"/>
+    <w:bookmarkStart w:name="z2087" w:id="1548"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдардан және өзге де ұйымдардан өз қызметіне қажетті ақпаратты сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1741"/>
-    <w:bookmarkStart w:name="z2088" w:id="1742"/>
+    <w:bookmarkEnd w:id="1548"/>
+    <w:bookmarkStart w:name="z2088" w:id="1549"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының қолданыстағы заңнамасында көзделген өзге де құқықтарды жүзеге асыру; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1742"/>
-    <w:bookmarkStart w:name="z2089" w:id="1743"/>
+    <w:bookmarkEnd w:id="1549"/>
+    <w:bookmarkStart w:name="z2089" w:id="1550"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1743"/>
-    <w:bookmarkStart w:name="z2090" w:id="1744"/>
+    <w:bookmarkEnd w:id="1550"/>
+    <w:bookmarkStart w:name="z2090" w:id="1551"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       қылмыстық және әкімшілік құқық бұзушылықтардың алдын алу жөнінде шаралар қабылдау; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1744"/>
-    <w:bookmarkStart w:name="z2091" w:id="1745"/>
+    <w:bookmarkEnd w:id="1551"/>
+    <w:bookmarkStart w:name="z2091" w:id="1552"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы Экология, геология және табиғи ресурстар министрлігі Орман шаруашылығы және жануарлар дүниесі комитетінің табиғат қорғау ұйымдарының, орман шаруашылығы ұйымдарының және мамандандырылған ұйымдарының басшылары мен мамандары лауазымдарының бекітілген үлгілік біліктілік сипаттамалары негізінде Басқарманың қарамағындағы орман шаруашылығы мемлекеттік мекемелерінің басшылары мен мамандары лауазымдарының біліктілік сипаттамаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1745"/>
-    <w:bookmarkStart w:name="z2092" w:id="1746"/>
+    <w:bookmarkEnd w:id="1552"/>
+    <w:bookmarkStart w:name="z2092" w:id="1553"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасы заңнамасында ескерілген табиғат қорғау заңдылықтарын бұзушыларға жаза қолдану жұмысын жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1746"/>
-    <w:bookmarkStart w:name="z2093" w:id="1747"/>
+    <w:bookmarkEnd w:id="1553"/>
+    <w:bookmarkStart w:name="z2093" w:id="1554"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заңнамада белгіленген тәртіппен табиғат қорғау шаралары бойынша мемлекеттік сатып алуды ұйымдастыру және өткізу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1747"/>
-    <w:bookmarkStart w:name="z2094" w:id="1748"/>
+    <w:bookmarkEnd w:id="1554"/>
+    <w:bookmarkStart w:name="z2094" w:id="1555"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңнамада белгіленген тәртіппен табиғатты қорғау шараларын өткізу бойынша жұмыстарды сатып алу шартын жасау және оның орындалуын бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1748"/>
-    <w:bookmarkStart w:name="z2095" w:id="1749"/>
+    <w:bookmarkEnd w:id="1555"/>
+    <w:bookmarkStart w:name="z2095" w:id="1556"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасына сәйкес өз құзыреті шегінде қоршаған ортаны қорғау, су ресурстары және өсімдік әлем саласында басқа да құқықтарды және міндеттерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1749"/>
-    <w:bookmarkStart w:name="z2096" w:id="1750"/>
+    <w:bookmarkEnd w:id="1556"/>
+    <w:bookmarkStart w:name="z2096" w:id="1557"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының қолданыстағы заңнамасында көзделген өзге де міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1750"/>
-    <w:bookmarkStart w:name="z2097" w:id="1751"/>
+    <w:bookmarkEnd w:id="1557"/>
+    <w:bookmarkStart w:name="z2097" w:id="1558"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1751"/>
-    <w:bookmarkStart w:name="z2098" w:id="1752"/>
+    <w:bookmarkEnd w:id="1558"/>
+    <w:bookmarkStart w:name="z2098" w:id="1559"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)мемлекеттік орман қоры аумағында ормандарды және жануарлар дүниесін қорғауды қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1752"/>
-    <w:bookmarkStart w:name="z2099" w:id="1753"/>
+    <w:bookmarkEnd w:id="1559"/>
+    <w:bookmarkStart w:name="z2099" w:id="1560"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)жергiлiктi маңызы бар мемлекеттiк табиғи-қорық қоры объектiлерiнiң және ерекше қорғалатын табиғи аумақтардың тiзбесiн бекітуге ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1753"/>
-    <w:bookmarkStart w:name="z2100" w:id="1754"/>
+    <w:bookmarkEnd w:id="1560"/>
+    <w:bookmarkStart w:name="z2100" w:id="1561"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)жергілікті маңызы бар ерекше қорғалатын табиғи аумақтардың қорғау аймақтарын белгілеу бойынша ұсыныстар енгізеді және осы аумақтардың экологиялық жүйелерiнiң жай-күйiне терiс әсер ететiн қызметтi шектеу шараларын ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1754"/>
-    <w:bookmarkStart w:name="z2101" w:id="1755"/>
+    <w:bookmarkEnd w:id="1561"/>
+    <w:bookmarkStart w:name="z2101" w:id="1562"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)мемлекеттiк орман саясатын қалыптастыру және оны iске асыру жөнiндегi ұсыныстарды тұжырымдауға қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1755"/>
-    <w:bookmarkStart w:name="z2102" w:id="1756"/>
+    <w:bookmarkEnd w:id="1562"/>
+    <w:bookmarkStart w:name="z2102" w:id="1563"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)орманда өрт қаупi болатын маусымда мемлекеттiк орман қоры аумағында өрттердi сөндiру үшiн жанар-жағармай материалдарының резервiн жасайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1756"/>
-    <w:bookmarkStart w:name="z2103" w:id="1757"/>
+    <w:bookmarkEnd w:id="1563"/>
+    <w:bookmarkStart w:name="z2103" w:id="1564"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6)шаруа және фермер қожалықтары мен өзге де ауыл шаруашылығы ұйымдарының орман қорына iргелес аумақтардағы ауыл шаруашылығы алқаптарында, жайылымдық және шабындық жерлерде сабантүбiн, аңыздарды және өзге де өсiмдiк қалдықтарын өртеуiне, қау шөбiн өртеуiне бақылау жасауды қамтамасыз етедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1757"/>
-    <w:bookmarkStart w:name="z2104" w:id="1758"/>
+    <w:bookmarkEnd w:id="1564"/>
+    <w:bookmarkStart w:name="z2104" w:id="1565"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7)облыс аумағында ормандағы өртке қарсы күрес жөнiндегi жұмыстарды үйлестiредi, қажет болған жағдайда осы мақсатта арнайы комиссиялар құрады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1758"/>
-    <w:bookmarkStart w:name="z2105" w:id="1759"/>
+    <w:bookmarkEnd w:id="1565"/>
+    <w:bookmarkStart w:name="z2105" w:id="1566"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8)ормандарды күзетудi, қорғауды, молықтыру мен орман өсiрудi ұйымдастырады және қамтамасыз етедi, өздерiнiң функционалдық қарауындағы мемлекеттiк орман қоры аумағында орман пайдалануды реттейдi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1759"/>
-    <w:bookmarkStart w:name="z2106" w:id="1760"/>
+    <w:bookmarkEnd w:id="1566"/>
+    <w:bookmarkStart w:name="z2106" w:id="1567"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9)мемлекеттiк орман қоры аумағында ормандағы өрттердiң алдын алу және оларға қарсы күрес жөнiндегi iс-шаралардың жыл сайынғы жоспарларын әзiрлейдi, бекiтедi және iске асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1760"/>
-    <w:bookmarkStart w:name="z2107" w:id="1761"/>
+    <w:bookmarkEnd w:id="1567"/>
+    <w:bookmarkStart w:name="z2107" w:id="1568"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10)өртке қарсы насихатты, бұқаралық ақпарат құралдарында ормандарды сақтау, ормандарда өрт қауiпсiздiгi ережелерiн орындау туралы мәселелердiң тұрақты берiлуiн ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1761"/>
-    <w:bookmarkStart w:name="z2108" w:id="1762"/>
+    <w:bookmarkEnd w:id="1568"/>
+    <w:bookmarkStart w:name="z2108" w:id="1569"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11)орман қоры аумағында орман зиянкестерiмен және ауруларымен күрес және орманның санитарлық жай-күйiн жақсарту жөнiндегi жұмыстарды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1762"/>
-    <w:bookmarkStart w:name="z2109" w:id="1763"/>
+    <w:bookmarkEnd w:id="1569"/>
+    <w:bookmarkStart w:name="z2109" w:id="1570"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12)орман зиянкестерi мен ауруларына қарсы күресте авиахимиялық, авиабиологиялық және аэрозольдық iс-шаралар жүргiзген кезде, сондай-ақ орманда өрт қаупi жоғары болып тұрған кезеңдерде жеке тұлғалардың мемлекеттiк орман қоры аумағында болуына тыйым салу туралы, орман пайдалану құқығын шектеу туралы ұсыныс енгізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1763"/>
-    <w:bookmarkStart w:name="z2110" w:id="1764"/>
+    <w:bookmarkEnd w:id="1570"/>
+    <w:bookmarkStart w:name="z2110" w:id="1571"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13)уәкiлеттi органға беру үшiн өздерiнiң функционалдық қарауындағы орман қорының мемлекеттiк есебi, мемлекеттiк орман кадастры, мемлекеттiк орман мониторингi жөнiнде материалдар әзiрлейдi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1764"/>
-    <w:bookmarkStart w:name="z2111" w:id="1765"/>
+    <w:bookmarkEnd w:id="1571"/>
+    <w:bookmarkStart w:name="z2111" w:id="1572"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14)өздерiнiң функционалдық қарауындағы мемлекеттiк орман қоры учаскелерiнде аяқталған объектiлердi және орман шаруашылығы iс-шараларын жүргiзу нәтижесiнде өндiрiлген дайын өнiмдердi қабылдайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1765"/>
-    <w:bookmarkStart w:name="z2112" w:id="1766"/>
+    <w:bookmarkEnd w:id="1572"/>
+    <w:bookmarkStart w:name="z2112" w:id="1573"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15)мемлекеттiк орман қоры учаскелерiнде орман пайдаланғаны үшiн төлемақы мөлшерлемелерi (сүректi түбiрiмен босату үшiн мөлшерлемелердi қоспағанда) жобаларын әзiрлейдi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1766"/>
-    <w:bookmarkStart w:name="z2113" w:id="1767"/>
+    <w:bookmarkEnd w:id="1573"/>
+    <w:bookmarkStart w:name="z2113" w:id="1574"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16)облыстың, республикалық маңызы бар қаланың, астананың жергілікті өкілді және атқарушы органдары өкілдерінің қатысуымен өз қарауындағы мемлекеттiк орман қоры учаскелерiнде орман ресурстарын ұзақ мерзiмдi орман пайдалануға беру жөнiнде тендерлер ұйымдастырады және өткiзедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1767"/>
-    <w:bookmarkStart w:name="z2114" w:id="1768"/>
+    <w:bookmarkEnd w:id="1574"/>
+    <w:bookmarkStart w:name="z2114" w:id="1575"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17)өздерінің функционалдық қарауындағы мемлекеттiк орман қоры учаскелерiнде орман пайдалану құқығын, сондай-ақ ормандардың жай-күйiне және молықтырылуына қауiп төндiретiн жұмыстарды Қазақстан Республикасының заңнамасына сәйкес тоқтата тұрады, шектейдi, тоқтатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1768"/>
-    <w:bookmarkStart w:name="z2115" w:id="1769"/>
+    <w:bookmarkEnd w:id="1575"/>
+    <w:bookmarkStart w:name="z2115" w:id="1576"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18)орман ресурстары сауықтыру, рекреациялық, тарихи-мәдени, туристік және спорттық мақсаттар, аңшылық шаруашылығының мұқтаждықтары, жанама орман пайдалану үшін ұзақ мерзімді орман пайдалануға берілген, өз қарауындағы мемлекеттік орман қоры жерлерінде орман пайдаланушыларға құрылыс объектілерін салуға учаскелер береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1769"/>
-    <w:bookmarkStart w:name="z2116" w:id="1770"/>
+    <w:bookmarkEnd w:id="1576"/>
+    <w:bookmarkStart w:name="z2116" w:id="1577"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19)өздерінің ведомстволық бағынысындағы орман мекемесінің нышанын (эмблемасы мен жалауын) бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1770"/>
-    <w:bookmarkStart w:name="z2117" w:id="1771"/>
+    <w:bookmarkEnd w:id="1577"/>
+    <w:bookmarkStart w:name="z2117" w:id="1578"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20)уәкілетті орган айқындаған тәртіппен басқа санаттардағы жерді орман қоры жеріне ауыстыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1771"/>
-    <w:bookmarkStart w:name="z2118" w:id="1772"/>
+    <w:bookmarkEnd w:id="1578"/>
+    <w:bookmarkStart w:name="z2118" w:id="1579"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21)жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы мемлекеттік саясатты іске асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1772"/>
-    <w:bookmarkStart w:name="z2119" w:id="1773"/>
+    <w:bookmarkEnd w:id="1579"/>
+    <w:bookmarkStart w:name="z2119" w:id="1580"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22)жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану жөнiндегi өздеріне ведомстволық бағыныстағы органдар мен ұйымдардың қызметiн үйлестiру мен бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1773"/>
-    <w:bookmarkStart w:name="z2120" w:id="1774"/>
+    <w:bookmarkEnd w:id="1580"/>
+    <w:bookmarkStart w:name="z2120" w:id="1581"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23)жергiлiктi маңызы бар балық шаруашылығы су айдындарының және (немесе) учаскелерінің тiзбесiн бекiтуге ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1774"/>
-    <w:bookmarkStart w:name="z2121" w:id="1775"/>
+    <w:bookmarkEnd w:id="1581"/>
+    <w:bookmarkStart w:name="z2121" w:id="1582"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24)жануарлар дүниесiн пайдаланушыларға аңшылық алқаптарды бекiтiп беру мен аңшылық шаруашылығының қажеттіліктері үшін сервитуттарды белгілеу жөнiнде шешiмдер қабылдау үшін құжаттарды дайындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1775"/>
-    <w:bookmarkStart w:name="z2122" w:id="1776"/>
+    <w:bookmarkEnd w:id="1582"/>
+    <w:bookmarkStart w:name="z2122" w:id="1583"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25)жануарларға ауырып қалған, бекітіліп берілмеген аңшылық алқаптар мен балық шаруашылығы су айдындарында және (немесе) учаскелерінде олардың қырылу қаупі төнген жағдайда оларға көмек көрсету жөніндегі іс-шараларды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1776"/>
-    <w:bookmarkStart w:name="z2123" w:id="1777"/>
+    <w:bookmarkEnd w:id="1583"/>
+    <w:bookmarkStart w:name="z2123" w:id="1584"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26)аңшылық шаруашылығының мұқтаждықтары үшін жануарлар дүниесін пайдаланушыларға аңшылық алқаптарды бекітіп беру бойынша конкурстар өткізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1777"/>
-    <w:bookmarkStart w:name="z2124" w:id="1778"/>
+    <w:bookmarkEnd w:id="1584"/>
+    <w:bookmarkStart w:name="z2124" w:id="1585"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27)жануарларды, оның ішінде жануарлардың сирек кездесетiн және жойылып кету қаупi төнген түрлерiн интродукциялау, реинтродукциялау және будандастыру жөнiндегi, сондай-ақ қолдан өсiру жөнiндегi қызметтi ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1778"/>
-    <w:bookmarkStart w:name="z2125" w:id="1779"/>
+    <w:bookmarkEnd w:id="1585"/>
+    <w:bookmarkStart w:name="z2125" w:id="1586"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28)аңшылық алқаптарының резервтiк қорында жануарлар дүниесiн қорғауды ұйымдастырады және қамтамасыз етедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1779"/>
-    <w:bookmarkStart w:name="z2126" w:id="1780"/>
+    <w:bookmarkEnd w:id="1586"/>
+    <w:bookmarkStart w:name="z2126" w:id="1587"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29)балық шаруашылығы су айдындарының және (немесе) учаскелерiнiң резервтiк қорын қорғауды ұйымдастырады және қамтамасыз етедi;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1780"/>
-    <w:bookmarkStart w:name="z2127" w:id="1781"/>
+    <w:bookmarkEnd w:id="1587"/>
+    <w:bookmarkStart w:name="z2127" w:id="1588"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30)ғылыми ұсынымдар негізінде балық шаруашылығы су айдындарын және (немесе) учаскелерін паспорттауды жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1781"/>
-    <w:bookmarkStart w:name="z2128" w:id="1782"/>
+    <w:bookmarkEnd w:id="1588"/>
+    <w:bookmarkStart w:name="z2128" w:id="1589"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31)рекреациялық балық аулау аймағын белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1782"/>
-    <w:bookmarkStart w:name="z2129" w:id="1783"/>
+    <w:bookmarkEnd w:id="1589"/>
+    <w:bookmarkStart w:name="z2129" w:id="1590"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32)балық шаруашылығы учаскелерінің шекараларын белгілейді, ұйықтарды (ұйықтық учаскелерді) ашады және жабады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1783"/>
-    <w:bookmarkStart w:name="z2130" w:id="1784"/>
+    <w:bookmarkEnd w:id="1590"/>
+    <w:bookmarkStart w:name="z2130" w:id="1591"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33)екі және одан да көп облыс аумағында орналасқан балық шаруашылығы су айдындарында ғылыми-зерттеу үшін аулау, сондай-ақ сирек кездесетін және құрып бара жатқан жануарлар түрін қоспағанда, жануарлар әлемін пайдалануға рұқсат береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1784"/>
-    <w:bookmarkStart w:name="z2131" w:id="1785"/>
+    <w:bookmarkEnd w:id="1591"/>
+    <w:bookmarkStart w:name="z2131" w:id="1592"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34)облыс аумағында жануарлар дүниесiн қорғау, өсiмiн молайту және пайдалану саласындағы ғылыми зерттеулер мен жобалау-іздестіру жұмыстарын жүргізуді ұйымдастырады және (немесе) қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1785"/>
-    <w:bookmarkStart w:name="z2132" w:id="1786"/>
+    <w:bookmarkEnd w:id="1592"/>
+    <w:bookmarkStart w:name="z2132" w:id="1593"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35)резервтік қордың балық шаруашылығы су айдындарында және (немесе) учаскелерінде балықтардың қырылу қаупі туындаған жағдайларда уәкілетті орган ведомствосы аумақтық бөлімшесінің шешімі негізінде мелиорациялық балық аулауды ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1786"/>
-    <w:bookmarkStart w:name="z2133" w:id="1787"/>
+    <w:bookmarkEnd w:id="1593"/>
+    <w:bookmarkStart w:name="z2133" w:id="1594"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36)инвестициялық салымдар кезінде балық шаруашылығы субъектісі шеккен шығыстардың бір бөлігін өтеу жөнінде жұмыстар атқарады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1787"/>
-    <w:bookmarkStart w:name="z2134" w:id="1788"/>
+    <w:bookmarkEnd w:id="1594"/>
+    <w:bookmarkStart w:name="z2134" w:id="1595"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37)акваөсіру (балық өсіру) өнімінің өнімділігі мен сапасын арттыруға, сондай-ақ асыл тұқымды балық өсіруді дамытуға субсидиялар береді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1788"/>
-    <w:bookmarkStart w:name="z2135" w:id="1789"/>
+    <w:bookmarkEnd w:id="1595"/>
+    <w:bookmarkStart w:name="z2135" w:id="1596"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       38)мемлекеттік орман қоры аумағында биотехникалық іс-шараларының өткізілуін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1789"/>
-    <w:bookmarkStart w:name="z2136" w:id="1790"/>
+    <w:bookmarkEnd w:id="1596"/>
+    <w:bookmarkStart w:name="z2136" w:id="1597"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39)өз құзыреті шегінде мемлекеттік қызметтер көрсетуді жүзеге асырады, оның ішінде: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1790"/>
-    <w:bookmarkStart w:name="z2137" w:id="1791"/>
+    <w:bookmarkEnd w:id="1597"/>
+    <w:bookmarkStart w:name="z2137" w:id="1598"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - жануарлар дүниесін пайдалануға рұқсаттар беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1791"/>
-    <w:bookmarkStart w:name="z2138" w:id="1792"/>
+    <w:bookmarkEnd w:id="1598"/>
+    <w:bookmarkStart w:name="z2138" w:id="1599"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - балық ресурстарын және басқа да су жануарларын пайдалануға рұқсат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1792"/>
-    <w:bookmarkStart w:name="z2139" w:id="1793"/>
+    <w:bookmarkEnd w:id="1599"/>
+    <w:bookmarkStart w:name="z2139" w:id="1600"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - инвестициялық салымдар кезінде балық шаруашылығы субъектісі шеккен шығыстардың бір бөлігін өтеу бойынша субсидиялау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1793"/>
-    <w:bookmarkStart w:name="z2140" w:id="1794"/>
+    <w:bookmarkEnd w:id="1600"/>
+    <w:bookmarkStart w:name="z2140" w:id="1601"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - акваөсіру (балық өсіру) өнімінің өнімділігі мен сапасын арттыруға, сондай-ақ асыл тұқымды балық өсіруді дамытуды субсидиялау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1794"/>
-    <w:bookmarkStart w:name="z2141" w:id="1795"/>
+    <w:bookmarkEnd w:id="1601"/>
+    <w:bookmarkStart w:name="z2141" w:id="1602"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40)су қорғау аймақтары мен белдеулерiн белгiлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1795"/>
-    <w:bookmarkStart w:name="z2142" w:id="1796"/>
+    <w:bookmarkEnd w:id="1602"/>
+    <w:bookmarkStart w:name="z2142" w:id="1603"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41)бассейндік су шаруашылығы басқармаларының келісімімен су қорғау аймақтары мен белдеулерін шаруашылық пайдаланудың режимі мен ерекше жағдайларын белгілейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1796"/>
-    <w:bookmarkStart w:name="z2143" w:id="1797"/>
+    <w:bookmarkEnd w:id="1603"/>
+    <w:bookmarkStart w:name="z2143" w:id="1604"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42)бассейндік кеңестердің жұмысына және бассейндік келісімге қатысады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1797"/>
-    <w:bookmarkStart w:name="z2144" w:id="1798"/>
+    <w:bookmarkEnd w:id="1604"/>
+    <w:bookmarkStart w:name="z2144" w:id="1605"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43)Қоршаған ортаның жай-күйі туралы және Қазақстан Республикасының табиғи ресурстарын пайдалану туралы ұлттық және интерактивті баяндамаларды әзірлеу қағидаларына сәйкес Ұлттық баяндаманы жасау үшін ақпарат ұсынады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1798"/>
-    <w:bookmarkStart w:name="z2145" w:id="1799"/>
+    <w:bookmarkEnd w:id="1605"/>
+    <w:bookmarkStart w:name="z2145" w:id="1606"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44)Қазақстан Республикасының Экологиялық кодексіне сәйкес жергілікті деңгейде мемлекеттік экологиялық саясатты іске асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1799"/>
-    <w:bookmarkStart w:name="z2146" w:id="1800"/>
+    <w:bookmarkEnd w:id="1606"/>
+    <w:bookmarkStart w:name="z2146" w:id="1607"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45)қоршаған ортаны қорғау жөніндегі іс-шараларды іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1800"/>
-    <w:bookmarkStart w:name="z2147" w:id="1801"/>
+    <w:bookmarkEnd w:id="1607"/>
+    <w:bookmarkStart w:name="z2147" w:id="1608"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46)әрбір бес жылдық кезеңге арналған мақсаттық сапа көрсеткіштерін әзірлейді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1801"/>
-    <w:bookmarkStart w:name="z2148" w:id="1802"/>
+    <w:bookmarkEnd w:id="1608"/>
+    <w:bookmarkStart w:name="z2148" w:id="1609"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       47) халқы он мың адамнан асатын елді мекендерде атмосфералық ауаның ластануының жиынтық есебін жүргізу және олардың негізінде елді мекеннің шекті рұқсат етілген шығарындыларының жиынтық томын жасау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1802"/>
-    <w:bookmarkStart w:name="z2149" w:id="1803"/>
+    <w:bookmarkEnd w:id="1609"/>
+    <w:bookmarkStart w:name="z2149" w:id="1610"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48)он мың адамнан астам халқы бар елді мекендерде атмосфералық ауаға ластаушы заттар шығарындыларының стационарлық көздерін түгендеуді қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1803"/>
-    <w:bookmarkStart w:name="z2150" w:id="1804"/>
+    <w:bookmarkEnd w:id="1610"/>
+    <w:bookmarkStart w:name="z2150" w:id="1611"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       49)өз құзыреті шегінде келесі мәселелер бойынша экологиялық сараптама жөніндегі мемлекеттік қызметтерді көрсетеді және жүзеге асырады:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1804"/>
-    <w:bookmarkStart w:name="z2151" w:id="1805"/>
+    <w:bookmarkEnd w:id="1611"/>
+    <w:bookmarkStart w:name="z2151" w:id="1612"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - әсер етуге экологиялық рұқсаттар беру рәсімі шеңберінде II санаттағы объектілерді салу және (немесе) пайдалану жөніндегі жобалау құжаттамасына; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1805"/>
-    <w:bookmarkStart w:name="z2152" w:id="1806"/>
+    <w:bookmarkEnd w:id="1612"/>
+    <w:bookmarkStart w:name="z2152" w:id="1613"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       - қоршаған ортаға әсер ету туралы декларацияны дайындау кезінде III санаттағы объектілерді салу және (немесе) пайдалану жөніндегі жобалау құжаттамасына; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1806"/>
-    <w:bookmarkStart w:name="z2153" w:id="1807"/>
+    <w:bookmarkEnd w:id="1613"/>
+    <w:bookmarkStart w:name="z2153" w:id="1614"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       - мемлекеттік экологиялық сараптамасы қоршаған ортаны қорғау саласындағы уәкілетті органның құзыретіне кірмейтін Қазақстан Республикасының заңдарында көзделген мемлекеттік экологиялық сараптаманың өзге де объектілеріне қатысты ұйымдастырады және жүргізеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1807"/>
-    <w:bookmarkStart w:name="z2154" w:id="1808"/>
+    <w:bookmarkEnd w:id="1614"/>
+    <w:bookmarkStart w:name="z2154" w:id="1615"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50)мемлекеттiк экологиялық сараптама жүргiзу кезiнде қоғамдық тыңдау ұйымдастырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1808"/>
-    <w:bookmarkStart w:name="z2155" w:id="1809"/>
+    <w:bookmarkEnd w:id="1615"/>
+    <w:bookmarkStart w:name="z2155" w:id="1616"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51)жергiлiктi мемлекеттiк басқару мүддесiнде Қазақстан Республикасының заңнамасымен жергiлiктi атқарушы органдарға жүктелетiн өзге де өкiлеттiктердi жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1809"/>
-    <w:bookmarkStart w:name="z2156" w:id="1810"/>
+    <w:bookmarkEnd w:id="1616"/>
+    <w:bookmarkStart w:name="z2156" w:id="1617"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1810"/>
-    <w:bookmarkStart w:name="z2157" w:id="1811"/>
+    <w:bookmarkEnd w:id="1617"/>
+    <w:bookmarkStart w:name="z2157" w:id="1618"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1811"/>
-    <w:bookmarkStart w:name="z2158" w:id="1812"/>
+    <w:bookmarkEnd w:id="1618"/>
+    <w:bookmarkStart w:name="z2158" w:id="1619"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1812"/>
-    <w:bookmarkStart w:name="z2159" w:id="1813"/>
+    <w:bookmarkEnd w:id="1619"/>
+    <w:bookmarkStart w:name="z2159" w:id="1620"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарманың бірінші басшысының орынбасарлары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1813"/>
-    <w:bookmarkStart w:name="z2160" w:id="1814"/>
+    <w:bookmarkEnd w:id="1620"/>
+    <w:bookmarkStart w:name="z2160" w:id="1621"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1814"/>
-    <w:bookmarkStart w:name="z2161" w:id="1815"/>
+    <w:bookmarkEnd w:id="1621"/>
+    <w:bookmarkStart w:name="z2161" w:id="1622"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құрылымдық бөлімшелер басшыларының, Басқарма қызметкерлерінің міндеттері мен өкiлеттiктерiн өз құзыреті шегінде анықтайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1815"/>
-    <w:bookmarkStart w:name="z2162" w:id="1816"/>
+    <w:bookmarkEnd w:id="1622"/>
+    <w:bookmarkStart w:name="z2162" w:id="1623"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Басқарма қызметкерлерін қолданыстағы заңнамаға сәйкес қызметке тағайындайды және босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1816"/>
-    <w:bookmarkStart w:name="z2163" w:id="1817"/>
+    <w:bookmarkEnd w:id="1623"/>
+    <w:bookmarkStart w:name="z2163" w:id="1624"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Басқарманың қарамағындағы коммуналдық мемлекеттік мекемелердің және директорларын қолданыстағы заңнамаға сәйкес қызметке тағайындайды және босатады; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1817"/>
-    <w:bookmarkStart w:name="z2164" w:id="1818"/>
+    <w:bookmarkEnd w:id="1624"/>
+    <w:bookmarkStart w:name="z2164" w:id="1625"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Басқарманың қарамағындағы мемлекеттік мекемелерінің директорларының орынбасарларын қолданыстағы заңнамаға сәйкес қызметке тағайындайды және босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1818"/>
-    <w:bookmarkStart w:name="z2165" w:id="1819"/>
+    <w:bookmarkEnd w:id="1625"/>
+    <w:bookmarkStart w:name="z2165" w:id="1626"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Басқарма қызметкерлерін, Басқарманың қарамағындағы мемлекеттік мекемелердің директорларын және директорлардың орынбасарларын заңнамада белгіленген тәртіппен ынталандырады және тәртіптік жазалар қолданады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1819"/>
-    <w:bookmarkStart w:name="z2166" w:id="1820"/>
+    <w:bookmarkEnd w:id="1626"/>
+    <w:bookmarkStart w:name="z2166" w:id="1627"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) өз құзыреті шегінде бұйрық шығарады және құрылымдық бөлімшелерінің Ережелерін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1820"/>
-    <w:bookmarkStart w:name="z2167" w:id="1821"/>
+    <w:bookmarkEnd w:id="1627"/>
+    <w:bookmarkStart w:name="z2167" w:id="1628"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мемлекеттік органдар мен басқа да ұйымдарда өз құзыреті шегінде Басқарманың мүддесін білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1821"/>
-    <w:bookmarkStart w:name="z2168" w:id="1822"/>
+    <w:bookmarkEnd w:id="1628"/>
+    <w:bookmarkStart w:name="z2168" w:id="1629"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) сыбайлас жемқорлыққа қарсы іс-қимылға бағытталған шараларды қабылдайды және сыбайлас жемқорлыққа қарсы шараларды қабылдамағаны үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1822"/>
-    <w:bookmarkStart w:name="z2169" w:id="1823"/>
+    <w:bookmarkEnd w:id="1629"/>
+    <w:bookmarkStart w:name="z2169" w:id="1630"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        9) Қазақстан Республикасының заңнамасына сәйкес басқа да өкілеттіктерді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1823"/>
-    <w:bookmarkStart w:name="z2170" w:id="1824"/>
+    <w:bookmarkEnd w:id="1630"/>
+    <w:bookmarkStart w:name="z2170" w:id="1631"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1824"/>
-    <w:bookmarkStart w:name="z2171" w:id="1825"/>
+    <w:bookmarkEnd w:id="1631"/>
+    <w:bookmarkStart w:name="z2171" w:id="1632"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1825"/>
-    <w:bookmarkStart w:name="z2172" w:id="1826"/>
+    <w:bookmarkEnd w:id="1632"/>
+    <w:bookmarkStart w:name="z2172" w:id="1633"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1826"/>
-    <w:bookmarkStart w:name="z2173" w:id="1827"/>
+    <w:bookmarkEnd w:id="1633"/>
+    <w:bookmarkStart w:name="z2173" w:id="1634"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1827"/>
-    <w:bookmarkStart w:name="z2174" w:id="1828"/>
+    <w:bookmarkEnd w:id="1634"/>
+    <w:bookmarkStart w:name="z2174" w:id="1635"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1828"/>
-    <w:bookmarkStart w:name="z2175" w:id="1829"/>
+    <w:bookmarkEnd w:id="1635"/>
+    <w:bookmarkStart w:name="z2175" w:id="1636"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1829"/>
-    <w:bookmarkStart w:name="z2176" w:id="1830"/>
+    <w:bookmarkEnd w:id="1636"/>
+    <w:bookmarkStart w:name="z2176" w:id="1637"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1830"/>
-    <w:bookmarkStart w:name="z2177" w:id="1831"/>
+    <w:bookmarkEnd w:id="1637"/>
+    <w:bookmarkStart w:name="z2177" w:id="1638"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1831"/>
-    <w:bookmarkStart w:name="z2178" w:id="1832"/>
+    <w:bookmarkEnd w:id="1638"/>
+    <w:bookmarkStart w:name="z2178" w:id="1639"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Басқарманың қарамағындағы ұйымдардың тізбесі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1832"/>
-    <w:bookmarkStart w:name="z2179" w:id="1833"/>
+    <w:bookmarkEnd w:id="1639"/>
+    <w:bookmarkStart w:name="z2179" w:id="1640"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)"Жетісу облысының табиғи ресурстар және таби ғатты пайдалануды реттеу басқармасы" мемлекеттік мекемесінің "Алакөл орман шаруашылығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1833"/>
-    <w:bookmarkStart w:name="z2180" w:id="1834"/>
+    <w:bookmarkEnd w:id="1640"/>
+    <w:bookmarkStart w:name="z2180" w:id="1641"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) "Жетісу облысының табиғи ресурстар және табиғатты пайдалануды реттеу басқармасы" мемлекеттік мекемесінің "Бөрлітөбе орман шаруашылығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1834"/>
-    <w:bookmarkStart w:name="z2181" w:id="1835"/>
+    <w:bookmarkEnd w:id="1641"/>
+    <w:bookmarkStart w:name="z2181" w:id="1642"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)"Жетісу облысының табиғи ресурстар және табиғатты пайдалануды реттеу басқармасы" мемлекеттік мекемесінің "Жаркент орман шаруашылығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1835"/>
-    <w:bookmarkStart w:name="z2182" w:id="1836"/>
+    <w:bookmarkEnd w:id="1642"/>
+    <w:bookmarkStart w:name="z2182" w:id="1643"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)"Жетісу облысының табиғи ресурстар және табиғатты пайдалануды реттеу басқармасы" мемлекеттік мекемесінің "Қапал орман шаруашылығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1836"/>
-    <w:bookmarkStart w:name="z2183" w:id="1837"/>
+    <w:bookmarkEnd w:id="1643"/>
+    <w:bookmarkStart w:name="z2183" w:id="1644"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) "Жетісу облысының табиғи ресурстар және табиғатты пайдалануды реттеу басқармасы" мемлекеттік мекемесінің "Талдықорған орман шаруашылығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1837"/>
-    <w:bookmarkStart w:name="z2184" w:id="1838"/>
+    <w:bookmarkEnd w:id="1644"/>
+    <w:bookmarkStart w:name="z2184" w:id="1645"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) "Жетісу облысының табиғи ресурстар және табиғатты пайдалануды реттеу басқармасы" мемлекеттік мекемесінің "Үйгентас орман шаруашылығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1838"/>
-    <w:bookmarkStart w:name="z2185" w:id="1839"/>
+    <w:bookmarkEnd w:id="1645"/>
+    <w:bookmarkStart w:name="z2185" w:id="1646"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7)"Жетісу облысының табиғи ресурстар және табиғатты пайдалануды реттеу басқармасы" мемлекеттік мекемесінің "Үштөбе орман шаруашылығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1839"/>
-    <w:bookmarkStart w:name="z2186" w:id="1840"/>
+    <w:bookmarkEnd w:id="1646"/>
+    <w:bookmarkStart w:name="z2186" w:id="1647"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8)"Жетісу облысының табиғи ресурстар және табиғатты пайдалануды реттеу басқармасы" мемлекеттік мекемесінің "Жануарлар дүниесін қорғау жөніндегі жедел қызмет" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1840"/>
+    <w:bookmarkEnd w:id="1647"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -43197,1778 +42847,1778 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 21-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z2188" w:id="1841"/>
+    <w:bookmarkStart w:name="z2188" w:id="1648"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының цифрлық технологиялар басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1841"/>
-    <w:bookmarkStart w:name="z2189" w:id="1842"/>
+    <w:bookmarkEnd w:id="1648"/>
+    <w:bookmarkStart w:name="z2189" w:id="1649"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1842"/>
-    <w:bookmarkStart w:name="z2190" w:id="1843"/>
+    <w:bookmarkEnd w:id="1649"/>
+    <w:bookmarkStart w:name="z2190" w:id="1650"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Жетісу облысының цифрлық технологиялар басқармасы" мемлекеттік мекемесі (бұдан әрі - Басқарма) Жетісу облысында цифрлық технологияларды дамыту, ақпараттандыру, мемлекеттік қызметтерді автоматтандыру саласындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1843"/>
-    <w:bookmarkStart w:name="z2191" w:id="1844"/>
+    <w:bookmarkEnd w:id="1650"/>
+    <w:bookmarkStart w:name="z2191" w:id="1651"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2.Басқарманың ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1844"/>
-    <w:bookmarkStart w:name="z2192" w:id="1845"/>
+    <w:bookmarkEnd w:id="1651"/>
+    <w:bookmarkStart w:name="z2192" w:id="1652"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1845"/>
-    <w:bookmarkStart w:name="z2193" w:id="1846"/>
+    <w:bookmarkEnd w:id="1652"/>
+    <w:bookmarkStart w:name="z2193" w:id="1653"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1846"/>
-    <w:bookmarkStart w:name="z2194" w:id="1847"/>
+    <w:bookmarkEnd w:id="1653"/>
+    <w:bookmarkStart w:name="z2194" w:id="1654"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1847"/>
-    <w:bookmarkStart w:name="z2195" w:id="1848"/>
+    <w:bookmarkEnd w:id="1654"/>
+    <w:bookmarkStart w:name="z2195" w:id="1655"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1848"/>
-    <w:bookmarkStart w:name="z2196" w:id="1849"/>
+    <w:bookmarkEnd w:id="1655"/>
+    <w:bookmarkStart w:name="z2196" w:id="1656"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7.Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1849"/>
-    <w:bookmarkStart w:name="z2197" w:id="1850"/>
+    <w:bookmarkEnd w:id="1656"/>
+    <w:bookmarkStart w:name="z2197" w:id="1657"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1850"/>
-    <w:bookmarkStart w:name="z2198" w:id="1851"/>
+    <w:bookmarkEnd w:id="1657"/>
+    <w:bookmarkStart w:name="z2198" w:id="1658"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9.Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Н. Назарбаев даңғылы, 38.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1851"/>
-    <w:bookmarkStart w:name="z2199" w:id="1852"/>
+    <w:bookmarkEnd w:id="1658"/>
+    <w:bookmarkStart w:name="z2199" w:id="1659"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1852"/>
-    <w:bookmarkStart w:name="z2200" w:id="1853"/>
+    <w:bookmarkEnd w:id="1659"/>
+    <w:bookmarkStart w:name="z2200" w:id="1660"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1853"/>
-    <w:bookmarkStart w:name="z2201" w:id="1854"/>
+    <w:bookmarkEnd w:id="1660"/>
+    <w:bookmarkStart w:name="z2201" w:id="1661"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1854"/>
-    <w:bookmarkStart w:name="z2202" w:id="1855"/>
+    <w:bookmarkEnd w:id="1661"/>
+    <w:bookmarkStart w:name="z2202" w:id="1662"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1855"/>
-    <w:bookmarkStart w:name="z2203" w:id="1856"/>
+    <w:bookmarkEnd w:id="1662"/>
+    <w:bookmarkStart w:name="z2203" w:id="1663"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1856"/>
-    <w:bookmarkStart w:name="z2204" w:id="1857"/>
+    <w:bookmarkEnd w:id="1663"/>
+    <w:bookmarkStart w:name="z2204" w:id="1664"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1857"/>
-    <w:bookmarkStart w:name="z2205" w:id="1858"/>
+    <w:bookmarkEnd w:id="1664"/>
+    <w:bookmarkStart w:name="z2205" w:id="1665"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)экономиканың негізгі салаларына цифрлық технологияларды енгізу жөніндегі жұмысты үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1858"/>
-    <w:bookmarkStart w:name="z2206" w:id="1859"/>
+    <w:bookmarkEnd w:id="1665"/>
+    <w:bookmarkStart w:name="z2206" w:id="1666"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)"Smart City" технологияларын енгізу бойынша жұмысты үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1859"/>
-    <w:bookmarkStart w:name="z2207" w:id="1860"/>
+    <w:bookmarkEnd w:id="1666"/>
+    <w:bookmarkStart w:name="z2207" w:id="1667"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)ақпараттандыру саласындағы уәкілетті органдармен, "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылым операторымен, "электрондық үкіметтің" сервистік интеграторымен өзара іс-қимылды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1860"/>
-    <w:bookmarkStart w:name="z2208" w:id="1861"/>
+    <w:bookmarkEnd w:id="1667"/>
+    <w:bookmarkStart w:name="z2208" w:id="1668"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)ақпараттық-коммуникациялық технологиялар саласындағы бірыңғай талаптардың, сондай-ақ ақпараттандырудың сервистік моделін іске асыру қағидаларының сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1861"/>
-    <w:bookmarkStart w:name="z2209" w:id="1862"/>
+    <w:bookmarkEnd w:id="1668"/>
+    <w:bookmarkStart w:name="z2209" w:id="1669"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5)жергілікті атқарушы органдарда жобалау қызметін әкімшілендіруді қамтамасыз ету, жобаларды басқарудың барлық кезеңдерінде жобаларды бақылау және мониторингтеу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1862"/>
-    <w:bookmarkStart w:name="z2210" w:id="1863"/>
+    <w:bookmarkEnd w:id="1669"/>
+    <w:bookmarkStart w:name="z2210" w:id="1670"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1863"/>
-    <w:bookmarkStart w:name="z2211" w:id="1864"/>
+    <w:bookmarkEnd w:id="1670"/>
+    <w:bookmarkStart w:name="z2211" w:id="1671"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1864"/>
-    <w:bookmarkStart w:name="z2212" w:id="1865"/>
+    <w:bookmarkEnd w:id="1671"/>
+    <w:bookmarkStart w:name="z2212" w:id="1672"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың құзыретіне жататын мәселелер бойынша облыс әкімінің шешімдерінің, өкімдерінің, облыс әкімдігінің қаулыларының жобаларын дайындауға қатысу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1865"/>
-    <w:bookmarkStart w:name="z2213" w:id="1866"/>
+    <w:bookmarkEnd w:id="1672"/>
+    <w:bookmarkStart w:name="z2213" w:id="1673"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңнамада белгіленген тәртіппен мемлекеттік органдардан, аудандардың, қалалардың, өзге де ұйымдардың жергілікті атқарушы органдарынан жүктелген функцияларды орындау үшін қажетті ақпаратты сұрату және алу, сондай-ақ басқа да мемлекеттік органдарға ақпарат беру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1866"/>
-    <w:bookmarkStart w:name="z2214" w:id="1867"/>
+    <w:bookmarkEnd w:id="1673"/>
+    <w:bookmarkStart w:name="z2214" w:id="1674"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың құзыретіне жататын мәселелер бойынша жиналыс, семинар, конференция өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1867"/>
-    <w:bookmarkStart w:name="z2215" w:id="1868"/>
+    <w:bookmarkEnd w:id="1674"/>
+    <w:bookmarkStart w:name="z2215" w:id="1675"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыстың атқарушы органдарының құрылымын жетілдіру жөнінде ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1868"/>
-    <w:bookmarkStart w:name="z2216" w:id="1869"/>
+    <w:bookmarkEnd w:id="1675"/>
+    <w:bookmarkStart w:name="z2216" w:id="1676"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1869"/>
-    <w:bookmarkStart w:name="z2217" w:id="1870"/>
+    <w:bookmarkEnd w:id="1676"/>
+    <w:bookmarkStart w:name="z2217" w:id="1677"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заңды және негізделген шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1870"/>
-    <w:bookmarkStart w:name="z2218" w:id="1871"/>
+    <w:bookmarkEnd w:id="1677"/>
+    <w:bookmarkStart w:name="z2218" w:id="1678"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың құзыретіне жататын мәселелер бойынша Жетісу облысының жергілікті атқарушы органдарының жұмысына талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1871"/>
-    <w:bookmarkStart w:name="z2219" w:id="1872"/>
+    <w:bookmarkEnd w:id="1678"/>
+    <w:bookmarkStart w:name="z2219" w:id="1679"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың құзыретіне жататын мәселелер бойынша жергілікті атқарушы органдарға әдістемелік, консультациялық көмек көрсету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1872"/>
-    <w:bookmarkStart w:name="z2220" w:id="1873"/>
+    <w:bookmarkEnd w:id="1679"/>
+    <w:bookmarkStart w:name="z2220" w:id="1680"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қызметті Қазақстан Республикасының Бюджет кодексіне және "Мемлекеттік сатып алу туралы" 2015 жылғы 4 желтоқсандағы Қазақстан Республикасының Заңына сәйкес жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1873"/>
-    <w:bookmarkStart w:name="z2221" w:id="1874"/>
+    <w:bookmarkEnd w:id="1680"/>
+    <w:bookmarkStart w:name="z2221" w:id="1681"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасында белгіленген өзге де құқықтар мен міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1874"/>
-    <w:bookmarkStart w:name="z2222" w:id="1875"/>
+    <w:bookmarkEnd w:id="1681"/>
+    <w:bookmarkStart w:name="z2222" w:id="1682"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1875"/>
-    <w:bookmarkStart w:name="z2223" w:id="1876"/>
+    <w:bookmarkEnd w:id="1682"/>
+    <w:bookmarkStart w:name="z2223" w:id="1683"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)цифрландыру саласында Қазақстан Республикасы Үкіметінің қаулысымен бекітілген Ұлттық жобаларды іске асыру жөніндегі іс-шаралардың орындалуын үйлестіру және бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1876"/>
-    <w:bookmarkStart w:name="z2224" w:id="1877"/>
+    <w:bookmarkEnd w:id="1683"/>
+    <w:bookmarkStart w:name="z2224" w:id="1684"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)цифрландыру саласындағы мемлекеттік бағдарламаларда көзделген бағыттар мен жобалар бойынша цифрландыру жобаларын іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1877"/>
-    <w:bookmarkStart w:name="z2225" w:id="1878"/>
+    <w:bookmarkEnd w:id="1684"/>
+    <w:bookmarkStart w:name="z2225" w:id="1685"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3)Жетісу облысында іске асырылатын цифрландыру саласындағы жобаларды танымал ету жөніндегі іс-шараларды жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1878"/>
-    <w:bookmarkStart w:name="z2226" w:id="1879"/>
+    <w:bookmarkEnd w:id="1685"/>
+    <w:bookmarkStart w:name="z2226" w:id="1686"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4)"Ақпаратқа қол жеткізу туралы" Қазақстан Республикасы Заңының Жетісу облысының мемлекеттік органдары тарапынан іске асырылуы жөніндегі іс-шараларды үйлестіру және бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1879"/>
-    <w:bookmarkStart w:name="z2227" w:id="1880"/>
+    <w:bookmarkEnd w:id="1686"/>
+    <w:bookmarkStart w:name="z2227" w:id="1687"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5)"электрондық үкімет" архитектурасын дамыту жөніндегі талаптардың сақталуын қамтамасыз ету, жергілікті атқарушы орган қызметінің бағыттарын ескере отырып, "электрондық әкімдіктің" үлгілік архитектурасын енгізу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1880"/>
-    <w:bookmarkStart w:name="z2228" w:id="1881"/>
+    <w:bookmarkEnd w:id="1687"/>
+    <w:bookmarkStart w:name="z2228" w:id="1688"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6)мемлекеттік электрондық ақпараттық ресурстар мен мемлекеттік органдардың ақпараттық жүйелерін құру және дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1881"/>
-    <w:bookmarkStart w:name="z2229" w:id="1882"/>
+    <w:bookmarkEnd w:id="1688"/>
+    <w:bookmarkStart w:name="z2229" w:id="1689"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7)мемлекеттік органның ақпараттық жүйелерін тіркеуді, мемлекеттік органның ақпараттандыру объектілері туралы мәліметтерді есепке алуды, мемлекеттік органның ақпараттандыру объектілерінің техникалық құжаттамасының электрондық көшірмелерін орналастыруды қамтамасыз ету, сондай-ақ "электрондық үкіметтің" архитектуралық порталында мемлекеттік органның ақпараттандыру объектілері туралы ақпаратты өзектендіру, осы бағыттағы Жетісу облысының жергілікті атқарушы органдарының қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1882"/>
-    <w:bookmarkStart w:name="z2230" w:id="1883"/>
+    <w:bookmarkEnd w:id="1689"/>
+    <w:bookmarkStart w:name="z2230" w:id="1690"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8)әзірленген бағдарламалық қамтамасыз етуді, бастапқы бағдарламалық кодтарды (бар болса) және облыстың жергілікті атқарушы органдарының ақпараттық жүйелерінің лицензиялық бағдарламалық қамтамасыз ету параметрлерінің кешенін есепке алу және сақтау үшін "электрондық үкіметтің" сервистік интеграторына беруді қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1883"/>
-    <w:bookmarkStart w:name="z2231" w:id="1884"/>
+    <w:bookmarkEnd w:id="1690"/>
+    <w:bookmarkStart w:name="z2231" w:id="1691"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9)техникалық құжаттаманың түпнұсқаларын қағаз жеткізгіштерде сақтауды қамтамасыз ету және оларды "электрондық үкіметтің" сервистік интеграторына ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1884"/>
-    <w:bookmarkStart w:name="z2232" w:id="1885"/>
+    <w:bookmarkEnd w:id="1691"/>
+    <w:bookmarkStart w:name="z2232" w:id="1692"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10)Жетісу облысының мемлекеттік органдарының "Ашық деректер" порталын толтыруы бойынша іс-шаралар өткізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1885"/>
-    <w:bookmarkStart w:name="z2233" w:id="1886"/>
+    <w:bookmarkEnd w:id="1692"/>
+    <w:bookmarkStart w:name="z2233" w:id="1693"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11)Жетісу облысының халқын байланыспен және интернетпен қамтамасыз ету жөніндегі жұмыстардың жүргізілуін үйлестіру және бақылау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1886"/>
-    <w:bookmarkStart w:name="z2234" w:id="1887"/>
+    <w:bookmarkEnd w:id="1693"/>
+    <w:bookmarkStart w:name="z2234" w:id="1694"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12)Жетісу облысында басқа мемлекеттік органдармен бірлесіп байланыс желілерін дамыту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1887"/>
-    <w:bookmarkStart w:name="z2235" w:id="1888"/>
+    <w:bookmarkEnd w:id="1694"/>
+    <w:bookmarkStart w:name="z2235" w:id="1695"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13)Жетісу облысының елді мекендерінің интернет желісіне кең жолақты қолжетімділігі болуына талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1888"/>
-    <w:bookmarkStart w:name="z2236" w:id="1889"/>
+    <w:bookmarkEnd w:id="1695"/>
+    <w:bookmarkStart w:name="z2236" w:id="1696"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14)"Ақпараттық-коммуникациялық технологиялар" дағдыларын дамыту бойынша оқыту семинарларын, курстарын өткізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1889"/>
-    <w:bookmarkStart w:name="z2237" w:id="1890"/>
+    <w:bookmarkEnd w:id="1696"/>
+    <w:bookmarkStart w:name="z2237" w:id="1697"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15)ақпараттық-коммуникациялық көрсетілетін қызметтер каталогына сәйкес "электрондық үкіметтің" ақпараттық-коммуникациялық инфрақұрылым операторынан ақпараттық-коммуникациялық көрсетілетін қызметтерді сатып алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1890"/>
-    <w:bookmarkStart w:name="z2238" w:id="1891"/>
+    <w:bookmarkEnd w:id="1697"/>
+    <w:bookmarkStart w:name="z2238" w:id="1698"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16)облыстың жергілікті атқарушы органдарының республикалық деңгейдегі мемлекеттік ақпараттық жүйелерді және облыстық деңгейдегі ведомстволық ақпараттық жүйелерді пайдалану тиімділігіне мониторинг жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1891"/>
-    <w:bookmarkStart w:name="z2239" w:id="1892"/>
+    <w:bookmarkEnd w:id="1698"/>
+    <w:bookmarkStart w:name="z2239" w:id="1699"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17)"электрондық үкіметтің" ақпараттандыру объектілерін интеграциялау қағидаларына сәйкес және қорғау бейінімен айқындалатын және мемлекеттік, мемлекеттік емес ақпараттық жүйелердің ақпараттық қауіпсіздігі жөніндегі бірлескен жұмыстар шартымен ресімделетін ақпараттық қауіпсіздік талаптары сақталған кезде мемлекеттік органдардың ақпараттық жүйелерінің интеграциясын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1892"/>
-    <w:bookmarkStart w:name="z2240" w:id="1893"/>
+    <w:bookmarkEnd w:id="1699"/>
+    <w:bookmarkStart w:name="z2240" w:id="1700"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18)ақпараттандыру саласындағы уәкілетті органмен келісім бойынша Қазақстан Республикасының заңнамасына сәйкес мемлекеттік қызметтер көрсету процестерін оңтайландыру және автоматтандыру жөнінде шаралар қабылдауды қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1893"/>
-    <w:bookmarkStart w:name="z2241" w:id="1894"/>
+    <w:bookmarkEnd w:id="1700"/>
+    <w:bookmarkStart w:name="z2241" w:id="1701"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19)Басқарманың құзыретіне жататын бағыттар мен салалар бойынша Жетісу облысында мемлекеттік және салалық бағдарламалардың, Жетісу облысын дамыту бағдарламасының іске асырылуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1894"/>
-    <w:bookmarkStart w:name="z2242" w:id="1895"/>
+    <w:bookmarkEnd w:id="1701"/>
+    <w:bookmarkStart w:name="z2242" w:id="1702"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20)Басқарманың құзыретіне жататын бағыттар бойынша Жетісу облысының жергілікті атқарушы органдары қызметінің тиімділігіне бағалау жүргізу үшін уәкілетті органға есептік ақпарат беру, тиімділікті бағалау қорытындыларын талдау, көрсеткіштерді жақсарту жөніндегі жоспарларды әзірлеу және іс-шараларды іске асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1895"/>
-    <w:bookmarkStart w:name="z2243" w:id="1896"/>
+    <w:bookmarkEnd w:id="1702"/>
+    <w:bookmarkStart w:name="z2243" w:id="1703"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21)мемлекеттік-жекешелік әріптестік жобаларына қатысты конкурсты не тікелей келіссөздерді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1896"/>
-    <w:bookmarkStart w:name="z2244" w:id="1897"/>
+    <w:bookmarkEnd w:id="1703"/>
+    <w:bookmarkStart w:name="z2244" w:id="1704"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22)мемлекеттік-жекешелік әріптестік жобалары бойынша мемлекеттік-жекешелік әріптестік шарттарын жасасу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1897"/>
-    <w:bookmarkStart w:name="z2245" w:id="1898"/>
+    <w:bookmarkEnd w:id="1704"/>
+    <w:bookmarkStart w:name="z2245" w:id="1705"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23)жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1898"/>
-    <w:bookmarkStart w:name="z2246" w:id="1899"/>
+    <w:bookmarkEnd w:id="1705"/>
+    <w:bookmarkStart w:name="z2246" w:id="1706"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24)ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптардың, сондай-ақ ақпараттандырудың сервистік моделін іске асыру қағидаларының сақталуын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1899"/>
-    <w:bookmarkStart w:name="z2247" w:id="1900"/>
+    <w:bookmarkEnd w:id="1706"/>
+    <w:bookmarkStart w:name="z2247" w:id="1707"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25)цифрлық сауаттылықты арттыру үшін жағдайлар жасау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1900"/>
-    <w:bookmarkStart w:name="z2248" w:id="1901"/>
+    <w:bookmarkEnd w:id="1707"/>
+    <w:bookmarkStart w:name="z2248" w:id="1708"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1901"/>
-    <w:bookmarkStart w:name="z2249" w:id="1902"/>
+    <w:bookmarkEnd w:id="1708"/>
+    <w:bookmarkStart w:name="z2249" w:id="1709"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1902"/>
-    <w:bookmarkStart w:name="z2250" w:id="1903"/>
+    <w:bookmarkEnd w:id="1709"/>
+    <w:bookmarkStart w:name="z2250" w:id="1710"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарманың бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1903"/>
-    <w:bookmarkStart w:name="z2251" w:id="1904"/>
+    <w:bookmarkEnd w:id="1710"/>
+    <w:bookmarkStart w:name="z2251" w:id="1711"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Басқарманың бірінші басшысының орынбасарлары жоқ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1904"/>
-    <w:bookmarkStart w:name="z2252" w:id="1905"/>
+    <w:bookmarkEnd w:id="1711"/>
+    <w:bookmarkStart w:name="z2252" w:id="1712"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1905"/>
-    <w:bookmarkStart w:name="z2253" w:id="1906"/>
+    <w:bookmarkEnd w:id="1712"/>
+    <w:bookmarkStart w:name="z2253" w:id="1713"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) басқарманың Ережесін әзірлейді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1906"/>
-    <w:bookmarkStart w:name="z2254" w:id="1907"/>
+    <w:bookmarkEnd w:id="1713"/>
+    <w:bookmarkStart w:name="z2254" w:id="1714"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Басқарманың құрылымын және оның құрылымдық бөлімшелерінің ережелерін бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1907"/>
-    <w:bookmarkStart w:name="z2255" w:id="1908"/>
+    <w:bookmarkEnd w:id="1714"/>
+    <w:bookmarkStart w:name="z2255" w:id="1715"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Басқарма қызметкерлерінің мемлекеттік қызмет туралы заңнаманың орындалуын бақылайды; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1908"/>
-    <w:bookmarkStart w:name="z2256" w:id="1909"/>
+    <w:bookmarkEnd w:id="1715"/>
+    <w:bookmarkStart w:name="z2256" w:id="1716"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) Қазақстан Республикасының заңнамасына сәйкес Басқарманың қызметкерлерін қызметке тағайындайды және қызметтен босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1909"/>
-    <w:bookmarkStart w:name="z2257" w:id="1910"/>
+    <w:bookmarkEnd w:id="1716"/>
+    <w:bookmarkStart w:name="z2257" w:id="1717"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының заңнамасында белгіленген тәртіппен Басқарманың қызметкерлерін көтермелейді және оларға тәртіптік жаза қолданады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1910"/>
-    <w:bookmarkStart w:name="z2258" w:id="1911"/>
+    <w:bookmarkEnd w:id="1717"/>
+    <w:bookmarkStart w:name="z2258" w:id="1718"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) ерлер мен әйелдердің тәжірибесіне, қабілеттеріне және кәсіби даярлығына сәйкес мемлекеттік қызметке тең қолжетімділігін қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1911"/>
-    <w:bookmarkStart w:name="z2259" w:id="1912"/>
+    <w:bookmarkEnd w:id="1718"/>
+    <w:bookmarkStart w:name="z2259" w:id="1719"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мемлекеттік органдарда, өзге де ұйымдарда Басқарманың мүдделерін білдіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1912"/>
-    <w:bookmarkStart w:name="z2260" w:id="1913"/>
+    <w:bookmarkEnd w:id="1719"/>
+    <w:bookmarkStart w:name="z2260" w:id="1720"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) қызметтік әдеп нормаларының сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1913"/>
-    <w:bookmarkStart w:name="z2261" w:id="1914"/>
+    <w:bookmarkEnd w:id="1720"/>
+    <w:bookmarkStart w:name="z2261" w:id="1721"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9) өз құзыреті шегінде Басқарманың барлық қызметкерлері орындауға міндетті бұйрықтар шығарады және нұсқаулар береді; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1914"/>
-    <w:bookmarkStart w:name="z2262" w:id="1915"/>
+    <w:bookmarkEnd w:id="1721"/>
+    <w:bookmarkStart w:name="z2262" w:id="1722"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) сыбайлас жемқорлық көріністеріне қарсы іс-қимылды күшейту жөнінде шаралар қабылдайды және сыбайлас жемқорлыққа қарсы заңнаманы бұзғаны үшін дербес жауапты болады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1915"/>
-    <w:bookmarkStart w:name="z2263" w:id="1916"/>
+    <w:bookmarkEnd w:id="1722"/>
+    <w:bookmarkStart w:name="z2263" w:id="1723"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) оған Қазақстан Республикасының заңнамасымен, осы Ережемен және облыс әкімдігімен жүктелген өзге де функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1916"/>
-    <w:bookmarkStart w:name="z2264" w:id="1917"/>
+    <w:bookmarkEnd w:id="1723"/>
+    <w:bookmarkStart w:name="z2264" w:id="1724"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1917"/>
-    <w:bookmarkStart w:name="z2265" w:id="1918"/>
+    <w:bookmarkEnd w:id="1724"/>
+    <w:bookmarkStart w:name="z2265" w:id="1725"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1918"/>
-    <w:bookmarkStart w:name="z2266" w:id="1919"/>
+    <w:bookmarkEnd w:id="1725"/>
+    <w:bookmarkStart w:name="z2266" w:id="1726"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1919"/>
-    <w:bookmarkStart w:name="z2267" w:id="1920"/>
+    <w:bookmarkEnd w:id="1726"/>
+    <w:bookmarkStart w:name="z2267" w:id="1727"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1920"/>
-    <w:bookmarkStart w:name="z2268" w:id="1921"/>
+    <w:bookmarkEnd w:id="1727"/>
+    <w:bookmarkStart w:name="z2268" w:id="1728"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1921"/>
-    <w:bookmarkStart w:name="z2269" w:id="1922"/>
+    <w:bookmarkEnd w:id="1728"/>
+    <w:bookmarkStart w:name="z2269" w:id="1729"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1922"/>
-    <w:bookmarkStart w:name="z2270" w:id="1923"/>
+    <w:bookmarkEnd w:id="1729"/>
+    <w:bookmarkStart w:name="z2270" w:id="1730"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1923"/>
-    <w:bookmarkStart w:name="z2271" w:id="1924"/>
+    <w:bookmarkEnd w:id="1730"/>
+    <w:bookmarkStart w:name="z2271" w:id="1731"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Басқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1924"/>
-    <w:bookmarkStart w:name="z2272" w:id="1925"/>
+    <w:bookmarkEnd w:id="1731"/>
+    <w:bookmarkStart w:name="z2272" w:id="1732"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың қарамағындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1925"/>
-    <w:bookmarkStart w:name="z2273" w:id="1926"/>
+    <w:bookmarkEnd w:id="1732"/>
+    <w:bookmarkStart w:name="z2273" w:id="1733"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1)"Ақпараттық технологиялар орталығы" коммуналдық мемлекеттік мекемесі;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1926"/>
-    <w:bookmarkStart w:name="z2274" w:id="1927"/>
+    <w:bookmarkEnd w:id="1733"/>
+    <w:bookmarkStart w:name="z2274" w:id="1734"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2)"Цифрлық коммуникациялар орталығы" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1927"/>
+    <w:bookmarkEnd w:id="1734"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -45008,1838 +44658,1838 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Жетісу облысы әкімдігінің 2025 жылғы "___" __________ № ___ қаулысына 22-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z2276" w:id="1928"/>
+    <w:bookmarkStart w:name="z2276" w:id="1735"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының экономика және бюджеттік жоспарлау басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1928"/>
-    <w:bookmarkStart w:name="z2277" w:id="1929"/>
+    <w:bookmarkEnd w:id="1735"/>
+    <w:bookmarkStart w:name="z2277" w:id="1736"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1929"/>
-    <w:bookmarkStart w:name="z2278" w:id="1930"/>
+    <w:bookmarkEnd w:id="1736"/>
+    <w:bookmarkStart w:name="z2278" w:id="1737"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Жетісу облысының экономика және бюджеттік жоспарлау басқармасы" мемлекеттік мекемесі (бұдан әрі – Басқарма) Жетісу облысының аумағында стратегиялық, экономикалық және бюджеттік салаларындағы басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1930"/>
-    <w:bookmarkStart w:name="z2279" w:id="1931"/>
+    <w:bookmarkEnd w:id="1737"/>
+    <w:bookmarkStart w:name="z2279" w:id="1738"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Басқарманың ведомстволары жоқ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1931"/>
-    <w:bookmarkStart w:name="z2280" w:id="1932"/>
+    <w:bookmarkEnd w:id="1738"/>
+    <w:bookmarkStart w:name="z2280" w:id="1739"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3.Басқарма өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасы Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1932"/>
-    <w:bookmarkStart w:name="z2281" w:id="1933"/>
+    <w:bookmarkEnd w:id="1739"/>
+    <w:bookmarkStart w:name="z2281" w:id="1740"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4.Басқарма мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрі және атауы қазақ тілде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1933"/>
-    <w:bookmarkStart w:name="z2282" w:id="1934"/>
+    <w:bookmarkEnd w:id="1740"/>
+    <w:bookmarkStart w:name="z2282" w:id="1741"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5.Басқарма азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1934"/>
-    <w:bookmarkStart w:name="z2283" w:id="1935"/>
+    <w:bookmarkEnd w:id="1741"/>
+    <w:bookmarkStart w:name="z2283" w:id="1742"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6.Басқармаға Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1935"/>
-    <w:bookmarkStart w:name="z2284" w:id="1936"/>
+    <w:bookmarkEnd w:id="1742"/>
+    <w:bookmarkStart w:name="z2284" w:id="1743"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7.Басқарма өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Басқарма басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1936"/>
-    <w:bookmarkStart w:name="z2285" w:id="1937"/>
+    <w:bookmarkEnd w:id="1743"/>
+    <w:bookmarkStart w:name="z2285" w:id="1744"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8.Басқарманың құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1937"/>
-    <w:bookmarkStart w:name="z2286" w:id="1938"/>
+    <w:bookmarkEnd w:id="1744"/>
+    <w:bookmarkStart w:name="z2286" w:id="1745"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9.Заңды тұлғаның орналасқан жері: 040000, Қазақстан Республикасы, Жетісу облысы, Талдықорған қаласы, Н. Назарбаев даңғылы, № 38.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1938"/>
-    <w:bookmarkStart w:name="z2287" w:id="1939"/>
+    <w:bookmarkEnd w:id="1745"/>
+    <w:bookmarkStart w:name="z2287" w:id="1746"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10.Осы ереже Басқарманың құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1939"/>
-    <w:bookmarkStart w:name="z2288" w:id="1940"/>
+    <w:bookmarkEnd w:id="1746"/>
+    <w:bookmarkStart w:name="z2288" w:id="1747"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11.Басқарманың қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1940"/>
-    <w:bookmarkStart w:name="z2289" w:id="1941"/>
+    <w:bookmarkEnd w:id="1747"/>
+    <w:bookmarkStart w:name="z2289" w:id="1748"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12.Басқармаға кәсіпкерлік субъектілерімен Басқарманың өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1941"/>
-    <w:bookmarkStart w:name="z2290" w:id="1942"/>
+    <w:bookmarkEnd w:id="1748"/>
+    <w:bookmarkStart w:name="z2290" w:id="1749"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер Басқармаға заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1942"/>
-    <w:bookmarkStart w:name="z2291" w:id="1943"/>
+    <w:bookmarkEnd w:id="1749"/>
+    <w:bookmarkStart w:name="z2291" w:id="1750"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-тарау. Басқарманың мақсаттары мен өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1943"/>
-    <w:bookmarkStart w:name="z2292" w:id="1944"/>
+    <w:bookmarkEnd w:id="1750"/>
+    <w:bookmarkStart w:name="z2292" w:id="1751"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13.Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1944"/>
-    <w:bookmarkStart w:name="z2293" w:id="1945"/>
+    <w:bookmarkEnd w:id="1751"/>
+    <w:bookmarkStart w:name="z2293" w:id="1752"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) облыстың әлеуметтік-экономикалық дамуының стратегиялық мақсаттары мен басымдықтарын, негізгі бағыттарын қалыптастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1945"/>
-    <w:bookmarkStart w:name="z2294" w:id="1946"/>
+    <w:bookmarkEnd w:id="1752"/>
+    <w:bookmarkStart w:name="z2294" w:id="1753"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) әлеуметтік-экономикалық даму басымдықтарымен өзара әрекеттестікте бюджеттік және инвестициялық саясатты жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1946"/>
-    <w:bookmarkStart w:name="z2295" w:id="1947"/>
+    <w:bookmarkEnd w:id="1753"/>
+    <w:bookmarkStart w:name="z2295" w:id="1754"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14.Өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1947"/>
-    <w:bookmarkStart w:name="z2296" w:id="1948"/>
+    <w:bookmarkEnd w:id="1754"/>
+    <w:bookmarkStart w:name="z2296" w:id="1755"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1948"/>
-    <w:bookmarkStart w:name="z2297" w:id="1949"/>
+    <w:bookmarkEnd w:id="1755"/>
+    <w:bookmarkStart w:name="z2297" w:id="1756"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік органдардан, сондай-ақ лауазымды тұлғалардан, азаматтардан оларға жүктелген тапсырмалар мен функцияларды орындау үшін қажетті құжаттар мен мәліметтерді сұрату және алу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1949"/>
-    <w:bookmarkStart w:name="z2298" w:id="1950"/>
+    <w:bookmarkEnd w:id="1756"/>
+    <w:bookmarkStart w:name="z2298" w:id="1757"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде шешімдер қабылдау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1950"/>
-    <w:bookmarkStart w:name="z2299" w:id="1951"/>
+    <w:bookmarkEnd w:id="1757"/>
+    <w:bookmarkStart w:name="z2299" w:id="1758"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       өз құзыреті шегінде ұйымды құру, қайта құру және тарату бойынша ұсыныстар енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1951"/>
-    <w:bookmarkStart w:name="z2300" w:id="1952"/>
+    <w:bookmarkEnd w:id="1758"/>
+    <w:bookmarkStart w:name="z2300" w:id="1759"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жұмысқа жерігілікті бюджеттен қаржыландырылатын басқа атқарушы органдардың мамандарын, олардың басшыларының келісуі бойынша тарту;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1952"/>
-    <w:bookmarkStart w:name="z2301" w:id="1953"/>
+    <w:bookmarkEnd w:id="1759"/>
+    <w:bookmarkStart w:name="z2301" w:id="1760"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүддесін барлық құзыретті, мемлекеттік, әкімшілік органдарда, ұйымдарда, сондай-ақ сот және құқық қорғау органдарында білдіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1953"/>
-    <w:bookmarkStart w:name="z2302" w:id="1954"/>
+    <w:bookmarkEnd w:id="1760"/>
+    <w:bookmarkStart w:name="z2302" w:id="1761"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасымен көзделген басқа да құқықтар орындау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1954"/>
-    <w:bookmarkStart w:name="z2303" w:id="1955"/>
+    <w:bookmarkEnd w:id="1761"/>
+    <w:bookmarkStart w:name="z2303" w:id="1762"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) міндеттері: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1955"/>
-    <w:bookmarkStart w:name="z2304" w:id="1956"/>
+    <w:bookmarkEnd w:id="1762"/>
+    <w:bookmarkStart w:name="z2304" w:id="1763"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жоғары тұрған органдардың тапсырмаларын орындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1956"/>
-    <w:bookmarkStart w:name="z2305" w:id="1957"/>
+    <w:bookmarkEnd w:id="1763"/>
+    <w:bookmarkStart w:name="z2305" w:id="1764"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың құзыретіне кіретін облыс әкімінің, әкімдігінің, облыстық мәслихаттың құқықтық және нормативтік-құқықтық актілерінің жобаларын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1957"/>
-    <w:bookmarkStart w:name="z2306" w:id="1958"/>
+    <w:bookmarkEnd w:id="1764"/>
+    <w:bookmarkStart w:name="z2306" w:id="1765"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыстың, аудандар мен қалалардың, елді мекендердің, сондай-ақ экономика секторларының әлеуметтік-экономикалық дамуының негізгі көрсеткіштеріне мониторинг және талдау жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1958"/>
-    <w:bookmarkStart w:name="z2307" w:id="1959"/>
+    <w:bookmarkEnd w:id="1765"/>
+    <w:bookmarkStart w:name="z2307" w:id="1766"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       облыс әкіміне, облыс әкімінің жетекшілік жүргізуші орынбасарына, облыс әкімдігінің жиналысына, отырысына өңірдің әлеуметтік-экономикалық даму қорытындылары туралы материалдар дайындау және ұсыну;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1959"/>
-    <w:bookmarkStart w:name="z2308" w:id="1960"/>
+    <w:bookmarkEnd w:id="1766"/>
+    <w:bookmarkStart w:name="z2308" w:id="1767"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасымен көзделген басқа да міндеттерді орындау.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1960"/>
-    <w:bookmarkStart w:name="z2309" w:id="1961"/>
+    <w:bookmarkEnd w:id="1767"/>
+    <w:bookmarkStart w:name="z2309" w:id="1768"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1961"/>
-    <w:bookmarkStart w:name="z2310" w:id="1962"/>
+    <w:bookmarkEnd w:id="1768"/>
+    <w:bookmarkStart w:name="z2310" w:id="1769"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) облыстың даму жоспарын және оны іске асыру жөніндегі бес жылдық кезеңге арналған іс-шаралар жоспарын әзірлеу, түзету және іске асырылуын мониторингтеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1962"/>
-    <w:bookmarkStart w:name="z2311" w:id="1963"/>
+    <w:bookmarkEnd w:id="1769"/>
+    <w:bookmarkStart w:name="z2311" w:id="1770"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) аудандар мен облыстық маңызы бар қалалар индикаторларының декомпозициясын келісу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1963"/>
-    <w:bookmarkStart w:name="z2312" w:id="1964"/>
+    <w:bookmarkEnd w:id="1770"/>
+    <w:bookmarkStart w:name="z2312" w:id="1771"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) Жетісу облысының бес жылдық кезеңге арналған әлеуметтік-экономикалық даму болжамын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1964"/>
-    <w:bookmarkStart w:name="z2313" w:id="1965"/>
+    <w:bookmarkEnd w:id="1771"/>
+    <w:bookmarkStart w:name="z2313" w:id="1772"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) өткен жылғы Облыстың әлеуметтік – экономикалық даму паспортын әзірлеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1965"/>
-    <w:bookmarkStart w:name="z2314" w:id="1966"/>
+    <w:bookmarkEnd w:id="1772"/>
+    <w:bookmarkStart w:name="z2314" w:id="1773"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) құзыретіне кіретін мәселелер бойынша Ұлттық жобаларды және мемлекеттік жоспарлау жүйесінің басқа да құжаттарын іске асыру, мониторингілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1966"/>
-    <w:bookmarkStart w:name="z2315" w:id="1967"/>
+    <w:bookmarkEnd w:id="1773"/>
+    <w:bookmarkStart w:name="z2315" w:id="1774"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) жер қойнауын пайдалануға арналған келісім-шарттық құжаттарға толықтыру жобасына экономикалық сараптама жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1967"/>
-    <w:bookmarkStart w:name="z2316" w:id="1968"/>
+    <w:bookmarkEnd w:id="1774"/>
+    <w:bookmarkStart w:name="z2316" w:id="1775"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) жобалық топ мүшелеріне әдістемелік, ұйымдастырушылық, техникалық және аналитикалық қолдау көрсету, сондай-ақ жобаларды басқару құзыретіне жататын мәселелер бойынша олардың қызметін үйлестіру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1968"/>
-    <w:bookmarkStart w:name="z2317" w:id="1969"/>
+    <w:bookmarkEnd w:id="1775"/>
+    <w:bookmarkStart w:name="z2317" w:id="1776"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) мақсатты индикаторлар мен көрсеткіштерге қол жеткізуді, жобаны басқарудың басым бағыттарында егжей-тегжейлі жоспарларды жүзеге асыруды мониторингілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1969"/>
-    <w:bookmarkStart w:name="z2318" w:id="1970"/>
+    <w:bookmarkEnd w:id="1776"/>
+    <w:bookmarkStart w:name="z2318" w:id="1777"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) облыстың әлеуметтік-экономикалық даму болжамын ескерумен, жоспарлы кезеңге жергілікті бюджетті әзірлеу (жыл сайын);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1970"/>
-    <w:bookmarkStart w:name="z2319" w:id="1971"/>
+    <w:bookmarkEnd w:id="1777"/>
+    <w:bookmarkStart w:name="z2319" w:id="1778"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) аудандар мен қалалардың табыс көздері бөлінісінде жергілікті бюджетке түсімдер көлемін болжау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1971"/>
-    <w:bookmarkStart w:name="z2320" w:id="1972"/>
+    <w:bookmarkEnd w:id="1778"/>
+    <w:bookmarkStart w:name="z2320" w:id="1779"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) облыстың әлеуметтік-экономикалық дамуының болжамды көрсеткіштерінің, бюджет қаражатының шығындалуының басым бағыттары, бюджет тапшылығының жоспарлы кезеңге арналған тапшылығы негізінде бюджеттік бағдарламалар әкімгерлері шығындарының лимиттерін, жергілікті бюджеттердің жаңа бастамаларға арналған лимиттерін анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1972"/>
-    <w:bookmarkStart w:name="z2321" w:id="1973"/>
+    <w:bookmarkEnd w:id="1779"/>
+    <w:bookmarkStart w:name="z2321" w:id="1780"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) бюджеттің есепті қаржы жылында орындалуын талдау және мемлекеттік органның бюджет қаражаттарын басқару жөніндегі қызметінің тиімділігін бағалау нәтижелерін ескерумен, облыстық бюджеттен қаржыландырылатын бюджеттік бағдарламалар әкімгерлерінің бюджеттік өтінімдері мен бюджеттік бағдарламалар жобаларын қарастыру және қорытындылар дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1973"/>
-    <w:bookmarkStart w:name="z2322" w:id="1974"/>
+    <w:bookmarkEnd w:id="1780"/>
+    <w:bookmarkStart w:name="z2322" w:id="1781"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) облыстық бюджет комиссиясы анықтайтын мерзім мен күн тәртібіне сәйкес, облыстық бюджеттік комиссия отырыстарына материалдар дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1974"/>
-    <w:bookmarkStart w:name="z2323" w:id="1975"/>
+    <w:bookmarkEnd w:id="1781"/>
+    <w:bookmarkStart w:name="z2323" w:id="1782"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) облыстық бюджет жобасын жасау және оны облыстық бюджеттік комиссия қарауына енгізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1975"/>
-    <w:bookmarkStart w:name="z2324" w:id="1976"/>
+    <w:bookmarkEnd w:id="1782"/>
+    <w:bookmarkStart w:name="z2324" w:id="1783"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) үш жылдық кезеңге арналған облыстық және аудандық (қалалық) бюджеттер арасындағы жалпы сипаттағы трансферттердің болжамды көлемдерін анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1976"/>
-    <w:bookmarkStart w:name="z2325" w:id="1977"/>
+    <w:bookmarkEnd w:id="1783"/>
+    <w:bookmarkStart w:name="z2325" w:id="1784"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16) бюджеттік бағдарламалар әкімшілерінің жоспарлы кезеңге арналған бюджеттік бағдарламаларын келісу; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1977"/>
-    <w:bookmarkStart w:name="z2326" w:id="1978"/>
+    <w:bookmarkEnd w:id="1784"/>
+    <w:bookmarkStart w:name="z2326" w:id="1785"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) жергілікті бюджет қаражаты есебінен, сондай-ақ республикалық бюджеттен нысаналы трансферттер есебінен қаржыландыру жоспарланатын заңды тұлғалардың жарғылық капиталына мемлекеттің қатысуы арқылы жүзеге асыру көзделетін мемлекеттік инвестициялық жобаларға, бюджеттік инвестицияларға, тұжырымдамаларға және мемлекеттік-жекешелік әріптестік жобаларының конкурстық құжаттамаларына экономикалық сараптама жүргізуді ұйымдастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1978"/>
-    <w:bookmarkStart w:name="z2327" w:id="1979"/>
+    <w:bookmarkEnd w:id="1785"/>
+    <w:bookmarkStart w:name="z2327" w:id="1786"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18) жергілікті бюджет қаражаты есебінен, сондай-ақ республикалық бюджеттен нысаналы трансферттер есебінен қаржыландыру жоспарланатын заңды тұлғалардың жарғылық капиталына мемлекеттің қатысуы арқылы жүзеге асыру көзделетін мемлекеттік инвестициялық жобаларға, бюджеттік инвестицияларға, тұжырымдамаларға және мемлекеттік-жекешелік әріптестік жобаларының конкурстық құжаттамаларына, оның ішінде концессиялық ұсыныстарға экономикалық қорытынды дайындау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1979"/>
-    <w:bookmarkStart w:name="z2328" w:id="1980"/>
+    <w:bookmarkEnd w:id="1786"/>
+    <w:bookmarkStart w:name="z2328" w:id="1787"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) жергілікті бюджет қаражаты есебінен, сондай-ақ республикалық бюджеттен нысаналы трансферттер есебінен қаржыландыру жоспарланатын заңды тұлғалардың жарғылық капиталына мемлекеттің қатысуы арқылы жүзеге асыру көзделетін мемлекеттік инвестициялық жобалардың, бюджеттік инвестициялардың, мемлекеттік-жекешелік әріптестік жобаларының, оның ішінде концессиялық ұсыныстарының тізімін қарастыру, таңдау және қалыптастыру және оны облыстық бюджеттік комиссияда қарастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1980"/>
-    <w:bookmarkStart w:name="z2329" w:id="1981"/>
+    <w:bookmarkEnd w:id="1787"/>
+    <w:bookmarkStart w:name="z2329" w:id="1788"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) бюджеттік инвестициялық жобалардың, бюджеттік инвестициялардың мониторингі және мемлекеттік заңды тұлғалардың жарғылық капиталына қатысуы арқылы жүзеге асырылуын бағалау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1981"/>
-    <w:bookmarkStart w:name="z2330" w:id="1982"/>
+    <w:bookmarkEnd w:id="1788"/>
+    <w:bookmarkStart w:name="z2330" w:id="1789"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) бюджеттік инвестициялық жобаларды бюджеттік несиелендірудің орындылығын анықтау және бюджеттік бағдарламаларды олардың бюджеттік несиелендіру критерилеріне сәйкестігіне қарастыру;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1982"/>
-    <w:bookmarkStart w:name="z2331" w:id="1983"/>
+    <w:bookmarkEnd w:id="1789"/>
+    <w:bookmarkStart w:name="z2331" w:id="1790"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22) жарғылық капиталына облыс әкімдігі қатысатын акционерлік қоғамдардың және жауапкершілігі шектеулі серіктестіктердің, облыстық мемлекеттік кәсіпорындардың даму жоспарларын әзірлеу бойынша әдістемелік қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1983"/>
-    <w:bookmarkStart w:name="z2332" w:id="1984"/>
+    <w:bookmarkEnd w:id="1790"/>
+    <w:bookmarkStart w:name="z2332" w:id="1791"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) ауылдық елді мекендердің әлеуметтік-экономикалық даму мониторингін, Өңірлік стандарттар жүйесінің талаптарына сәйкес елді мекендердің қамтамасыз етілуінің мониторингін жүргізу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1984"/>
-    <w:bookmarkStart w:name="z2333" w:id="1985"/>
+    <w:bookmarkEnd w:id="1791"/>
+    <w:bookmarkStart w:name="z2333" w:id="1792"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) ауылдық елді мекендердің әлеуметтік-экономикалық даму әлеуетін анықтау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1985"/>
-    <w:bookmarkStart w:name="z2334" w:id="1986"/>
+    <w:bookmarkEnd w:id="1792"/>
+    <w:bookmarkStart w:name="z2334" w:id="1793"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25) моно, шағын қалаларды, шекаралық аумақтарды дамыту жөніндегі облыстық іс-шаралар жоспарын әзірлеу және мониторингілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1986"/>
-    <w:bookmarkStart w:name="z2335" w:id="1987"/>
+    <w:bookmarkEnd w:id="1793"/>
+    <w:bookmarkStart w:name="z2335" w:id="1794"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26) "Дипломмен ауылға" бағдарламасына мониторинг жүргізу, ауылдық елді мекендерге жұмыс істеу және тұру үшін келген денсаулық сақтау, білім беру, әлеуметтік қамсыздандыру, мәдениет, спорт және агроөнеркәсіптік кешен саласындағы мамандарға, ауылдар, кенттер, ауылдық округтер әкімдері аппараттарының мемлекеттік қызметшілеріне әлеуметтік қолдау шараларын қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1987"/>
-    <w:bookmarkStart w:name="z2336" w:id="1988"/>
+    <w:bookmarkEnd w:id="1794"/>
+    <w:bookmarkStart w:name="z2336" w:id="1795"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27) "Ауыл – Ел бесігі" арнайы жобаларының тізімін қалыптастыру және мониторингілеу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1988"/>
-    <w:bookmarkStart w:name="z2337" w:id="1989"/>
+    <w:bookmarkEnd w:id="1795"/>
+    <w:bookmarkStart w:name="z2337" w:id="1796"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) Қазақстан Республикасының заңнамасымен көзделген басқа да функцияларды жүргізу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1989"/>
-    <w:bookmarkStart w:name="z2338" w:id="1990"/>
+    <w:bookmarkEnd w:id="1796"/>
+    <w:bookmarkStart w:name="z2338" w:id="1797"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3-тарау. Басқарманың бірінші басшысының мәртебесі, өкілеттіктері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1990"/>
-    <w:bookmarkStart w:name="z2339" w:id="1991"/>
+    <w:bookmarkEnd w:id="1797"/>
+    <w:bookmarkStart w:name="z2339" w:id="1798"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Басқарманы басқаруды бірінші басшы жүзеге асырады, ол Басқармаға жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1991"/>
-    <w:bookmarkStart w:name="z2340" w:id="1992"/>
+    <w:bookmarkEnd w:id="1798"/>
+    <w:bookmarkStart w:name="z2340" w:id="1799"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Басқарманың бірінші басшысы Қазақстан Республикасы заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1992"/>
-    <w:bookmarkStart w:name="z2341" w:id="1993"/>
+    <w:bookmarkEnd w:id="1799"/>
+    <w:bookmarkStart w:name="z2341" w:id="1800"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Басқарманың бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасарлары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1993"/>
-    <w:bookmarkStart w:name="z2342" w:id="1994"/>
+    <w:bookmarkEnd w:id="1800"/>
+    <w:bookmarkStart w:name="z2342" w:id="1801"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Басқарманың бірінші басшысының өкілеттіктері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1994"/>
-    <w:bookmarkStart w:name="z2343" w:id="1995"/>
+    <w:bookmarkEnd w:id="1801"/>
+    <w:bookmarkStart w:name="z2343" w:id="1802"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Басқарманың құрылымдық бөлімшелері басшыларының және өзінің орынбасарларының міндеттері мен өкілеттіліктерін айқындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1995"/>
-    <w:bookmarkStart w:name="z2344" w:id="1996"/>
+    <w:bookmarkEnd w:id="1802"/>
+    <w:bookmarkStart w:name="z2344" w:id="1803"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Басқарманың қызметкерлерін тағайындайды және лауазымдарынан босатады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1996"/>
-    <w:bookmarkStart w:name="z2345" w:id="1997"/>
+    <w:bookmarkEnd w:id="1803"/>
+    <w:bookmarkStart w:name="z2345" w:id="1804"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3).белгіленген заңнамалық тәртіппен Басқарма қызметкерлерін ынталандыруды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1997"/>
-    <w:bookmarkStart w:name="z2346" w:id="1998"/>
+    <w:bookmarkEnd w:id="1804"/>
+    <w:bookmarkStart w:name="z2346" w:id="1805"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4). белгіленген заңнамалық тәртіппен Басқарма қызметкерлеріне тәртіптік жаза тағайындайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1998"/>
-    <w:bookmarkStart w:name="z2347" w:id="1999"/>
+    <w:bookmarkEnd w:id="1805"/>
+    <w:bookmarkStart w:name="z2347" w:id="1806"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5). өз құзыреті шегінде бұйрықтар шығарады, нұсқаулар береді, қызметтік құжаттарға қол қояды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1999"/>
-    <w:bookmarkStart w:name="z2348" w:id="2000"/>
+    <w:bookmarkEnd w:id="1806"/>
+    <w:bookmarkStart w:name="z2348" w:id="1807"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Басқарманың құрылымдық бөлімшелері туралы ережені бекітеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2000"/>
-    <w:bookmarkStart w:name="z2349" w:id="2001"/>
+    <w:bookmarkEnd w:id="1807"/>
+    <w:bookmarkStart w:name="z2349" w:id="1808"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) мемлекеттік органдарда және өзге де ұйымдарда Басқарманың атынан өкілдік етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2001"/>
-    <w:bookmarkStart w:name="z2350" w:id="2002"/>
+    <w:bookmarkEnd w:id="1808"/>
+    <w:bookmarkStart w:name="z2350" w:id="1809"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) Басқарманың құзыретіне кіретін мәселелер бойынша нормативтік құқықтық актілерді, бағдарламалардың жобаларын және басқа да құжаттардың орындалу барысын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2002"/>
-    <w:bookmarkStart w:name="z2351" w:id="2003"/>
+    <w:bookmarkEnd w:id="1809"/>
+    <w:bookmarkStart w:name="z2351" w:id="1810"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Басқарманың құзыретіне кіретін мәселелер бойынша есептік материалдарды дайындау жөніндегі жұмыстарды бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2003"/>
-    <w:bookmarkStart w:name="z2352" w:id="2004"/>
+    <w:bookmarkEnd w:id="1810"/>
+    <w:bookmarkStart w:name="z2352" w:id="1811"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10).бюджеттік бағдарламаның іске асырылу барысын үйлестіреді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2004"/>
-    <w:bookmarkStart w:name="z2353" w:id="2005"/>
+    <w:bookmarkEnd w:id="1811"/>
+    <w:bookmarkStart w:name="z2353" w:id="1812"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11).белгіленген тәртіппен қаржылық-экономикалық және шаруашылық қызметтер мәселелерін шешеді, бюджеттік қаражаттардың тиімді және мақсатты орындалуын бақылайды;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2005"/>
-    <w:bookmarkStart w:name="z2354" w:id="2006"/>
+    <w:bookmarkEnd w:id="1812"/>
+    <w:bookmarkStart w:name="z2354" w:id="1813"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12).Басқарманың қызметіндегі заңдылықтың, келісімшарт және қаржылық тәртіптің сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2006"/>
-    <w:bookmarkStart w:name="z2355" w:id="2007"/>
+    <w:bookmarkEnd w:id="1813"/>
+    <w:bookmarkStart w:name="z2355" w:id="1814"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13)..Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттілікті жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2007"/>
-    <w:bookmarkStart w:name="z2356" w:id="2008"/>
+    <w:bookmarkEnd w:id="1814"/>
+    <w:bookmarkStart w:name="z2356" w:id="1815"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2008"/>
-    <w:bookmarkStart w:name="z2357" w:id="2009"/>
+    <w:bookmarkEnd w:id="1815"/>
+    <w:bookmarkStart w:name="z2357" w:id="1816"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4-тарау. Басқарманың мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2009"/>
-    <w:bookmarkStart w:name="z2358" w:id="2010"/>
+    <w:bookmarkEnd w:id="1816"/>
+    <w:bookmarkStart w:name="z2358" w:id="1817"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Басқармада заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкi болу мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2010"/>
-    <w:bookmarkStart w:name="z2359" w:id="2011"/>
+    <w:bookmarkEnd w:id="1817"/>
+    <w:bookmarkStart w:name="z2359" w:id="1818"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Басқарманың мүлкi оған меншік иесі берген мүлiк, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2011"/>
-    <w:bookmarkStart w:name="z2360" w:id="2012"/>
+    <w:bookmarkEnd w:id="1818"/>
+    <w:bookmarkStart w:name="z2360" w:id="1819"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Басқармаға бекiтiлген мүлiк коммуналдық меншiкке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2012"/>
-    <w:bookmarkStart w:name="z2361" w:id="2013"/>
+    <w:bookmarkEnd w:id="1819"/>
+    <w:bookmarkStart w:name="z2361" w:id="1820"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Егер заңнамада өзгеше көзделмесе, Басқарма өзiне бекiтiлген мүлiктi және қаржыландыру жоспары бойынша өзіне берілген қаражат есебiнен сатып алынған мүлiктi өз бетiмен иелiктен шығаруға немесе оған өзгедей тәсiлмен билiк етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2013"/>
-    <w:bookmarkStart w:name="z2362" w:id="2014"/>
+    <w:bookmarkEnd w:id="1820"/>
+    <w:bookmarkStart w:name="z2362" w:id="1821"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5-тарау. Басқарманы қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2014"/>
-    <w:bookmarkStart w:name="z2363" w:id="2015"/>
+    <w:bookmarkEnd w:id="1821"/>
+    <w:bookmarkStart w:name="z2363" w:id="1822"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23..МБасқарманы қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2015"/>
-    <w:bookmarkStart w:name="z2364" w:id="2016"/>
+    <w:bookmarkEnd w:id="1822"/>
+    <w:bookmarkStart w:name="z2364" w:id="1823"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Басқарманың қарамағындағы ұйым: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2016"/>
-    <w:bookmarkStart w:name="z2365" w:id="2017"/>
+    <w:bookmarkEnd w:id="1823"/>
+    <w:bookmarkStart w:name="z2365" w:id="1824"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Жетісу облысының сараптама орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2017"/>
+    <w:bookmarkEnd w:id="1824"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -46949,86 +46599,86 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z2367" w:id="2018"/>
+    <w:bookmarkStart w:name="z2367" w:id="1825"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Жетісу облысының энергетика және тұрғын үй-коммуналдық шаруашылық басқармасы" мемлекеттік мекемесінің Ережесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2018"/>
-    <w:bookmarkStart w:name="z2368" w:id="2019"/>
+    <w:bookmarkEnd w:id="1825"/>
+    <w:bookmarkStart w:name="z2368" w:id="1826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2019"/>
+    <w:bookmarkEnd w:id="1826"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Жетісу облысының энергетика және тұрғын үй-коммуналдық шаруашылық басқармасы" мемлекеттік мекемесі (бұдан әрі - Басқарма) Жетісу облысының энергетика және тұрғын-үй коммуналдық шаруашылық салаларында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттiк органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -48671,55 +48321,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>