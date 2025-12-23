--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="27c10d1" w14:textId="27c10d1">
+    <w:p w14:paraId="0c2a9d6" w14:textId="0c2a9d6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2025 жылы ғылыми тағылымдамадан өту конкурсына қатысу үшін үміткерлердің құжаттарын қабылдау және конкурс өткізу мерзімдерін бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Ғылым және жоғары білім министрінің м.а. 2025 жылғы 23 қаңтардағы № 24 бұйрығы</w:t>
+        <w:t>Қазақстан Республикасы Ғылым және жоғары білім министрінің м.а. 2025 жылғы 23 қаңтардағы № 24 бұйрығы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасы Ғылым және жоғары білім министрінің міндетін атқарушының 2023 жылғы 18 тамыздағы № 422 бұйрығымен бекітілген Үміткерлерді іріктеу және ғылыми тағылымдамадан өту қағидаларының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -156,190 +156,248 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес БҰЙЫРАМЫН:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025 жылы ғылыми тағылымдамадан өту конкурсына қатысу үшін үміткерлердің құжаттарын қабылдау және конкурс өткізу мерзімдері:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      құжаттарды қабылдау: 2025 жылғы 3 наурыз және 31 қазан аралығы;</w:t>
+        <w:t xml:space="preserve">
+      құжат қабылдау: 2025 жылғы 3 наурыз бен 19 қараша аралығы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      конкурсты өткізу: 2025 жылғы 1 сәуір мен 31 желтоқсан аралығы болып бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда – ҚР Ғылым және жоғары білім министрінің 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 526</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі және 01.11.2025 бастап туындаған құқықтық қатынастарға қолданылады) бұйрығымен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Ғылым комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      конкурсты өткізу – 2025 жылғы 1 сәуір және 31 желтоқсан аралығы болып бекітілсін.</w:t>
+      1) осы бұйрыққа қол қойылған күнінен кейін күнтізбелік он күн ішінде оны қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін Қазақстан Республикасы Әділет министрлігінің "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Қазақстан Республикасы Ғылым және жоғары білім министрлігінің Ғылым комитеті Қазақстан Республикасының заңнамасында белгіленген тәртіппен:</w:t>
+      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Ғылым және жоғары білім министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) осы бұйрыққа қол қойылған күнінен кейін күнтізбелік он күн ішінде оны қазақ және орыс тілдерінде ресми жариялау және Қазақстан Республикасы нормативтік құқықтық актілерінің эталондық бақылау банкіне енгізу үшін Қазақстан Республикасы Әділет министрлігінің "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
+      3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Ғылым және жоғары білім вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Ғылым және жоғары білім министрлігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
+      4. Осы бұйрық алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -473,55 +531,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>