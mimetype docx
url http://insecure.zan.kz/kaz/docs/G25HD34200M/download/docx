--- v0 (2025-12-22)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a1e8609" w14:textId="a1e8609">
+    <w:p w14:paraId="a049039" w14:textId="a049039">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Жаңаарқа ауданы бойынша халық үшін тұрмыстық қатты қалдықтары жинауға, тасымалдауға, сұрыптауға және көмуге арналған тарифтерді бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ұлытау облысы Жаңаарқа аудандық мәслихатының 2025 жылғы 28 қарашадағы № 34/200 шешімі</w:t>
+        <w:t>Ұлытау облысы Жаңаарқа аудандық мәслихатының 2025 жылғы 28 қарашадағы № 34/200 шешімі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Экология Кодексінің 365-бабы 3-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -171,52 +171,72 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Жаңаарқа аудандық мәслихаты ШЕШТІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Қосаберілген қосымшаға сәйкес Жаңаарқа ауданы бойынша халық үшін тұрмыстық қатты қалдықтары жинауға, тасымалдауға, сұрыптауға және көмуге арналған тарифтері бекітілсін.</w:t>
+        <w:t xml:space="preserve">
+      1. Қосаберілген </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Жаңаарқа ауданы бойынша халық үшін тұрмыстық қатты қалдықтары жинауға, тасымалдауға, сұрыптауға және көмуге арналған тарифтері бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім алғаш ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
@@ -334,50 +354,1643 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ю.А.Бекқожин</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жаңаарқа аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2025 жылғы 25 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№36/208</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шешіміне 1 қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жаңаарқа ауданыны бойынша халық үшін қаттытұрмыстық қалдықтарды жинауға, тасымалдауға, сұрыптауға және көмуге арналған тарифтер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Шешім қосымшамен толықтырылды - Ұлытау облысы Жаңаарқа аудандық мәслихатының 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36/208</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғаш ресми жарияланған күннен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1537"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+        <w:gridCol w:w="1538"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жинақталу нормасы Жылна 1 тұрғынға м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Есептік бірлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызметтердің құны ТБО (ҚҚС-сыз тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы (ҚҚС-сыз тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жинау және тасымалдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көму</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сұрыптау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚҚС-сыз</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ҚҚС-қоса</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жайлыүйлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,82</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бір тұрғынға айына</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+345,80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+149,69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+495,49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+554,95</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жайлыемесүйлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,97</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+374,30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162,03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+536,33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600,69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке жіне заңды тұлғалар үшін бірлігіне (көлеміне) жылдық тариф</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 м3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2280,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+987,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3267,00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>