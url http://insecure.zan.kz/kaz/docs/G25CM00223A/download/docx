--- v0 (2025-10-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9bdbdfb" w14:textId="9bdbdfb">
+    <w:p w14:paraId="4a3c96d" w14:textId="4a3c96d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,264 +85,319 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Шалқар ауданы бойынша арнаулы әлеуметтік қызметтер көрсетуге арналған тарифтерді бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Күшін жойған</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...78 lines deleted...]
-</w:t>
+        <w:t>Ақтөбе облысы Шалқар ауданы әкімдігінің 2025 жылғы 29 қыркүйектегі № 223 қаулысы. Күші жойылды - Ақтөбе облысы Шалқар ауданы әкімдігінің 2025 жылғы 25 желтоқсандағы № 326 қаулысымен</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Осы қаулының </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес арнаулы әлеуметтік қызметтер көрсету тарифтері бекітілсін.</w:t>
+      Ескерту. Күші жойылды - Ақтөбе облысы Шалқар ауданы әкімдігінің 25.12.2025 № 326 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қаулысымен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2026 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. "Шалқар аудандық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі заңнамада белгіленген тәртіппен осы қаулыны қазақ және орыс тілдерінде Қазақстан Республикасының нормативтік құқықтық актілердің Эталондық бақылау банкіне ресми жариялауды қамтамасыз етсін.</w:t>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының Әлеуметтік кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>142 бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>31-бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, "Арнаулы әлеуметтік қызметтерге тарифтерді қалыптастыру қағидалары мен әдістемесін бекіту туралы" Қазақстан Республикасы Премьер-Министрінің орынбасары - Еңбек және халықты әлеуметтік қорғау министрінің 2023 жылғы 30 маусымдағы № 281 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 32987 тіркелген) Шалқар ауданының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. Осы қаулының орындалуын бақылау Шалқар ауданы әкімінің жетекшілік ететін орынбасарына жүктелсін.</w:t>
+        <w:t xml:space="preserve">
+      1. Осы қаулының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес арнаулы әлеуметтік қызметтер көрсету тарифтері бекітілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      2. "Шалқар аудандық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі заңнамада белгіленген тәртіппен осы қаулыны қазақ және орыс тілдерінде Қазақстан Республикасының нормативтік құқықтық актілердің Эталондық бақылау банкіне ресми жариялауды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы қаулының орындалуын бақылау Шалқар ауданы әкімінің жетекшілік ететін орынбасарына жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы қаулы алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -425,68 +482,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ж. Жидеханов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1390,63 +1429,85 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1768,35 +1829,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>