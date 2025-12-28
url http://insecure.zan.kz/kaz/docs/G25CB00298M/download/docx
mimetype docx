--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="90fba00" w14:textId="90fba00">
+    <w:p w14:paraId="dab0392" w14:textId="dab0392">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -251,105 +251,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде, 2025 жылға келесідей көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 493 011,5 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 602 969,9 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 176 032 мың теңге;</w:t>
+      салықтық түсімдер – 164 160,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 316 979,5 мың теңге;</w:t>
+      трансферттердің түсімдері – 438 809,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 512 257,6 мың теңге;</w:t>
+      2) шығындар – 622 216,2 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -423,61 +423,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Әйтеке би аудандық мәслихатының 06.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1 тармақ жаңа редакцияда – Ақтөбе облысы Әйтеке би аудандық мәслихатының 01.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 392</w:t>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1027,61 +1027,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Темірбек Жүргенов ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Әйтеке би аудандық мәслихатының 06.10.2025 </w:t>
+      Ескерту. 1 қосымша жаңа редакцияда – Ақтөбе облысы Әйтеке би аудандық мәслихатының 01.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 392</w:t>
+        <w:t>№ 433</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1620,51 +1620,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-493011,5</w:t>
+602969,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1797,51 +1797,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-176032</w:t>
+164160,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1974,51 +1974,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-132791</w:t>
+129820</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2151,51 +2151,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-132791</w:t>
+129820</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2328,51 +2328,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22692</w:t>
+32378</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2859,51 +2859,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21650</w:t>
+17718,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4098,51 +4098,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-316979,5</w:t>
+438809,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4275,51 +4275,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-316979,5</w:t>
+438809,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4452,51 +4452,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-316979,5</w:t>
+438809,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5209,51 +5209,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-512257,6</w:t>
+622216,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5418,51 +5418,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6255,5</w:t>
+89651,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5627,51 +5627,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6255,5</w:t>
+89651,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5836,51 +5836,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6255,5</w:t>
+89651,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6045,51 +6045,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6255,5</w:t>
+86897,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6254,51 +6254,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2846,6</w:t>
+2753,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6463,51 +6463,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24982</w:t>
+138375,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6672,51 +6672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24982</w:t>
+138375,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6881,51 +6881,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24982</w:t>
+138375,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7090,51 +7090,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24982</w:t>
+26413,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7227,541 +7227,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-90498,9</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді санитарлық тазалықпен қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-17000</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерде абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96262,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-17000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103848</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7781,196 +7781,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-17000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103848</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8022,373 +8022,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-17000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+103848</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-290339</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8408,369 +8408,369 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-290339</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+045</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар автомобиль жолдарын және елді-мекендердің кошелерін күрделі және орташа жөндеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86848</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8826,160 +8826,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқалары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9003,228 +9003,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-19246,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+290339</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9276,373 +9276,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-19246,1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+057</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Ауыл-Ел бесігі" жобасы шеңберінде ауылдық елді мекендердегі әлеуметтік және инженерлік инфрақұрылым бойынша іс-шараларды іске асыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+290339</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-19246,1</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9694,160 +9694,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9931,128 +9935,132 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаган (толык пайдаланылмаган) нысаналы трансферттерд кайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10177,87 +10185,497 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+III. Таза бюджеттік кредит беру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+IV. Қаржы активтерімен жасалатын операция бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 V. Бюджет тапшылығы (профицит)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--19246,1</w:t>
+19246,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -27579,55 +27997,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>