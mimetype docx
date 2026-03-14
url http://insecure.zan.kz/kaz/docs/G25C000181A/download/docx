--- v0 (2025-11-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="13fc100" w14:textId="13fc100">
+    <w:p w14:paraId="1cf8447" w14:textId="1cf8447">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -100,59 +100,53 @@
         </w:rPr>
         <w:t>Ақтөбе облысы бойынша техникалық және кәсіптік, орта білімнен кейінгі білімі бар кадрларды даярлауға 2025-2026 оқу жылына арналған мемлекеттік білім беру тапсырысын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ақтөбе облысы әкімдігінің 2025 жылғы 12 қыркүйектегі № 181 қаулысы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...5 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z2" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Білім туралы" Қазақстан Республикасы Заңының 6-бабының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2-тармағының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -161,202 +155,187 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8-3) тармақшасына, "Еңбек нарығының қажеттіліктерін ескере отырып, мектепке дейінгі тәрбиелеу мен оқытуға, орта білім беруге, балаларға қосымша білім беруге және техникалық және кәсіптік, орта білімнен кейінгі білімі бар кадрларды даярлауға мемлекеттік білім беру тапсырысын орналастыру қағидаларын бекіту туралы" Қазақстан Республикасы Оқу-ағарту министрінің 2022 жылғы 27 тамыздағы № 381 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>бұйрығы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 29323 тіркелген) бұйрығына сәйкес Ақтөбе облысының әкімдігі ҚАУЛЫ ЕТЕДІ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Осы қаулыға </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Ақтөбе облысы бойынша техникалық және кәсіптік, орта білімнен кейінгі білімі бар кадрларды даярлауға 2025-2026 оқу жылына арналған мемлекеттік білім беру тапсырысы бекітілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Ақтөбе облысының білім басқармасы" мемлекеттік мекемесі заңнамада белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) осы қаулыны қазақ және орыс тілдерінде Қазақстан Республикасының нормативтік құқықтық актілерінің Эталондық бақылау банкіне ресми жариялау және енгізу үшін Қазақстан Республикасы Әділет министрлігінің "Қазақстан Республикасының Заңнама және құқықтық ақпарат институты" шаруашылық жүргізу құқығындағы республикалық мемлекеттік кәсіпорнына жіберуді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) осы қаулыны оны ресми жариялағаннан кейін Ақтөбе облысы әкімдігінің интернет-ресурсында орналастыруды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы қаулының орындалуын бақылау Ақтөбе облысы әкімінің жетекшілік ететін орынбасарына жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы қаулы алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -441,68 +420,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Шахаров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -581,52 +542,107 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 181 қаулысына қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Техникалық және кәсіптік білімі бар мамандарды даярлауға 2025-2026 оқу жылына арналған мемлекеттік білім беру тапсырысы</w:t>
+        <w:t xml:space="preserve"> Ақтөбе облысы бойынша техникалық және кәсіптік, орта білімнен кейінгі білімі бар кадрларды даярлауға 2025-2026 оқу жылына арналған мемлекеттік білім беру тапсырысы</w:t>
       </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Қосымша жаңа редакцияда - Ақтөбе облысы әкімдігінің 26.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 306</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 306</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қаулысымен (алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
@@ -715,52 +731,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мемлекеттік білім беру тапсырысының көлемі </w:t>
+              <w:t>
+Мемлекеттік білім беру тапсырысының көлемі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1529,51 +1545,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2043,51 +2059,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-205</w:t>
+230</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2300,51 +2316,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-125</w:t>
+122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2484,52 +2500,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-01140700 </w:t>
+              <w:t>
+01140700</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2774,87 +2790,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлығы </w:t>
-[...35 lines deleted...]
-720</w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+792</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3350,51 +3366,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5920,51 +5936,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100</w:t>
+75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6430,51 +6446,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-439</w:t>
+389</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6930,51 +6946,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлығы </w:t>
+Барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7249,51 +7265,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-150</w:t>
+184</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7506,51 +7522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+150</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8237,87 +8253,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлығы </w:t>
-[...35 lines deleted...]
-325</w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+459</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8556,51 +8572,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65</w:t>
+75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8813,51 +8829,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-395</w:t>
+455</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9030,87 +9046,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлығы </w:t>
-[...35 lines deleted...]
-460</w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+530</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10377,51 +10393,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-250</w:t>
+265</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10634,51 +10650,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-237</w:t>
+255</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11590,123 +11606,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07140800</w:t>
-[...71 lines deleted...]
-25</w:t>
+07140900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Радиотехника, электроника және телекоммуникациялар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11847,380 +11863,380 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07140900</w:t>
-[...179 lines deleted...]
-509 451</w:t>
+07150100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Машина жасау технологиясы (түрлері бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+90</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+465 161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+511 788</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-556 078</w:t>
+599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07150100</w:t>
-[...71 lines deleted...]
-90</w:t>
+07150300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Токарлық іс (түрлері бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12361,123 +12377,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07150300</w:t>
-[...71 lines deleted...]
-100</w:t>
+07150500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дәнекерлеу ісі (түрлері бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+208</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12618,380 +12634,380 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07150500</w:t>
-[...179 lines deleted...]
-552 703</w:t>
+07150600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Слесарлық іс (салалар және түрлері бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+421 909</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+468 536</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+509 451</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-599 330</w:t>
+556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07150600</w:t>
-[...71 lines deleted...]
-25</w:t>
+07150700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жүк көтергіш машиналар мен транспортерлер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13132,380 +13148,380 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07150700</w:t>
-[...179 lines deleted...]
-509 451</w:t>
+07150900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тоңазытқыш-компрессорлық машиналар мен қондырғыларды пайдалану мен монтаждау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+465 161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+511 788</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-556 078</w:t>
+599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07150900</w:t>
-[...71 lines deleted...]
-50</w:t>
+07160500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Темір жолдың тартқыш жылжымалы құрамын пайдалану, жөндеу және техникалық қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13646,123 +13662,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07151100</w:t>
-[...71 lines deleted...]
-25</w:t>
+07160600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Темір жолдың вагондар мен рефрижераторлы жылжымалы құрамын пайдалану, жөндеу және техникалық қызмет көрсету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13903,123 +13919,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07160500</w:t>
-[...71 lines deleted...]
-215</w:t>
+07161300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігіне техникалық қызмет көрсету, жөндеу және пайдалану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+345</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14160,123 +14176,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07160600</w:t>
-[...71 lines deleted...]
-100</w:t>
+07161600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ауыл шаруашылығын механикаландыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+131</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14417,123 +14433,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07161300</w:t>
-[...71 lines deleted...]
-345</w:t>
+07210300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Нан пісіру, макарон және кондитер өндірісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14674,123 +14690,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07161600</w:t>
-[...71 lines deleted...]
-185</w:t>
+07211300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тағам өндірісінің технологиясы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14931,123 +14947,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07210300</w:t>
-[...71 lines deleted...]
-65</w:t>
+07221400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиһаз өндірісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15188,123 +15204,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07211300</w:t>
-[...71 lines deleted...]
-25</w:t>
+07230100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тігін өндірісі және киімдерді үлгілеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15445,123 +15461,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07221400</w:t>
-[...71 lines deleted...]
-20</w:t>
+07240100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдалы қазбалардың кен орындарын жер астында өңдеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15702,123 +15718,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07230100</w:t>
-[...71 lines deleted...]
-170</w:t>
+07240200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Маркшейдерлік ісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15959,123 +15975,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07240100</w:t>
-[...71 lines deleted...]
-25</w:t>
+07240500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдалы қазбаларды байыту (кен байыту)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16216,87 +16232,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07240200</w:t>
-[...35 lines deleted...]
-Маркшейдерлік ісі</w:t>
+07240700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұнай және газ ұңғымаларын бұрғылау және бұрғылау жұмыстарының технологиясы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16473,123 +16489,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07240500</w:t>
-[...71 lines deleted...]
-40</w:t>
+07240900</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мұнай және газ кен орындарын пайдалану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+140</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16730,123 +16746,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07240700</w:t>
-[...71 lines deleted...]
-25</w:t>
+07310100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Архитектура</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16987,123 +17003,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07240900</w:t>
-[...71 lines deleted...]
-130</w:t>
+07310200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Геодезия және картография</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17244,123 +17260,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07310100</w:t>
-[...71 lines deleted...]
-50</w:t>
+07310300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерге орналастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17501,123 +17517,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07310200</w:t>
-[...71 lines deleted...]
-50</w:t>
+07310400</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дизайн, азаматтық ғимараттарды жобалау, қалпына келтіру, қайта құру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17758,123 +17774,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07310300</w:t>
-[...71 lines deleted...]
-25</w:t>
+07310500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ландшафтық дизайн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18015,123 +18031,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07310400</w:t>
-[...71 lines deleted...]
-25</w:t>
+07320100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ғимараттар мен құрылыстарды салу және пайдалану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+145</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18272,123 +18288,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07310500</w:t>
-[...71 lines deleted...]
-20</w:t>
+07320700</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль жолдарымен аэродромдар құрылысы және пайдалану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18529,123 +18545,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07320100</w:t>
-[...71 lines deleted...]
-145</w:t>
+07320800</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Темір жол құрылысы, жол және жол шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -18786,123 +18802,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07320700</w:t>
-[...71 lines deleted...]
-25</w:t>
+07321100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық объектілерінің инженерлік жүйелерін монтаждау және пайдалану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19043,123 +19059,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07320800</w:t>
-[...71 lines deleted...]
-25</w:t>
+07321200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Газбен қамтамасыз ету жабдықтары мен жүйелерін құрастыру және пайдалану</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19291,889 +19307,889 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...189 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 405</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...245 lines deleted...]
-599 330</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08 Ауыл, орман, балық шаруашылығы және ветеринария</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...173 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08110500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Зоотехния</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+421 909</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+468 536</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+509 451</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+556 078</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-08 Ауыл, орман, балық шаруашылығы және ветеринария</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08120100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бақ-саябақ шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+421 909</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+468 536</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+509 451</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+556 078</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08110100</w:t>
-[...35 lines deleted...]
-Агрономия</w:t>
+08210100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Орман шаруашылығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20350,123 +20366,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08110500</w:t>
-[...71 lines deleted...]
-25</w:t>
+08410100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ветеринария</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+110</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -20598,1696 +20614,1696 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...189 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+185</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...245 lines deleted...]
-556 078</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09 Денсаулық сақтау және әлеуметтiк қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08410100</w:t>
-[...179 lines deleted...]
-509 451</w:t>
+09110100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоматология</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+551288</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+689 110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+661 546</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-556 078</w:t>
+1 545 966</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...173 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09120100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Емдеу ісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+168</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+551288</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+689 110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+661 546</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+826 932</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-09 Денсаулық сақтау және әлеуметтiк қамтамасыз ету</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09130100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мейіргер ісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+551288</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+689 110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+661 546</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+826 932</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-09110100</w:t>
-[...179 lines deleted...]
-661 546</w:t>
+5AB09130100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мейіргер ісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+768699</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+968873</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+922 439</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 545 966</w:t>
+1 153 049</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-09120100</w:t>
-[...179 lines deleted...]
-661 546</w:t>
+09130100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мейіргер ісі (ерекше білім беруге қажеттілігі бар студенттерге арналған арнайы бағдарлама бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1030644</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 288 305</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 236 773</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-826 932</w:t>
+1 545 966</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-09130100</w:t>
-[...71 lines deleted...]
-100</w:t>
+09130200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Акушерлік іс</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22428,123 +22444,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5AB09130100</w:t>
-[...71 lines deleted...]
-125</w:t>
+09140100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лабораториялық диагностика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -22685,1430 +22701,1430 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-09130100</w:t>
-[...179 lines deleted...]
-1 236 773</w:t>
+09160100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фармация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+551288</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+689 110</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+661 546</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 545 966</w:t>
+826 932</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...189 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+498</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...245 lines deleted...]
-826 932</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 Қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-09160100</w:t>
-[...179 lines deleted...]
-661 546</w:t>
+10120100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Шаштараз өнері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+465 161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+511 788</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+552 703</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-826 932</w:t>
+599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...173 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10130100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қонақ үй бизнесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+465 161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+511 788</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+552 703</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+599 330</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-10 Қызметтер</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10130200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тамақтану саласында қызмет көрсетуді ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+465 161</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+511 788</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+552 703</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+599 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10120100</w:t>
-[...71 lines deleted...]
-50</w:t>
+10130300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тамақтандыруды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+578</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24249,123 +24265,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10130100</w:t>
-[...71 lines deleted...]
-70</w:t>
+10220100</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Еңбекті қорғау және технологиялық процестердің қауіпсіздігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24506,123 +24522,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10130200</w:t>
-[...71 lines deleted...]
-50</w:t>
+10410200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Теміржол көлігінде тасымалдауды ұйымдастыру және қозғалысты басқару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+125</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24763,123 +24779,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10130300</w:t>
-[...71 lines deleted...]
-505</w:t>
+10410300</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігінде тасымалдауды ұйымдастыру және қозғалысты басқару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25011,1136 +25027,594 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...189 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+916</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...189 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...570 lines deleted...]
-6 959</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Облыс бойынша барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7 199</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26236,50 +25710,60 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -26300,55 +25784,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>