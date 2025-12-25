--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a95d2fc" w14:textId="a95d2fc">
+    <w:p w14:paraId="f3f0e34" w14:textId="f3f0e34">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2025-2026 оқу жылына техникалық және кәсіптік, орта білімнен кейінгі білімі бар кадрларды даярлауға арналған мемлекеттік білім беру тапсырысын бекіту туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Ақмола облысы әкімдігінің 2025 жылғы 30 мамырдағы № А-6/290 қаулысы</w:t>
+        <w:t>Ақмола облысы әкімдігінің 2025 жылғы 30 мамырдағы № А-6/290 қаулысы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Білім туралы" Қазақстан Республикасы Заңының 6-бабы, 2-тармағыдағы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -504,50 +504,88 @@
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025-2026 оқу жылына техникалық және кәсіптік білімі бар кадрларды даярлауға арналған мемлекеттік білім беру тапсырысы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Ақмола облысы әкімдігінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ А-11/564</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -600,180 +638,126 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-(күндізгі оқу нысаны бойынша)</w:t>
+              <w:t>
+Гранттардың саны (күндізгі оқу нысаны бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қалалық жерде оқу жылы ішінде бір білім алушыны оқытуға жұмсалатын шығыстардың орташа құны</w:t>
-[...17 lines deleted...]
-(мың теңге)</w:t>
+Қалалық жерде оқу жылы ішінде бір білім алушыны оқытуға жұмсалатын шығыстардың орташа құны (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауылдық жерде оқу жылы ішінде бір білім алушыны оқытуға жұмсалатын шығыстардың орташа құны</w:t>
-[...17 lines deleted...]
-(мың теңге)</w:t>
+Ауылдық жерде оқу жылы ішінде бір білім алушыны оқытуға жұмсалатын шығыстардың орташа құны (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -1244,51 +1228,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75</w:t>
+81</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1465,51 +1449,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+269</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1686,51 +1670,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175</w:t>
+185</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1907,51 +1891,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-125</w:t>
+186</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2092,87 +2076,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-01140800 "Кәсіптік оқыту (салалар бойынша) "</w:t>
-[...35 lines deleted...]
-80</w:t>
+01140800 "Кәсіптік оқыту (салалар бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2349,51 +2333,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110</w:t>
+108</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2570,51 +2554,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-795</w:t>
+884</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2781,87 +2765,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02151000 "Халықтық көркем шығармашылығы (түрлері бойынша) "</w:t>
-[...35 lines deleted...]
-30</w:t>
+02151000 "Халықтық көркем шығармашылығы (түрлері бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3038,51 +3022,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+28</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3259,51 +3243,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65</w:t>
+71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3480,51 +3464,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
+41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3665,87 +3649,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02140100 "Сәндік қолданбалы және халықтық кәсіпшілік өнері (бейін бойынша) "</w:t>
-[...35 lines deleted...]
-15</w:t>
+02140100 "Сәндік қолданбалы және халықтық кәсіпшілік өнері (бейін бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3886,87 +3870,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02310100 "Аударма ісі (түрлері бойынша) "</w:t>
-[...35 lines deleted...]
-30</w:t>
+02310100 "Аударма ісі (түрлері бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4107,87 +4091,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02150100 "Аспаптық орындау (аспап түрлері бойынша) "</w:t>
-[...35 lines deleted...]
-22</w:t>
+02150100 "Аспаптық орындау (аспап түрлері бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4364,51 +4348,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4585,51 +4569,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4806,51 +4790,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+21</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4991,776 +4975,776 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02150200 "Музыка теориясы"</w:t>
-[...179 lines deleted...]
-1013,8</w:t>
+02110300 "Графикалық және мультимедиялық дизайн"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02110300 "Графикалық және мультимедиялық дизайн"</w:t>
-[...180 lines deleted...]
-            </w:r>
+Жиыны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+303</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...194 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04 Кәсіпкерлік, басқару және құқық</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-03 Әлеуметтік ғылымдар және ақпарат</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04110100 "Есеп және аудит"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+304</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+332,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+363,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03220200 "Басқаруды құжаттамалық қамтамасыз ету және мұрағаттану"</w:t>
-[...35 lines deleted...]
-15</w:t>
+04120100 "Банк және сақтандыру ісі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5901,1141 +5885,1141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жиыны:</w:t>
-[...164 lines deleted...]
-            </w:pPr>
+04130100 "Менеджмент (салалар және қолдану аясы бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+332,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+363,7</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-04 Кәсіпкерлік, басқару және құқық</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04140100 "Маркетинг (салалар бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+332,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+363,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-04110100 "Есеп және аудит"</w:t>
-[...180 lines deleted...]
-            </w:r>
+Жиыны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+409</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...209 lines deleted...]
-363,7</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+05 Жаратылыстану ғылымдары, математика және статистика </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-04130100 "Менеджмент (салалар және қолдану аясы бойынша)"</w:t>
-[...179 lines deleted...]
-363,7</w:t>
+05320100 "Геологиялық суретке түсіру, пайдалы қазба кен орындарын іздеу мен барлау (түрлері бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-04140100 "Маркетинг (салалар бойынша) "</w:t>
-[...179 lines deleted...]
-363,7</w:t>
+05220200 "Табиғи ресурстарды қорғау және ұтымды пайдалану (салалар бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7068,51 +7052,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-330</w:t>
+39</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7237,1260 +7221,1260 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-05 Жаратылыстану ғылымдары, математика және статистика </w:t>
+              <w:t>
+06 Ақпараттық-коммуникациялық технологиялар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-05220100 "Экология және табиғатты қорғау қызметі (түрлері бойынша)"</w:t>
-[...179 lines deleted...]
-394,0</w:t>
+06130100 "Бағдарламалық қамтамасыз ету (түрлері бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+272</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+332,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+363,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-05320100 "Геологиялық суретке түсіру, пайдалы қазба кен орындарын іздеу мен барлау (түрлері бойынша) "</w:t>
-[...179 lines deleted...]
-394,0</w:t>
+06120100 "Есептеу техникасы және ақпараттық желілер (түрлері бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+168</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+332,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+363,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-05220200 "Табиғи ресурстарды қорғау және ұтымды пайдалану (салалар бойынша) "</w:t>
-[...180 lines deleted...]
-            </w:r>
+Жиыны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+440</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...194 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07 Инженерлік, өңдеу және құрылыс салалары</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-06 Ақпараттық-коммуникациялық технологиялар</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07130100 "Электр жабдықтары (түрлері және салалары бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-06130100 "Бағдарламалық қамтамасыз ету (түрлері бойынша) "</w:t>
-[...179 lines deleted...]
-363,7</w:t>
+07130400 "Жылу техникалық жабдықтар және жылу мен жабдықтау жүйелері (түрлері бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-06120100 "Есептеу техникасы және ақпараттық желілер (түрлері бойынша) "</w:t>
-[...35 lines deleted...]
-110</w:t>
+07140500 "Сандық техника (түрлері бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8631,555 +8615,750 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-06120200 "Ақпараттық қауіпсіздік жүйелері"</w:t>
-[...179 lines deleted...]
-363,7</w:t>
+07150500 "Дәнекерлеу ісі (түрлері бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+246</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жиыны:</w:t>
-[...164 lines deleted...]
-            </w:pPr>
+07161600 "Ауыл шаруашылығын механикаландыру"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+289</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-07 Инженерлік, өңдеу және құрылыс салалары</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07130700 "Электромеханикалық жабдықтарға техникалық қызмет көрсету, жөндеу және пайдалану (түрлері және салалары бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+80</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07130100 "Электр жабдықтары (түрлері және салалары бойынша) "</w:t>
-[...35 lines deleted...]
-95</w:t>
+07230100 "Тігін өндірісі және киімдерді үлгілеу"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9320,87 +9499,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07130400 "Жылу техникалық жабдықтар және жылу мен жабдықтау жүйелері (түрлері бойынша) "</w:t>
-[...35 lines deleted...]
-20</w:t>
+07240200 "Маркшейдерлік ісі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9541,308 +9720,308 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07140500 "Сандық техника (түрлері бойынша) "</w:t>
-[...179 lines deleted...]
-363,7</w:t>
+07320700 "Автомобиль жолдары мен аэродромдар құрылысы және пайдалану"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07150500 "Дәнекерлеу ісі (түрлері бойынша) "</w:t>
-[...35 lines deleted...]
-300</w:t>
+07320100 "Ғимараттар мен құрылыстарды салу және пайдалану"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9983,87 +10162,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07161600 "Ауыл шаруашылығын механикаландыру"</w:t>
-[...35 lines deleted...]
-300</w:t>
+07240500 "Пайдалы қазбаларды байыту (кен байыту)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+43</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10204,87 +10383,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07130700 "Электромеханикалық жабдықтарға техникалық қызмет көрсету, жөндеу және пайдалану (түрлері және салалары бойынша) "</w:t>
-[...35 lines deleted...]
-100</w:t>
+07150300 "Токарлық іс (түрлері бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+63</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10425,87 +10604,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07230100 "Тігін өндірісі және киімдерді үлгілеу"</w:t>
-[...35 lines deleted...]
-80</w:t>
+07321100 "Тұрғын үй-коммуналдық шаруашылық объектілерінің инженерлік жүйелерін монтаждау және пайдалану"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10646,87 +10825,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07240200 "Маркшейдерлік ісі"</w:t>
-[...35 lines deleted...]
-25</w:t>
+07221400 "Жиһаз өндірісі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10867,87 +11046,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07320700 "Автомобиль жолдары мен аэродромдар құрылысы және пайдалану"</w:t>
-[...35 lines deleted...]
-65</w:t>
+07161300 "Автомобиль көлігіне техникалық қызмет көрсету, жөндеу және пайдалану"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+273</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11088,87 +11267,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07320100 "Ғимараттар мен құрылыстарды салу және пайдалану"</w:t>
-[...35 lines deleted...]
-150</w:t>
+07211300 "Тағам өндірісінің технологиясы"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11309,87 +11488,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07240500 "Пайдалы қазбаларды байыту (кен байыту) "</w:t>
-[...35 lines deleted...]
-45</w:t>
+07140300 "Мехатроника (салалар бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11530,87 +11709,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07150300 "Токарлық іс (түрлері бойынша) "</w:t>
-[...35 lines deleted...]
-70</w:t>
+07150100 "Машина жасау технологиясы (түрлері бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11751,87 +11930,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07321100 "Тұрғын үй-коммуналдық шаруашылық объектілерінің инженерлік жүйелерін монтаждау және пайдалану"</w:t>
-[...35 lines deleted...]
-50</w:t>
+07140100 "Технологиялық процесстерді автоматтандыру және басқару (бейін бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11972,87 +12151,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07221400 "Жиһаз өндірісі"</w:t>
-[...35 lines deleted...]
-25</w:t>
+07310100 "Архитектура"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+44</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12193,87 +12372,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07161300 "Автомобиль көлігіне техникалық қызмет көрсету, жөндеу және пайдалану"</w:t>
-[...35 lines deleted...]
-300</w:t>
+07310200 "Геодезия және картография"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12414,87 +12593,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07211300 "Тағам өндірісінің технологиясы"</w:t>
-[...35 lines deleted...]
-25</w:t>
+07310300 "Жерге орналастыру"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12635,87 +12814,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07140300 "Мехатроника (салалар бойынша) "</w:t>
-[...35 lines deleted...]
-50</w:t>
+07130200 "Электрмен қамтамасыз ету (салалар бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+91</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12856,87 +13035,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07150100 "Машина жасау технологиясы (түрлері бойынша)"</w:t>
-[...35 lines deleted...]
-45</w:t>
+07310500 "Ландшафтық дизайн"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13077,87 +13256,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07140100 "Технологиялық процесстерді автоматтандыру және басқару (бейін бойынша)"</w:t>
-[...35 lines deleted...]
-50</w:t>
+07320200 "Құрылыстағы сметалық жұмыс"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13298,87 +13477,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07151100 "Машиналар мен жабдықтарды пайдалану және техникалық қызмет көрсету (өнеркәсіп салалары бойынша) "</w:t>
-[...35 lines deleted...]
-20</w:t>
+07320800 "Темір жол құрылысы, жол және жол шаруашылығы"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13519,308 +13698,308 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07310100 "Архитектура"</w:t>
-[...179 lines deleted...]
-394,0</w:t>
+07140900 "Радиотехника, электроника және телекоммуникациялар"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+332,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+363,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07310200 "Геодезия және картография"</w:t>
-[...35 lines deleted...]
-25</w:t>
+07211200 "Элеватор, ұн тарту, жарма және құрама жем өндірісі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13961,51 +14140,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07310300 "Жерге орналастыру"</w:t>
+07240300 "Пайдалы қазбалар кен орындарын ашық қазу"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14182,308 +14361,308 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07130200 "Электрмен қамтамасыз ету (салалар бойынша)"</w:t>
-[...179 lines deleted...]
-394,0</w:t>
+07130300 "Жылу электр станцияларының жылу энергетикалық қондырғылары"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+332,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+363,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07310500 "Ландшафтық дизайн"</w:t>
-[...35 lines deleted...]
-15</w:t>
+07210300 "Нан пісіру, макарон және кондитер өндірісі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14624,51 +14803,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07110400 "Зертханалық технология"</w:t>
+07210200 "Сүт және сүт өнімдерін өндіру"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14696,899 +14875,704 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-177,3</w:t>
-[...107 lines deleted...]
-394,0</w:t>
+162,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+332,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+363,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07320200 "Құрылыстағы сметалық жұмыс"</w:t>
-[...180 lines deleted...]
-            </w:r>
+Жиыны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1989</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...209 lines deleted...]
-394,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08 Ауыл, орман, балық шаруашылығы және ветеринария</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07320800 "Темір жол құрылысы, жол және жол шаруашылығы"</w:t>
-[...179 lines deleted...]
-394,0</w:t>
+08110100 "Агрономия"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+332,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+363,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07140900 "Радиотехника, электроника және телекоммуникациялар"</w:t>
-[...35 lines deleted...]
-20</w:t>
+08110500 "Зоотехния"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15729,529 +15713,529 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07161700 "Ауыл шаруашылығы техникасын пайдалану, техникалық қызмет көрсету және жөндеу"</w:t>
-[...179 lines deleted...]
-394,0</w:t>
+08410100 "Ветеринария"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+96</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+332,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+363,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07211200 "Элеватор, ұн тарту, жарма және құрама жем өндірісі"</w:t>
-[...179 lines deleted...]
-394,0</w:t>
+08210200 "Аңшылық және аң өсіру шаруашылығы"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+162,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+332,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+178,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+363,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07240300 "Пайдалы қазбалар кен орындарын ашық қазу"</w:t>
-[...35 lines deleted...]
-25</w:t>
+08210100 "Орман шаруашылығы"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16392,1192 +16376,973 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07130300 "Жылу электр станцияларының жылу энергетикалық қондырғылары"</w:t>
-[...180 lines deleted...]
-            </w:r>
+Жиыны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+176</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...209 lines deleted...]
-394,0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+09 Денсаулық сақтау және әлеуметтік қамтамасыз ету</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07160500 "Темір жолдың тартқыш жылжымалы құрамын пайдалану, жөндеу және техникалық қызмет көрсету"</w:t>
-[...180 lines deleted...]
-            </w:r>
+09130100 "Мейіргер ісі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+268,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+537,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07321200 "Газбен қамтамасыз ету жабдықтары мен жүйелерін құрастыру және пайдалану"</w:t>
-[...180 lines deleted...]
-            </w:r>
+09120100 "Емдеу ісі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+268,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+537,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07320400 "Жылжымайтын мүлікті басқару"</w:t>
-[...180 lines deleted...]
-            </w:r>
+09130200 "Акушерлік іс"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+268,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+537,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07210200 "Сүт және сүт өнімдерін өндіру"</w:t>
-[...35 lines deleted...]
-15</w:t>
+09230100 "Әлеуметтік жұмыс"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -17718,373 +17483,373 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-07140400 "Робототехника және кірістірілетін жүйелер (салалар бойынша)"</w:t>
-[...180 lines deleted...]
-            </w:r>
+09880100 "Медициналық-профилактикалық іс"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+268,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+537,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жиыны:</w:t>
-[...100 lines deleted...]
-            </w:pPr>
+09140100 "Лабораториялық диагностика"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+268,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+537,4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -18114,1043 +17879,1027 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...31 lines deleted...]
-            </w:r>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жиыны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+211</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...209 lines deleted...]
-363,7</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10 Қызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08110500 "Зоотехния"</w:t>
-[...179 lines deleted...]
-363,7</w:t>
+10130300 "Тамақтандыруды ұйымдастыру"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+558</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08410100 "Ветеринария"</w:t>
-[...179 lines deleted...]
-363,7</w:t>
+10130200 "Тамақтану саласында қызмет көрсетуді ұйымдастыру"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08210200 "Аңшылық және аң өсіру шаруашылығы"</w:t>
-[...179 lines deleted...]
-363,7</w:t>
+10220100 "Еңбекті қорғау және технологиялық процестердің қауіпсіздігі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08120200 "Жылы жай шаруашылығын ұйымдастыру"</w:t>
-[...35 lines deleted...]
-20</w:t>
+10320100 "Өрт қауіпсіздігі"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+56</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19291,87 +19040,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08210100 "Орман шаруашылығы"</w:t>
-[...35 lines deleted...]
-20</w:t>
+10320200 "Төтенше жағдайда қорғау (салалар бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -19512,841 +19261,1036 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-08110400 "Өсімдікті қорғау және карантин"</w:t>
-[...179 lines deleted...]
-363,7</w:t>
+10410400 "Жол қозғалысын ұйымдастыру"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жиыны:</w:t>
-[...164 lines deleted...]
-            </w:pPr>
+10120100 "Шаштараз өнері"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+79</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-09 Денсаулық сақтау және әлеуметтік қамтамасыз ету</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10410200 "Темір жолкөлігінде тасымалдауды ұйымдастыру және қозғалысты басқару"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-09130100 "Мейіргер ісі"</w:t>
-[...172 lines deleted...]
-            </w:pPr>
+10150100 "Туризм"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+177,3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+362,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+192,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+394,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-09120100 "Емдеу ісі"</w:t>
-[...108 lines deleted...]
-            </w:r>
+Жиыны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+916</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -20406,3388 +20350,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-09130200 "Акушерлік іс"</w:t>
-[...3299 lines deleted...]
-              <w:t>
 Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5200</w:t>
+5367</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24066,50 +20709,88 @@
               </w:rPr>
               <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025- 2026 оқу жылына орта білімнен кейінгі білімі бар кадрларды даярлауға арналған мемлекеттік білім беру тапсырысы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - Ақмола облысы әкімдігінің 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ А-11/564</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -24162,180 +20843,126 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-(күндізгі оқу нысаны бойынша)</w:t>
+              <w:t>
+Гранттардың саны (күндізгі оқу нысаны бойынша)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қалалық жерде оқу жылы ішінде бір білім алушыны оқытуға жұмсалатын шығыстардың орташа құны</w:t>
-[...17 lines deleted...]
-(мың теңге)</w:t>
+Қалалық жерде оқу жылы ішінде бір білім алушыны оқытуға жұмсалатын шығыстардың орташа құны (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ауылдық жерде оқу жылы ішінде бір білім алушыны оқытуға жұмсалатын шығыстардың орташа құны</w:t>
-[...17 lines deleted...]
-(мың теңге)</w:t>
+Ауылдық жерде оқу жылы ішінде бір білім алушыны оқытуға жұмсалатын шығыстардың орташа құны (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -24585,51 +21212,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55</w:t>
+45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -24806,51 +21433,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25027,51 +21654,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40</w:t>
+41</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -25911,51 +22538,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195</w:t>
+187</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26626,51 +23253,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -26847,51 +23474,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+45</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27058,51 +23685,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-06120100 "Есептеу техникасы және ақпараттық желілер (түрлері бойынша) "</w:t>
+06120100 "Есептеу техникасы және ақпараттық желілер (түрлері бойынша)"</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -27783,51 +24410,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28004,51 +24631,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28225,51 +24852,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28446,51 +25073,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+30</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28667,51 +25294,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-85</w:t>
+100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -28914,51 +25541,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29135,51 +25762,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+60</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29356,51 +25983,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35</w:t>
+86</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29603,51 +26230,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -29816,51 +26443,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50</w:t>
+49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30027,87 +26654,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10320100 "Өрт қауіпсіздігі"</w:t>
-[...35 lines deleted...]
-25</w:t>
+10320200 "Төтенше жағдайларда қорғау (бейін бойынша)"</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30248,513 +26875,292 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10320200 "Төтенше жағдайларда қорғау (бейін бойынша)"</w:t>
-[...180 lines deleted...]
-            </w:r>
+Жиыны:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жиыны:</w:t>
-[...203 lines deleted...]
-              <w:t>
 Барлығы:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+560</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -30850,119 +27256,105 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...12 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -31288,31 +27680,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>