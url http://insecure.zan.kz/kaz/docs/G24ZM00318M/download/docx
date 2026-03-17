--- v0 (2025-11-10)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5a42dbb" w14:textId="5a42dbb">
+    <w:p w14:paraId="56730e6" w14:textId="56730e6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -136,430 +136,356 @@
         <w:t xml:space="preserve">
       Қазақстан "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Шыңғырлау аудандық мәслихат ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...60 lines deleted...]
-        <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 181 941 мың теңге:</w:t>
+      1. 2025-2027 жылдарға арналған Шыңғырлау ауданының Шыңғырлау ауылдық округінің бюджеті 1, 2 және 3-қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 70 815 мың теңге;</w:t>
+      1) кірістер – 200 241 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салықтық түсімдер – 80 815 мың теңге;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 50 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 111 076 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 203 897 мың теңге;</w:t>
+      трансферттер түсімі – 119 376 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
+      2) шығындар – 222 197 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
+      бюджеттік кредиттерді өтеу –0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -21 956 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -21 956 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 21 956 мың теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 21 956 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -577,305 +503,323 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 11.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 39-4</w:t>
+        <w:t>№ 42-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Шыңғырлау ауылдық округі бюджетінің түсімдері Қазақстан Республикасының Бюджет кодексіне сәйкес қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z23" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған Шыңғырлау ауылдық округі бюджетіне республикалық бюджеттен берілетін нысаналы трансферттердің жалпы сомасы 134 мың теңге ескерілсін: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z24" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға – 134 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z25" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Шыңғырлау ауылдық округі бюджетіне аудандық бюджеттен берілетін субвенция түсімінің жалпы сомасы 55 209 мың теңге көлемінде белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3-1. Ауылдық бюджетте 2025 жылға арналған аудандық бюджеттен берілетін нысаналы трансферттердің жалпы сомасы 55 733 мың теңге ескерілсін: </w:t>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      елді мекендерді абаттандыру мен көгалдандыруына – 55 733 мың теңге;</w:t>
+      3-1. Ауылдық бюджетте 2025 жылға арналған аудандық бюджеттен берілетін нысаналы трансферттердің жалпы сомасы 64 033 мың теңге ескерілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      елді мекендерді абаттандыру мен көгалдандыруына – 64 033 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Шешім 3-1 тармақпен толыктырылды - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 27.03.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 34-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа еңгізіледі); жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 11.09.2025 </w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа еңгізіледі); жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 39-4</w:t>
+        <w:t>№ 42-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа еңгізіледі) шешімдерімен.</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkStart w:name="z26" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа еңгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1049,124 +993,228 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Шыңғырлау аудандық мәслихатының</w:t>
             </w:r>
-            <w:r>
-[...14 lines deleted...]
-            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 25 желтоқсандағы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 31-8 шешіміне 1- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Шыңғырлау ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1- қосымша жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 11.09.2025 </w:t>
+      Ескерту. 1- қосымша жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 39-4</w:t>
+        <w:t>№ 42-8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1244,50 +1292,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1330,83 +1379,65 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1449,115 +1480,78 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1600,143 +1594,86 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -1976,51 +1913,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-181 941</w:t>
+200 241</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2185,51 +2122,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 815</w:t>
+80 815</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2394,51 +2331,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 000</w:t>
+60 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2603,51 +2540,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 000</w:t>
+60 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5529,51 +5466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111 076</w:t>
+119 376</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5738,51 +5675,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111 076</w:t>
+119 376</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5947,51 +5884,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111 076</w:t>
+119 376</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6038,50 +5975,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6124,83 +6062,65 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6243,115 +6163,78 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6394,143 +6277,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -6770,51 +6596,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-203 897</w:t>
+222 197</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6942,88 +6768,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-82 307</w:t>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+92 607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7188,51 +7014,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82 307</w:t>
+92 607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7397,51 +7223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82 307</w:t>
+92 607</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7606,51 +7432,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-78 307</w:t>
+88 609</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7815,51 +7641,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 000</w:t>
+3 998</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8024,51 +7850,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-121 590</w:t>
+129 590</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8860,51 +8686,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-117 590</w:t>
+125 590</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9069,51 +8895,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-117 590</w:t>
+125 590</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9278,51 +9104,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 208</w:t>
+2 908</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9696,51 +9522,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 576</w:t>
+95 876</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10197,50 +10023,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10283,83 +10110,65 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10402,115 +10211,78 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10553,143 +10325,86 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -11856,50 +11571,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11942,83 +11658,65 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12061,115 +11759,78 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12212,143 +11873,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12679,50 +12283,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12765,83 +12370,65 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12884,115 +12471,78 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -13035,143 +12585,86 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14961,50 +14454,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15047,83 +14541,65 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15166,115 +14642,78 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15317,143 +14756,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15739,99 +15121,100 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0Санаты</w:t>
+Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15874,83 +15257,65 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15993,115 +15358,78 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -16144,143 +15472,86 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -17266,68 +16537,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 31-8 шешіміне 2- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Шыңғырлау ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -32579,68 +31850,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 31-8 шешіміне 3- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Шыңғырлау ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -47853,55 +47124,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>