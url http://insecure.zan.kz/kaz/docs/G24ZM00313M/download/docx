--- v0 (2025-11-11)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5cf8711" w14:textId="5cf8711">
+    <w:p w14:paraId="86671ae" w14:textId="86671ae">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -136,67 +136,84 @@
         <w:t xml:space="preserve">
       Қазақстан "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Шыңғырлау аудандық мәслихат ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. 2025-2027 жылдарға арналған Шыңғырлау ауданының Ақшат ауылдық округінің бюджеті </w:t>
+      1. 2025-2027 жылдарға арналған Шыңғырлау ауданының Ақшат ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -215,553 +232,634 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 55 282 мың теңге:</w:t>
+      1) кірістер – 56 254 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 5 460 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 93 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 49 729 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 58 585 мың теңге;</w:t>
+      трансферттер түсімі – 50 701 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
+      2) шығындар – 59 557 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттерді өтеу –0 теңге;</w:t>
+      бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) бюджет тапшылығы (профициті) – - 3 303 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 3 303 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатын пайдаланылатын қалдықтары – 3 303 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 27.03.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-3</w:t>
+        <w:t>№ 42-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Ақшат ауылдық округі бюджетінің түсімдері Қазақстан Республикасының Бюджет кодексіне сәйкес қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3. 2025 жылға арналған Ақшат ауылдық округі бюджетіне республикалық бюджеттен берілетін нысаналы трансферттердің жалпы сомасы 121 мың теңге ескерілсін: </w:t>
+        <w:t>
+      3. 2025 жылға арналған Ақшат ауылдық округі бюджетіне республикалық бюджеттен берілетін нысаналы трансферттердің жалпы сомасы 121 мың теңге ескерілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға – 121 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z35" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Ауылдық бюджетте 2025 жылға арналған аудандық бюджеттен берілетін нысаналы трансферттердің жалпы сомасы 972 мың теңге ескерілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтерге – 972 мың теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Шешім 3-1 тармақпен толықтырылды - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42-3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Ақшат ауылдық округі бюджетіне аудандық бюджеттен берілетін субвенция түсімінің жалпы сомасы 49 608 мың теңге көлемінде белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z26" w:id="23"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z26" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа еңгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -965,94 +1063,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 наурыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 31-3 шешіміне 1- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
+    <w:bookmarkStart w:name="z29" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ақшат ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 27.03.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 34-3</w:t>
+        <w:t>№ 42-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1130,50 +1228,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1216,83 +1315,65 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1335,115 +1416,78 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1486,143 +1530,86 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -1862,51 +1849,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55 282</w:t>
+56 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5415,51 +5402,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 729</w:t>
+50 701</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5624,51 +5611,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 729</w:t>
+50 701</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5833,51 +5820,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49 729</w:t>
+50 701</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5924,50 +5911,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6010,83 +5998,65 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6129,115 +6099,78 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6280,143 +6213,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -6656,51 +6532,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-сумма</w:t>
+59 557</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6828,88 +6704,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-58 585</w:t>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+55 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7074,51 +6950,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 527</w:t>
+55 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7283,51 +7159,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 527</w:t>
+55 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7492,51 +7368,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 527</w:t>
+55 008</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7701,51 +7577,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 527</w:t>
+4 549</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7910,51 +7786,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 058</w:t>
+4 549</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8119,51 +7995,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 058</w:t>
+4 549</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8328,51 +8204,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 058</w:t>
+2 020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8537,51 +8413,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 417</w:t>
+1 200</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8746,51 +8622,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 312</w:t>
+1329</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9247,50 +9123,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9333,83 +9210,65 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9452,115 +9311,78 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9603,143 +9425,86 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10906,50 +10671,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10992,83 +10758,65 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11111,115 +10859,78 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11262,143 +10973,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -11729,50 +11383,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11815,83 +11470,65 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11934,115 +11571,78 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12085,143 +11685,86 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14011,50 +13554,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14097,83 +13641,65 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14216,115 +13742,78 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14367,143 +13856,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14838,50 +14270,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14924,83 +14357,65 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15043,115 +14458,78 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15194,143 +14572,86 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16316,68 +15637,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 31-3 шешіміне 2- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Ақшат ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -31629,68 +30950,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№31-3 шешіміне 3- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Ақшат ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>