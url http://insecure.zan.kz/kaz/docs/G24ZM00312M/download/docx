--- v0 (2025-12-28)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9a241fc" w14:textId="9a241fc">
+    <w:p w14:paraId="dedc90c" w14:textId="dedc90c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -136,67 +136,84 @@
         <w:t xml:space="preserve">
       Қазақстан "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Шыңғырлау аудандық мәслихат ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. 2025-2027 жылдарға арналған Шыңғырлау ауданының Ақтау ауылдық округінің бюджеті </w:t>
+      1. 2025-2027 жылдарға арналған Шыңғырлау ауданының Ақтау ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -215,351 +232,320 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 38 508 мың теңге:</w:t>
+      1) кірістер – 43 508 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 3 445 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 35 063 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 42 081 мың теңге;</w:t>
+      трансферттер түсімі – 40 063 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
+      2) шығындар – 47 081 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – - 3 573 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 3 573 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 3 573 мың теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 3 573 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -577,285 +563,325 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 11.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 39-2</w:t>
+        <w:t>№ 42-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Ақтау ауылдық округі бюджетінің түсімдері Қазақстан Республикасының Бюджет кодексіне сәйкес қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z23" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған Ақтау ауылдық округі бюджетіне республикалық бюджеттен берілетін нысаналы трансферттердің жалпы сомасы 28 мың теңге ескерілсін: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z24" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға – 28 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z35" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      3-1. Ауылдық бюджетте 2025 жылға арналған аудандық бюджеттен берілетін нысаналы трансферттердің жалпы сомасы 450 мың теңге ескерілсін: </w:t>
+        <w:t>
+      3-1. Ауылдық бюджетте 2025 жылға арналған аудандық бюджеттен берілетін нысаналы трансферттердің жалпы сомасы 5 450 мың теңге ескерілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтерге – 450 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтерге – 450 мың теңге.</w:t>
+      аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз етуіне – 5 000 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. Шешім 3-1 тармақпен толыктырылды - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 11.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 39-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа еңгізіледі); жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімдерімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkStart w:name="z25" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Ақтау ауылдық округі бюджетіне аудандық бюджеттен берілетін субвенция түсімінің жалпы сомасы 34 585 мың теңге көлемінде белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z26" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа еңгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1059,94 +1085,94 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№31-2 шешіміне 1- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ақтау ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 11.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 39-2</w:t>
+        <w:t>№ 42-2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1160,116 +1186,115 @@
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z30" w:id="23"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="23"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1312,83 +1337,65 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1431,115 +1438,78 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1582,143 +1552,86 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -1958,51 +1871,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-38 508</w:t>
+43 508</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5511,51 +5424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 063</w:t>
+40 063</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5720,51 +5633,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 063</w:t>
+40 063</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5929,51 +5842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 063</w:t>
+40 063</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6020,50 +5933,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6106,83 +6020,65 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6225,115 +6121,78 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6376,143 +6235,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -6752,51 +6554,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42 081</w:t>
+47 081</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6924,88 +6726,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-37 017</w:t>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+38 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7170,51 +6972,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 017</w:t>
+38 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7379,51 +7181,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 017</w:t>
+38 010</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7588,51 +7390,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 737</w:t>
+37 730</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8006,51 +7808,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 064</w:t>
+4 071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8215,51 +8017,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 064</w:t>
+4 071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8424,51 +8226,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 064</w:t>
+4 071</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8633,51 +8435,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 025</w:t>
+2 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9051,256 +8853,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 527</w:t>
+432</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлік және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9320,360 +9126,616 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз етуАудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 000</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -9702,97 +9764,183 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -9853,1486 +10001,1285 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...162 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Санаты </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...198 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...136 lines deleted...]
-4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11361,97 +11308,187 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке тұлғаларға жергiлiктi бюджеттен берiлген бюджеттiк кредиттердi өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11512,754 +11549,643 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...162 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...194 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Сыныбы</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Ішкі сыныбы</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -12335,1487 +12261,1038 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...162 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...198 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...195 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-3 573</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Қарыздар түсімдері</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13871,160 +13348,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Мемлекеттік ішкі қарыздар</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін ел ішінде сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14112,332 +13589,576 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-3 573</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сомасы, мың теңге</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 573</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -14455,108 +14176,198 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ішкі қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -14606,1036 +14417,1308 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...56 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз алу келісім-шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...162 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...198 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Сыныбы</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Ішкі сыныбы</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...120 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ішкі сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16621,68 +16704,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 31-2 шешіміне 2- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Ақтау ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -31934,68 +32017,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 31-2 шешіміне 3- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkStart w:name="z33" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Ақтау ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -47208,55 +47291,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>