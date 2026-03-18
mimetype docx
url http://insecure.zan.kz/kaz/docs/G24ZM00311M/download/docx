--- v0 (2025-12-28)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="91019b3" w14:textId="91019b3">
+    <w:p w14:paraId="8645aec" w14:textId="8645aec">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -136,67 +136,84 @@
         <w:t xml:space="preserve">
       Қазақстан "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Қазақстан Республикасы Заңының 6-бабы 1-тармағының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1) тармақшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Шыңғырлау аудандық мәслихат ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. 2025-2027 жылдарға арналған Шыңғырлау ауданының Ақбұлақ ауылдық округінің бюджеті </w:t>
+      1. 2025-2027 жылдарға арналған Шыңғырлау ауданының Ақбұлақ ауылдық округінің бюджеті </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -215,549 +232,618 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 50 603 мың теңге:</w:t>
+      1) кірістер – 51 775 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 2 490 мың теңге;</w:t>
+      салықтық түсімдер – 3 447 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 48 113 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 53 162 мың теңге;</w:t>
+      трансферттер түсімі – 48 328 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
+      2) шығындар – 54 334 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – - 2 559 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 2 559 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 2 559 мың теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 2 559 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатын пайдаланылатын қалдықтары – 2 559 мың теңге.</w:t>
+      бюджет қаражатын пайдаланылатын қалдықтары – 2 559 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 11.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 39-1</w:t>
+        <w:t>№ 42-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Ақбұлақ ауылдық округі бюджетінің түсімдері Қазақстан Республикасының Бюджет кодексіне сәйкес қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z23" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған Ақбұлақ ауылдық округі бюджетіне республикалық бюджеттен берілетін нысаналы трансферттердің жалпы сомасы 121 мың теңге ескерілсін: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z24" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік бюджет қаражаты есебінен ұсталатын азаматтық қызметшілердің жекелеген санаттарының, ұйымдар жұмыскерлерінің, қазыналық кәсіпорындар жұмыскерлерінің жалақысын арттыруға – 121 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z35" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Ауылдық бюджетте 2025 жылға арналған аудандық бюджеттен берілетін нысаналы трансферттердің жалпы сомасы 215 мың теңге ескерілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтерге – 215 мың теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. Шешім 3-1 тармақпен толықтырылды - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 42-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. 2025 жылға арналған Ақбұлақ ауылдық округі бюджетіне аудандық бюджеттен берілетін субвенция түсімінің жалпы сомасы 47 992 мың теңге көлемінде белгіленсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z26" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа еңгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -852,50 +938,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Тұрғалиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -929,126 +1033,152 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Шыңғырлау аудандық мәслихатының</w:t>
+              <w:t xml:space="preserve">Шешімге қосымша </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы 25 желтоқсандаға</w:t>
+              <w:t xml:space="preserve">Шыңғырлау аудандық </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№31-1 шешіміне 1- қосымша</w:t>
+              <w:t xml:space="preserve">мәслихатының 2024 жылғы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">25 желтоқсандағы № 31-1 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шешіміне 1- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ақбұлақ ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1- қосымша жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 11.09.2025 </w:t>
+      Ескерту. 1- қосымша жаңа редакцияда - Батыс Қазақстан облысы Шыңғырлау аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 39-1</w:t>
+        <w:t>№ 42-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1126,50 +1256,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1212,83 +1343,65 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1331,115 +1444,78 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -1482,143 +1558,86 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -1858,51 +1877,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 603</w:t>
+51 775</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2067,51 +2086,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 490</w:t>
+3 447</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2276,51 +2295,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2485,51 +2504,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+700</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3739,51 +3758,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+657</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3948,51 +3967,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-200</w:t>
+657</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5411,51 +5430,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 113</w:t>
+48 328</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5620,51 +5639,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 113</w:t>
+48 328</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5829,51 +5848,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 113</w:t>
+48 328</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5920,50 +5939,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6006,83 +6026,65 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6125,115 +6127,78 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -6276,143 +6241,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -6652,51 +6560,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-53 162</w:t>
+54 334</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6824,88 +6732,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-48 197</w:t>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+49 369</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7070,51 +6978,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 197</w:t>
+49 369</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7279,51 +7187,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 197</w:t>
+49 369</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7488,51 +7396,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 197</w:t>
+49 369</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9243,50 +9151,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9329,83 +9238,65 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9448,115 +9339,78 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -9599,143 +9453,86 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -10902,50 +10699,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10988,83 +10786,65 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11107,115 +10887,78 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11258,143 +11001,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -11725,50 +11411,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11811,83 +11498,65 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -11930,115 +11599,78 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -12081,143 +11713,86 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14007,50 +13582,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14093,83 +13669,65 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14212,115 +13770,78 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14363,143 +13884,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14834,50 +14298,51 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -14920,83 +14385,65 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15039,115 +14486,78 @@
               <w:t>
 Ішкі сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15190,143 +14600,86 @@
               <w:t>
 Ерекшелігі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16312,68 +15665,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№31-1 шешіміне 2- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkStart w:name="z31" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Ақбұлақ ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -31625,68 +30978,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 31-1 шешіміне 3- қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkStart w:name="z33" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Ақбұлақ ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -46899,55 +46252,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>