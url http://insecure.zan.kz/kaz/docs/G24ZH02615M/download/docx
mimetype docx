--- v0 (2025-12-15)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="db03748" w14:textId="db03748">
+    <w:p w14:paraId="e1774fd" w14:textId="e1774fd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -176,67 +176,84 @@
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Казталов аудандық мәслихаты </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z4" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. 2025 - 2025 жылдарға арналған Талдықұдық ауылдық округінің бюджеті тиісінше </w:t>
+      1. 2025-2025 жылдарға арналған Талдықұдық ауылдық округінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -255,452 +272,419 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 - қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 48 072 мың теңге:</w:t>
+      1) кірістер – 49 546 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 1 920 мың теңге;</w:t>
+      салықтық түсімдер – 2 829 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 100 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 565 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттердің түсімдері – 46 052 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 48 839 мың теңге;</w:t>
+      2) шығындар – 50 313 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
+      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – - 767 мың теңге:</w:t>
+      5) бюджет тапшылығы (профициті) – - 767 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 767 мың теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 767 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 767 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31-15</w:t>
+        <w:t>№ 35-12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. 2025 жылға арналған Талдықұдық ауылдық округінің бюджет түсімдері Қазақстан Республикасының Бюджет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -715,151 +699,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Казталов аудандық мәслихатының 2024 жылғы 20 желтоқсандағы № 25 - 2 "2025 - 2027 жылдарға арналған аудандық бюджет туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қалыптастырылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z24" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. 2025 жылға арналған Талдықұдық ауылдық округінің бюджетіне аудандық бюджеттен берілетін субвенциялар түсімдерінің сомасы 33 943 мың теңге ескерілсін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z25" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Жергілікті атқарушы органдарға қарасты мемлекеттік мекемелер ұсынатын тауарлар мен қызметтерді өткізуден түсетін ақшалар Қазақстан Республикасының Бюджет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының Үкіметі анықтаған тәртіпте пайдаланылады. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z26" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Казталов аудандық мәслихатының тұрақты комиссияларына әр тоқсан сайын бюджеттік бағдарламалар әкімшілерінің есебін тыңдау жүктелсін. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z27" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1076,126 +1060,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 26 – 15 шешіміне № 1 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Талдықұдық ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1- қосымша жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 18.09.2025 </w:t>
+      Ескерту. 1- қосымша жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31-15</w:t>
+        <w:t>№ 35-12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мың тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1261,77 +1243,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1347,110 +1388,132 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1466,143 +1529,93 @@
               <w:t>
 Кішi сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1617,143 +1630,86 @@
               <w:t>
 Ерекшелiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -1993,51 +1949,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-48 072</w:t>
+49 546</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2202,51 +2158,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 920</w:t>
+2 829</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2374,52 +2330,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Табыс салығы </w:t>
+              <w:t>
+Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2829,51 +2785,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 070</w:t>
+1 979</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3456,51 +3412,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-550</w:t>
+1 039</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3665,51 +3621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500</w:t>
+920</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4919,260 +4875,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+565</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-46 052</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+565</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5192,1439 +5148,1417 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-46 052</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мекемелерге бекітілген мемлекеттік мүлікті сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+565</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 46 052</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сомасы</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 052</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 052</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...89 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Бағдарлама</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...157 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...195 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -6642,405 +6576,401 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-46 954</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 313</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-46 954</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 217</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7060,196 +6990,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-37 298</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 217</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7301,373 +7231,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-9 656</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 217</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-1 885</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 557</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7687,405 +7617,405 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-1 885</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 660</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-1 885</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй - коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 096</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8105,196 +8035,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-1 135</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 091</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8346,164 +8276,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 091</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8596,332 +8526,332 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-011</w:t>
-[...71 lines deleted...]
-750</w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 091</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді - мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8941,196 +8871,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 005</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9182,164 +9112,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 255</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9432,292 +9362,296 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-013</w:t>
-[...71 lines deleted...]
-0</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+750</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...136 lines deleted...]
-3) Таза бюджеттік кредиттеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9773,360 +9707,616 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...104 lines deleted...]
-Бюджеттік кредиттер</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сомасы</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -10155,97 +10345,183 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -10306,1667 +10582,1529 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...162 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...198 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы</w:t>
-[...1 lines deleted...]
-          </w:p>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Кіші функция</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...120 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...162 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...194 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...195 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...16 lines deleted...]
-          </w:p>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Сыныбы</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -12010,97 +12148,183 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12161,1273 +12385,1157 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...162 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...198 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...195 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...195 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сомасы</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 767</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -13456,1176 +13564,1704 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+767</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...120 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...162 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...198 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы</w:t>
-[...1 lines deleted...]
-          </w:p>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...30 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Сыныбы</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...62 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...29 lines deleted...]
-Кіші сыныбы</w:t>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...120 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15611,88 +16247,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 26 – 15 шешіміне № 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Талдықұдық ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z34" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мың тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -30317,88 +30953,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 26 – 15 шешіміне № 3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:bookmarkStart w:name="z36" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Талдықұдық ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z37" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мың тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -44984,55 +45620,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>