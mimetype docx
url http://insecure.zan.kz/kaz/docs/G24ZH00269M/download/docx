--- v0 (2025-10-15)
+++ v1 (2025-12-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f5b2636" w14:textId="f5b2636">
+    <w:p w14:paraId="08a7c4d" w14:textId="08a7c4d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -252,71 +252,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға төмендегі көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 145 777 мың теңге:</w:t>
+      1) кірістер – 144 618 мың теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 37 200 мың теңге;</w:t>
+      салықтық түсімдер – 39 400 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 1 000 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
@@ -332,71 +332,71 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 107 577 мың теңге;</w:t>
+      трансферттердің түсімдері – 104 218 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 161 001 мың теңге;</w:t>
+      2) шығындар – 159 842 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
@@ -597,61 +597,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 31.03.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-9</w:t>
+        <w:t>№ 31-9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1011,228 +1011,137 @@
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аудандық мәслихатының</w:t>
             </w:r>
-          </w:p>
-[...127 lines deleted...]
-              <w:t>№ 26 – 9 шешіміне № 1 қосымша</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024 жылғы 25 желтоқсандағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 26 – 9 шешіміне № 1 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z29" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Жалпактал ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1- қосымша жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 31.03.2025 </w:t>
+      Ескерту. 1- қосымша жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 18.09.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-9</w:t>
+        <w:t>№ 31-9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -2026,87 +1935,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Кірістер</w:t>
-[...35 lines deleted...]
-145 777</w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+144 618</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2271,51 +2180,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-37 200</w:t>
+39 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2480,51 +2389,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 800</w:t>
+29 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2689,51 +2598,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26 800</w:t>
+29 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5615,51 +5524,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107 577</w:t>
+104 218</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5824,51 +5733,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107 577</w:t>
+104 218</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6033,51 +5942,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107 577</w:t>
+104 218</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6820,87 +6729,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Шығындар</w:t>
-[...35 lines deleted...]
-161 001</w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+159 842</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7065,51 +6974,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68 261</w:t>
+75 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7274,51 +7183,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68 261</w:t>
+75 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7483,51 +7392,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68 261</w:t>
+75 330</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7692,51 +7601,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 671</w:t>
+66 140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7901,51 +7810,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 590</w:t>
+9 190</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8110,51 +8019,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-77 223</w:t>
+68 995</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8183,187 +8092,187 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...135 lines deleted...]
-77 223</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй шаруашылығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8492,87 +8401,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-77 223</w:t>
+Аудандық маңызы бар қала ,ауыл,кент,ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8665,123 +8574,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-20 065</w:t>
+007</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қаланың,ауылдың кенттің ауылдық округтің тұрғын үй қорын сақтауды ұйымдастыру.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+105</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8801,196 +8710,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-3 000</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді - мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68 890</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9042,373 +8951,373 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...112 lines deleted...]
-54 158</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+68 890</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-15 515</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16 141</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9428,196 +9337,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-15 515</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 400</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9669,337 +9578,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-15 515</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+50 349</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10023,228 +9932,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 515</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10264,196 +10173,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 515</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10505,337 +10414,337 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-2</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 515</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-Пайдаланылмаған толық пайдаланылмаған нысаналы трансферттерді қайтару</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10891,192 +10800,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11128,328 +11041,580 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...67 lines deleted...]
-Сомасы</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған толық пайдаланылмаған нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11478,1242 +11643,1161 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Кіші функция</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -12757,183 +12841,97 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...131 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкiмшiсi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -12994,317 +12992,484 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -13333,639 +13498,468 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...45 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...94 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...125 lines deleted...]
-Атауы</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...178 lines deleted...]
-          </w:p>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -14026,151 +14020,97 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...99 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -14292,52 +14232,648 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t xml:space="preserve">
-6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану) </w:t>
+5) Бюджет тапшылығы (профициті) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 15 224</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -46307,55 +46843,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -46681,31 +47217,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>