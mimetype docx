--- v1 (2025-12-15)
+++ v2 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="08a7c4d" w14:textId="08a7c4d">
+    <w:p w14:paraId="7602853" w14:textId="7602853">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -156,67 +156,84 @@
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін - өзі басқару туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Казталов аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. 2025 – 2027 жылдарға арналған Жалпақтал ауылдық округінің бюджеті тиісінше </w:t>
+      1. 2025-2027 жылдарға арналған Жалпақтал ауылдық округінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -235,351 +252,320 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 - қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға төмендегі көлемде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 144 618 мың теңге:</w:t>
+      1) кірістер – 165 149 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 39 400 мың теңге;</w:t>
+      салықтық түсімдер – 56 862 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 1 000 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 104 218 мың теңге;</w:t>
+      трансферттердің түсімдері – 107 287 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 159 842 мың теңге;</w:t>
+      2) шығындар – 180 373 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
+      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – - 15 224 мың теңге:</w:t>
+      5) бюджет тапшылығы (профициті) – - 15 224 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 15 224 мың теңге:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 15 224 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -597,88 +583,88 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31-9</w:t>
+        <w:t>№ 35-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkStart w:name="z22" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. 2025 жылға арналған Жалпақтал ауылдық округінің бюджет түсімдері Қазақстан Респуликасының Бюджет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -693,151 +679,151 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">,Казталов аудандық мәслихатының 2024 жылғы 20 желтоқсандағы № 25 - 2 "2025 - 2027 жылдарға арналған аудандық бюджет туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қалыптастырылды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z23" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Жалпақтал ауылдық округінің бюджетіне аудандық бюджеттен берілетін сувенциялар түсімдерінің сомасы 67 036 мың теңге ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z24" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Жергілікті атқарушы органдарға қарасты мемлекеттік мекемелер ұсынатын тауарлар мен қызметтерді өткізуден түсетін ақшалар Қазақстан Республикасының Бюджет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының Үкіметі анықтаған тәртіпте пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z25" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Казталов аудандық мәслихатының тұрақты комиссияларына әр тоқсан сйын бюджеттік бағдарламалар әкімшілерінің есебін тыңдау жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z26" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1054,126 +1040,124 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 26 – 9 шешіміне № 1 </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Жалпактал ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1- қосымша жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 18.09.2025 </w:t>
+      Ескерту. 1- қосымша жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31-9</w:t>
+        <w:t>№ 35-6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мың тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1239,77 +1223,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1325,110 +1368,132 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1444,143 +1509,93 @@
               <w:t>
 Кішi сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1595,143 +1610,86 @@
               <w:t>
 Ерекшелiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -1971,51 +1929,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-144 618</w:t>
+165 149</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2180,51 +2138,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-39 400</w:t>
+56 862</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2352,88 +2310,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-29 000</w:t>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+46 462</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2598,51 +2556,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 000</w:t>
+46 462</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5524,51 +5482,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104 218</w:t>
+107 287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5733,51 +5691,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104 218</w:t>
+107 287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5942,51 +5900,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-104 218</w:t>
+107 287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6033,77 +5991,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6119,110 +6136,132 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6238,143 +6277,93 @@
               <w:t>
 Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6389,143 +6378,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -6765,51 +6697,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-159 842</w:t>
+180 373</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6974,51 +6906,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75 330</w:t>
+95 781</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7183,51 +7115,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75 330</w:t>
+95 781</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7392,51 +7324,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75 330</w:t>
+95 781</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7601,51 +7533,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-66 140</w:t>
+69 711</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7810,51 +7742,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 190</w:t>
+26 070</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8019,51 +7951,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68 995</w:t>
+69 075</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8228,51 +8160,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105</w:t>
+94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8437,51 +8369,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105</w:t>
+94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8646,51 +8578,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-105</w:t>
+94</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8855,51 +8787,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68 890</w:t>
+68 981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9064,51 +8996,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68 890</w:t>
+68 981</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9691,51 +9623,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 349</w:t>
+50 440</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11864,77 +11796,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11950,110 +11941,132 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12069,143 +12082,93 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12220,143 +12183,86 @@
               <w:t>
 Ерекшелiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12691,77 +12597,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12777,110 +12742,132 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12896,143 +12883,93 @@
               <w:t>
 Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13047,143 +12984,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13719,77 +13599,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13805,110 +13744,132 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13924,143 +13885,93 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -14075,143 +13986,86 @@
               <w:t>
 Ерекшелiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14623,52 +14477,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-5) Бюджет тапшылығы (профициті) </w:t>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14828,52 +14682,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану) </w:t>
+              <w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15165,77 +15019,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15251,110 +15164,132 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15370,143 +15305,93 @@
               <w:t>
 Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15521,143 +15406,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -15992,77 +15820,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16078,110 +15965,132 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16197,143 +16106,93 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -16348,143 +16207,86 @@
               <w:t>
 Ерекшелiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -17470,88 +17272,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 26 – 9 шешіміне № 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkStart w:name="z32" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Жалпактал ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z33" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мың тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -32176,88 +31978,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 26 – 9 шешіміне № 3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Жалпактал ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z36" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мың тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -46843,55 +46645,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>