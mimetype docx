--- v0 (2025-10-15)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c3d8872" w14:textId="c3d8872">
+    <w:p w14:paraId="e273896" w14:textId="e273896">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -156,77 +156,84 @@
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының 2001 жылғы 23 қаңтардағы "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін - өзі басқару туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, Казталов аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">1. 2025 - 2027 жылдарға арналған Тереңкөл ауылдық округінің бюджеті тиісінше </w:t>
+      1. 2025 - 2027 жылдарға арналған Тереңкөл ауылдық округінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -245,351 +252,320 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 - қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 63 734 мың теңге:</w:t>
+      1) кірістер – 64 881 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 3 950 мың теңге;</w:t>
+      салықтық түсімдер – 4 510 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 689 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері – 59 784 мың теңге;</w:t>
+      трансферттердің түсімдері – 59 682 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 64 472 мың теңге;</w:t>
+      2) шығындар – 65 619 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
+      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z19" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – - 738 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 738 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z20" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 738 мың теңге;</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 738 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -607,61 +583,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 31.03.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-4</w:t>
+        <w:t>№ 35-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -702,130 +678,130 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Казталов аудандық мәслихатының 2024 жылғы 20 желтоқсандағы № 25 - 2 "2025 – 2027 жылдарға арналған аудандық бюджеті туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z23" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Тереңкөл ауылдық округінің бюджетіне аудандық бюджеттен берілетін субвенциялар түсімдерінің сомасы 37 564 мың теңге ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z24" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Жергілікті атқарушы органдарға қарасты мемлекеттік мекемелер ұсынатын қызметтер мен тауарларды өткізуден түсетін ақшалар Қазақстан Республикасының Бюджет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының Үкіметі анықтаған тәртіпте пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z25" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1010,158 +986,143 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аудандық мәслихатының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2024 жылғы 25 желтоқсандағы</w:t>
+              <w:t xml:space="preserve"> 2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>№ 26 – 4 шешіміне</w:t>
-[...12 lines deleted...]
-              <w:t>№ 1 қосымша</w:t>
+              <w:t>№ 26 – 4 шешіміне № 1 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkStart w:name="z28" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Тереңкөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1- қосымша жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 31.03.2025 </w:t>
+      Ескерту. 1- қосымша жаңа редакцияда - Батыс Қазақстан облысы Казталов аудандық мәслихатының 11.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28-4</w:t>
+        <w:t>№ 35-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа еңгізіледі).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мың тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1227,77 +1188,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1313,110 +1333,132 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1432,143 +1474,93 @@
               <w:t>
 Кішi сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1583,143 +1575,86 @@
               <w:t>
 Ерекшелiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -1923,87 +1858,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Кірістер</w:t>
-[...35 lines deleted...]
-63 734</w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64 881</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2168,51 +2103,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 950</w:t>
+4 510</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2340,52 +2275,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Табыс салығы </w:t>
+              <w:t>
+Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2795,51 +2730,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 650</w:t>
+3 210</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3631,51 +3566,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-818</w:t>
+1 378</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4885,51 +4820,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+689</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5094,51 +5029,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 784</w:t>
+59 682</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5303,51 +5238,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 784</w:t>
+59 682</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5512,51 +5447,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59 784</w:t>
+59 682</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5603,77 +5538,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5689,110 +5683,132 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5808,143 +5824,93 @@
               <w:t>
 Бюджеттік бағдарламалардың әкімшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -5959,143 +5925,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -6299,87 +6208,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Шығындар</w:t>
-[...35 lines deleted...]
-64 472</w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+65 619</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6507,88 +6416,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-54 448</w:t>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+53 344</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6753,51 +6662,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 448</w:t>
+53 344</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6962,51 +6871,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-54 448</w:t>
+53 344</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7171,51 +7080,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46 448</w:t>
+45 344</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8425,51 +8334,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 713</w:t>
+11 964</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9261,51 +9170,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 383</w:t>
+10 634</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9470,51 +9379,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8 383</w:t>
+10 634</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9679,51 +9588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 001</w:t>
+1 134</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9888,51 +9797,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6 382</w:t>
+9 500</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11105,52 +11014,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Трасферттер </w:t>
+              <w:t>
+Трасферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11729,51 +11638,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) Таза бюджеттік кредиттеу</w:t>
+3) Таза бюджеттік кредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12061,77 +11970,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12147,110 +12115,132 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12266,143 +12256,93 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12417,143 +12357,86 @@
               <w:t>
 Ерекшелiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -12888,77 +12771,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12974,110 +12916,132 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13093,143 +13057,93 @@
               <w:t>
 Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13244,143 +13158,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -13584,51 +13441,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
+4) Қаржы активтерімен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13916,77 +13773,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14002,110 +13918,132 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14121,143 +14059,93 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -14272,143 +14160,86 @@
               <w:t>
 Ерекшелiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -14820,88 +14651,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
--738</w:t>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+- 738</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15025,52 +14856,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану) </w:t>
+              <w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15362,77 +15193,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15448,110 +15338,132 @@
               <w:t>
 Кіші функция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15567,143 +15479,93 @@
               <w:t>
 Бюджеттік бағдарламалардың әкiмшiсi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -15718,143 +15580,86 @@
               <w:t>
 Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -16189,77 +15994,136 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:tcBorders>
-[...25 lines deleted...]
-            </w:pPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16275,110 +16139,132 @@
               <w:t>
 Сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16394,143 +16280,93 @@
               <w:t>
 Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -16545,143 +16381,86 @@
               <w:t>
 Ерекшелiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...91 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -17667,88 +17446,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 26 – 4 шешіміне № 2 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2026 жылға арналған Тереңкөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z32" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мың тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -33418,88 +33197,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 25 желтоқсандағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 26 – 4 шешіміне № 3 қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z34" w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Тереңкөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z35" w:id="25"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z35" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мың тенге</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -49130,55 +48909,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -49504,31 +49283,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>