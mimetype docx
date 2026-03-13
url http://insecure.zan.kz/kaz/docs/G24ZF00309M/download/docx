--- v0 (2025-10-04)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="14bb707" w14:textId="14bb707">
+    <w:p w14:paraId="fa3e440" w14:textId="fa3e440">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -156,533 +156,515 @@
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының 2001 жылғы 23 қаңтардағы "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Жәнібек аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. 2025-2027 жылдарға арналған Жәнібек ауданы Ұзынкөл ауылдық округінің бюджеті тиісінше </w:t>
+      1. 2025-2027 жылдарға арналған Жәнібек ауданы Ұзынкөл ауылдық округінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>3 - қосымшаларға</w:t>
+        <w:t>3- қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) кірістер – 34 750 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z6" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 4 878 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 134 теңге;</w:t>
+      салықтық емес түсімдер – 134 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі – 29 738 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) шығындар – 39 210 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z11" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
+      3) таза бюджеттік кредиттеу – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z12" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z13" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо – 0 теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z17" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -4 460 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – 4 460 мың теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 4 460 мың теңге:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0 теңге;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z21" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджет қаражатының пайдаланылатын қалдықтары – 4 460 мың теңге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Жәнібек аудандық мәслихатының 31.03.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Батыс Қазақстан облысы Жәнібек аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32-9</w:t>
+        <w:t>№ 41-10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="19"/>
+    <w:bookmarkStart w:name="z22" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. 2025 жылға арналған Жәнібек ауданы Ұзынкөл ауылдық округінің бюджет түсімдері Қазақстан Республикасының Бюджет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -697,131 +679,131 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Жәнібек аудандық мәслихатының 2024 жылғы 23 желтоқсандағы №29-2 "2025 – 2027 жылдарға арналған аудандық бюджет туралы" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес қалыптасады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z23" w:id="20"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z23" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Жәнібек ауданы Ұзынкөл ауылдық округінің бюджетінде аудандық бюджеттен берілетін субвенциялар түсімдерінің жалпы сомасы 30232 мың теңге көлемінде ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z24" w:id="21"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z24" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Жергілікті атқарушы органдарға қарасты мемлекеттік мекемелер ұсынатын тауарлар мен қызметтерді өткізуден түсетін ақшалар Қазақстан Республикасының Бюджет </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және Қазақстан Республикасының Үкіметі анықтаған тәртіпте пайдаланылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z25" w:id="22"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z25" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1025,106 +1007,15617 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 26 желтоқсандағы № 30-9</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>шешіміне 1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkStart w:name="z28" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Ұзынкөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Батыс Қазақстан облысы Жәнібек аудандық мәслихатының 31.03.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Батыс Қазақстан облысы Жәнібек аудандық мәслихатының 05.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32-9</w:t>
+        <w:t>№ 41-10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мың теңге</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Iшкi сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелігі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 750</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 878</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+630</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке табыс салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+630</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+04</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Меншiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 748</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мүлiкке салынатын салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк құралдарына салынатын салық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бірыңғай жер салығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+05</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын ішкі салықтар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Табиғи және басқада ресурстарды пайдаланғаны үшін түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік меншіктен түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік мүлікті жалға беруден түсетін кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+134</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 738</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 738</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 738</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+39 210</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 319</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 319</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 319</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 319</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 891</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 891</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 891</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елдi мекендердегі көшелердi жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 1 175</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+600</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру және көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 116</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Iшкi сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Iшкi сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін ел ішінде сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-4 460</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 460</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік ішкі қарыздар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз алу келісім-шарттары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Iшкi сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-4 460</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 460</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 460</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жәнібек аудандық мәслихатының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2024 жылғы 26 желтоқсандағы №30-9</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шешіміне 2- қосымша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z31" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2026 жылға арналған Ұзынкөл ауылдық округінің бюджеті</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1797,232 +17290,244 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...180 lines deleted...]
-              <w:t xml:space="preserve"> 6</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2147,87 +17652,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) Кірістер</w:t>
-[...35 lines deleted...]
-34 750</w:t>
+1) Кірістер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5318,51 +20823,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 738</w:t>
+30 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5527,51 +21032,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 738</w:t>
+30 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5736,51 +21241,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29 738</w:t>
+30 126</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -6351,232 +21856,244 @@
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...180 lines deleted...]
-              <w:t xml:space="preserve"> 6</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6701,87 +22218,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2) Шығындар</w:t>
-[...35 lines deleted...]
-39 210</w:t>
+2) Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+35 138</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6946,51 +22463,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 775</w:t>
+34 663</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7155,51 +22672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 775</w:t>
+34 663</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7364,51 +22881,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 775</w:t>
+34 663</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7573,51 +23090,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35 775</w:t>
+34 663</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7782,51 +23299,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 435</w:t>
+475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7991,51 +23508,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 435</w:t>
+475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8200,51 +23717,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 435</w:t>
+475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8409,51 +23926,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 1 175</w:t>
+ 475</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8537,132 +24054,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-1 000</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8746,132 +24259,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-1 260</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8995,1316 +24504,1336 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-3) Таза бюджеттік кредиттеу</w:t>
+              <w:t xml:space="preserve">
+Бюджеттік кредиттерді өтеу </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Iшкi сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Сыныбы</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...88 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...120 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...180 lines deleted...]
-              <w:t xml:space="preserve"> 6</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік кредиттерді өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Бюджеттік кредиттерді өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік бюджеттен берілген бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10360,763 +25889,615 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Бюджеттік кредиттерді өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) Қаржы активтерімен операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Кіші функция</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -11160,248 +26541,381 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...120 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -11524,631 +27038,510 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Атауы</w:t>
-[...14 lines deleted...]
-          <w:p/>
+Қаржы активтерін сатып алу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-              <w:t xml:space="preserve"> 6</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...163 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Iшкi сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Сыныбы</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -12192,810 +27585,970 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Iшкi сыныбы</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...120 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...151 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...180 lines deleted...]
-              <w:t xml:space="preserve"> 6</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қаржы активтерін ел ішінде сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13051,160 +28604,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...108 lines deleted...]
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) Бюджет тапшылығы (профициті)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13292,128 +28841,124 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...76 lines deleted...]
-Қаржы активтерін ел ішінде сатудан түсетін түсімдер</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13437,224 +28982,228 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
--4 460</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13674,57 +29223,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -13779,882 +29332,754 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-6) Бюджет тапшылығын қаржыландыру (профицитін пайдалану) </w:t>
-[...35 lines deleted...]
-4 460</w:t>
+Мемлекеттік ішкі қарыздар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Қарыздар түсімдері</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыз алу келісім-шарттары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...44 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -14683,1228 +30108,1220 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...139 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...151 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...180 lines deleted...]
-              <w:t xml:space="preserve"> 6</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-0</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы, мың теңге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...167 lines deleted...]
-          </w:p>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...68 lines deleted...]
-          </w:p>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Iшкi сыныбы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Сыныбы</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ерекшелiгi</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
@@ -15948,1086 +31365,828 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...30 lines deleted...]
-Iшкi сыныбы</w:t>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...120 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...151 lines deleted...]
-          <w:p/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="0"/>
-[...180 lines deleted...]
-              <w:t xml:space="preserve"> 6</w:t>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...416 lines deleted...]
-            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -17161,51 +32320,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 460</w:t>
+0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -17270,15953 +32429,74 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 26 желтоқсандағы №30-9</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>шешіміне 2- қосымша</w:t>
+              <w:t>шешіміне 3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
-[...15878 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2027 жылға арналған Ұзынкөл ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>