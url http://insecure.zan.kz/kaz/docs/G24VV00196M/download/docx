--- v0 (2025-11-10)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e671194" w14:textId="e671194">
+    <w:p w14:paraId="6290288" w14:textId="6290288">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы шешім 01.01 2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -211,125 +228,140 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1) тармақшасына сәйкес, Марқакөл ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Марқакөл ауданы Ақбұлақ ауылдық округінің 2025-2027 жылдарға арналған бюджеті сәйкесінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1 қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 70642,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 76 851,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер - 1649,0 мың теңге;</w:t>
+      салықтық түсімдер – 1 649,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -339,87 +371,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 68993,0 мың теңге;</w:t>
+      трансферттер түсімі – 75 202,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) шығындар – 76869,4 мың теңге;</w:t>
+      2) шығындар – 83 078,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) таза бюджеттік кредиттеу - 0,0 мың теңге, оның ішінде:</w:t>
+      3) таза бюджеттік кредиттеу - 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -429,51 +461,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) қаржы активтерімен операциялар бойынша сальдо - 0,0 мың теңге, оның ішінде:</w:t>
+      4) қаржы активтерімен операциялар бойынша сальдо - 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -483,69 +515,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) бюджет тапшылығы (профициті) - - 6227,4 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) - - 6 227,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 6227,4 мың теңге, оның ішінде:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 6 227,4 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -555,153 +587,153 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік қаражатының пайдаланатын қалдықтары – 6227,4 мың теңге;</w:t>
+      бюджеттік қаражатының пайдаланатын қалдықтары – 6 227,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражаты қалдықтары – 6227,4 мың теңге.</w:t>
+      бюджет қаражаты қалдықтары – 6 227,4 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Марқакөл ауданының мәслихаты 27.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Марқакөл ауданының мәслихаты 11.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/6-VIII</w:t>
+        <w:t>№ 31/6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -786,50 +818,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Калелов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -939,61 +989,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Марқакөл ауданы Ақбұлақ ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Марқакөл ауданының мәслихаты 27.08.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Марқакөл ауданының мәслихаты 11.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/6-VIII</w:t>
+        <w:t>№ 31/6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1717,51 +1767,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70642,0</w:t>
+76 851,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1894,51 +1944,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1649,0</w:t>
+1 649,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2425,51 +2475,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1649,0</w:t>
+1 649,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2956,51 +3006,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1634,0</w:t>
+1 634,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3302,51 +3352,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1634,0</w:t>
+1 634,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3479,51 +3529,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68993,0</w:t>
+75 202,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3656,51 +3706,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68993,0</w:t>
+75 202,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3833,51 +3883,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68993,0</w:t>
+75 202,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4010,51 +4060,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-68993,0</w:t>
+75 202,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5160,51 +5210,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76869,4</w:t>
+83 078,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5369,51 +5419,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35283,0</w:t>
+39 492,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5578,51 +5628,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35283,0</w:t>
+39 492,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5787,51 +5837,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35283,0</w:t>
+39 492,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5996,51 +6046,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-35283,0</w:t>
+38 888,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6133,541 +6183,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-001</w:t>
-[...71 lines deleted...]
-34679,0</w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+604,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-604,0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 498,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-34042,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 498,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6687,196 +6737,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-35042,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+34 498,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6928,164 +6978,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-35042,4</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 663,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7178,123 +7228,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-008</w:t>
-[...71 lines deleted...]
-13986,0</w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7387,541 +7437,541 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-009</w:t>
-[...71 lines deleted...]
-544,0</w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 835,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...176 lines deleted...]
-20512,4</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 088,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...176 lines deleted...]
-6544,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 088,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7941,196 +7991,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-6544,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 088,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8182,164 +8232,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-6544,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 088,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8423,132 +8473,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...80 lines deleted...]
-6544,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ІІІ. ТАЗА БЮДЖЕТТІК КРЕДИТТЕУ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8673,51 +8719,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ІІІ. ТАЗА БЮДЖЕТТІК КРЕДИТТЕУ</w:t>
+Бюджеттік кредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8878,51 +8924,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+Бюджеттік кредиттерді өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9083,51 +9129,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+IV. ҚАРЖЫ АКТИВТЕРІМЕН ОПЕРАЦИЯЛАР БОЙЫНША САЛЬДО</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9288,51 +9334,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV. ҚАРЖЫ АКТИВТЕРІМЕН ОПЕРАЦИЯЛАР БОЙЫНША САЛЬДО</w:t>
+Қаржы активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9493,51 +9539,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+Мемлекеттің қаржы активтерін сатудан түскен түсім</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9697,88 +9743,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...36 lines deleted...]
-0,0</w:t>
+              <w:t xml:space="preserve">
+V. БЮДЖЕТ ТАПШЫЛЫҒЫ(ПРОФИЦИТІ) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-6 227,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9903,87 +9949,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-V. БЮДЖЕТ ТАПШЫЛЫҒЫ(ПРОФИЦИТІ) </w:t>
-[...35 lines deleted...]
--6227,4</w:t>
+VI. БЮДЖЕТ ТАПШЫЛЫҒЫН ҚАРЖЫЛАНДЫРУ (ПРОФИЦИТІН ПАЙДАЛАНУ) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 227,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10107,88 +10153,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-6227,4</w:t>
+              <w:t>
+Қарыздар түсімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10313,51 +10359,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімі</w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10518,87 +10564,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздарды өтеу</w:t>
-[...35 lines deleted...]
-0,0</w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 227,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10723,292 +10769,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
-[...203 lines deleted...]
-              <w:t>
 Бюджет қаражаты қалдықтары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6227,4</w:t>
+6 227,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -30898,55 +30739,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>