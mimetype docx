--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ba294a6" w14:textId="ba294a6">
+    <w:p w14:paraId="15af323" w14:textId="15af323">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,68 +152,51 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы шешім 01.01 2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -228,194 +211,179 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1) тармақшасына сәйкес, Марқакөл ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Марқакөл ауданының Марқакөл ауылдық округінің 2025-2027 жылдарға арналған бюджеті сәйкесінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1-қосымшаға</w:t>
+        <w:t>1қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынандай көлемдерде бекітілсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кірістер – 420 314,8 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер –378111,9 мың теңге, оның ішінде:</w:t>
-[...17 lines deleted...]
-      салықтық түсімдер –15000,0 мың теңге;</w:t>
+      салықтық түсімдер –15 000,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі –363111,9 мың теңге;</w:t>
+      трансферттер түсімі – 405 314,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар –398492,0 мың теңге;</w:t>
+      2) шығындар – 440 694,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -496,70 +464,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5) бюджет тапшылығы (профициті) - -20380,1 мың теңге;</w:t>
+        <w:t xml:space="preserve">
+      5) бюджет тапшылығы (профициті) - - 20 380,1 мың теңге;   </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) –20380,1 мың теңге, оның ішінде:</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 20 380,1 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -569,153 +537,153 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік қаражатының пайдаланатын қалдықтары –20380,1 мың теңге;</w:t>
+      бюджеттік қаражатының пайдаланатын қалдықтары – 20 380,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражаты қалдықтары – 20380,1 мың теңге.</w:t>
+      бюджет қаражаты қалдықтары – 20 380,1 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Марқакөл ауданының мәслихаты 27.08.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Марқакөл ауданының мәслихаты 11.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/2-VIII</w:t>
+        <w:t>№ 31/2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="0"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -800,68 +768,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Калелов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -971,61 +921,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Марқакөл ауданы Марқакөл ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Марқакөл ауданының мәслихаты 27.08.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Марқакөл ауданының мәслихаты 11.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/2-VIII</w:t>
+        <w:t>№ 31/2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1749,51 +1699,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-378111,9</w:t>
+420 314,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1926,51 +1876,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15000,0</w:t>
+15 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2103,51 +2053,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3300,0</w:t>
+3 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2280,51 +2230,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3300,0</w:t>
+3 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2421,87 +2371,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншіккесалынатынсалықтар</w:t>
+Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10730,0</w:t>
+10 850,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2598,87 +2548,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүліккесалынатынсалықтар</w:t>
+Мүлікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-490,0</w:t>
+400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2775,51 +2725,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерсалығы</w:t>
+Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2952,87 +2902,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлікқұралдарынасалынатынсалық</w:t>
+Көлік құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10105,0</w:t>
+10 105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3334,51 +3284,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9720,0</w:t>
+9 810,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4006,87 +3956,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердіңтүсімдері</w:t>
+Трансферттердің түсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-363111,9</w:t>
+405 314,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4183,87 +4133,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттікбасқарудыңжоғарытұрғаноргандарынантүсетінтрансферттер</w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-363111,9</w:t>
+405 314,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4360,87 +4310,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстықмаңызы бар қаланың) бюджетінентрансферттер</w:t>
+Аудандардың (облыстықмаңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-363111,9</w:t>
+405 314,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4533,87 +4483,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ағымдағынысаналытрансферттер</w:t>
+Ағымдағы нысаналы трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-363111,9</w:t>
+405 314,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -5542,51 +5492,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-398492,0</w:t>
+440 694,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5751,51 +5701,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115988,9</w:t>
+176 658,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5960,51 +5910,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115988,9</w:t>
+176 658,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6169,51 +6119,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-115988,9</w:t>
+176 658,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6378,51 +6328,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-114988,9</w:t>
+175 708,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6587,51 +6537,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1000,0</w:t>
+950,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6796,51 +6746,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-158459,8</w:t>
+188 170,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7005,51 +6955,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-158459,8</w:t>
+188 170,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7214,51 +7164,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-158459,8</w:t>
+188 170,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7423,51 +7373,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40066,8</w:t>
+62 777,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7632,51 +7582,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21150,0</w:t>
+21 150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7841,51 +7791,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89843,0</w:t>
+96 843,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8050,51 +8000,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7400,0</w:t>
+7 400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8259,51 +8209,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1780,0</w:t>
+1 780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8468,51 +8418,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1780,0</w:t>
+1 780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8677,51 +8627,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1780,0</w:t>
+1 780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8886,51 +8836,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1780,0</w:t>
+1 780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9095,51 +9045,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70000,0</w:t>
+70 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9304,51 +9254,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70000,0</w:t>
+70 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9513,51 +9463,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70000,0</w:t>
+70 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9722,51 +9672,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70000,0</w:t>
+70 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9931,51 +9881,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4085,2</w:t>
+4 085,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10140,51 +10090,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4085,2</w:t>
+4 085,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10349,51 +10299,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4085,2</w:t>
+4 085,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10558,51 +10508,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4085,2</w:t>
+4 085,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11993,51 +11943,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--20380,1</w:t>
+-20 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12198,51 +12148,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20380,1</w:t>
+20 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12817,51 +12767,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20380,1</w:t>
+20 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13026,51 +12976,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20380,1</w:t>
+20 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13235,51 +13185,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20380,1</w:t>
+20 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -34943,55 +34893,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>