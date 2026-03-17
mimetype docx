--- v1 (2025-12-28)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="15af323" w14:textId="15af323">
+    <w:p w14:paraId="d7bd1eb" w14:textId="d7bd1eb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы шешім 01.01 2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -211,107 +228,122 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1) тармақшасына сәйкес, Марқакөл ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Марқакөл ауданының Марқакөл ауылдық округінің 2025-2027 жылдарға арналған бюджеті сәйкесінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>1қосымшаға</w:t>
+        <w:t>1 қосымшаға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынандай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 420 314,8 мың теңге, оның ішінде:</w:t>
+      1) кірістер – 443 103,8 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер –15 000,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -321,69 +353,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 405 314,8 мың теңге;</w:t>
+      трансферттер түсімі – 428 103,8 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 440 694,9 мың теңге;</w:t>
+      2) шығындар – 463 483,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -464,52 +496,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      5) бюджет тапшылығы (профициті) - - 20 380,1 мың теңге;   </w:t>
+        <w:t>
+      5) бюджет тапшылығы (профициті) - - 20 380,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 20 380,1 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -583,107 +615,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Марқакөл ауданының мәслихаты 11.11.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Марқакөл ауданының мәслихаты 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31/2-VIII</w:t>
+        <w:t>№ 34/2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -884,98 +916,98 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№19/2-VIII шешіміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1 қосымша</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Марқакөл ауданы Марқакөл ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Марқакөл ауданының мәслихаты 11.11.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Марқакөл ауданының мәслихаты 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 31/2-VIII</w:t>
+        <w:t>№ 34/2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1699,51 +1731,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-420 314,8</w:t>
+443 103,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1876,51 +1908,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15 000,0</w:t>
+15 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2053,51 +2085,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 300,0</w:t>
+3 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2230,51 +2262,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3 300,0</w:t>
+3 300,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2407,51 +2439,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 850,0</w:t>
+10 850,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2938,51 +2970,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10 105,0</w:t>
+10 105,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3284,51 +3316,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9 810,0</w:t>
+9 810,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3992,51 +4024,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-405 314,8</w:t>
+428 103,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4169,51 +4201,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-405 314,8</w:t>
+428 103,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4346,51 +4378,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-405 314,8</w:t>
+428 103,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4519,51 +4551,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-405 314,8</w:t>
+428 103,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
@@ -5492,51 +5524,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-440 694,9</w:t>
+463 483,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5701,51 +5733,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-176 658,9</w:t>
+207 158,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5910,51 +5942,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-176 658,9</w:t>
+207 158,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6119,51 +6151,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-176 658,9</w:t>
+207 158,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6328,51 +6360,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175 708,9</w:t>
+187 708,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6537,51 +6569,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-950,0</w:t>
+19 450,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6746,51 +6778,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-188 170,8</w:t>
+180 459,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6955,51 +6987,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-188 170,8</w:t>
+180 459,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7164,51 +7196,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-188 170,8</w:t>
+180 459,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7373,51 +7405,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-62 777,8</w:t>
+55 066,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7582,51 +7614,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21 150,0</w:t>
+21 150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7791,51 +7823,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96 843,0</w:t>
+96 843,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8000,51 +8032,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 400,0</w:t>
+7 400,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8209,51 +8241,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 780,0</w:t>
+1 780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8418,51 +8450,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 780,0</w:t>
+1 780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8627,51 +8659,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 780,0</w:t>
+1 780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8836,51 +8868,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 780,0</w:t>
+1 780,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9045,51 +9077,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 000,0</w:t>
+70 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9254,51 +9286,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 000,0</w:t>
+70 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9463,51 +9495,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 000,0</w:t>
+70 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9672,51 +9704,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70 000,0</w:t>
+70 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9881,51 +9913,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 085,2</w:t>
+4 085,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10090,51 +10122,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 085,2</w:t>
+4 085,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10299,51 +10331,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 085,2</w:t>
+4 085,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10508,51 +10540,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 085,2</w:t>
+4 085,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11943,51 +11975,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--20 380,1</w:t>
+-20 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12148,51 +12180,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 380,1</w:t>
+20 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12767,51 +12799,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 380,1</w:t>
+20 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -12976,51 +13008,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 380,1</w:t>
+20 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13185,51 +13217,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20 380,1</w:t>
+20 380,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>