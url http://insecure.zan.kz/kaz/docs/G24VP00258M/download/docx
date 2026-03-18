--- v0 (2025-11-11)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5b52321" w14:textId="5b52321">
+    <w:p w14:paraId="408b0d6" w14:textId="408b0d6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -327,51 +327,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 94 567,0мың теңге, соның ішінде:</w:t>
+      1) кірістер – 100 369,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер – 8 250,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -399,69 +399,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 86 317,0 мың теңге;</w:t>
+      трансферттер түсімі – 92 119,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 97 060,4 мың теңге;</w:t>
+      2) шығындар – 102 862,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -643,61 +643,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Тарбағатай аудандық мәслихатының 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Тарбағатай аудандық мәслихатының 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32/8-VIII</w:t>
+        <w:t>№ 34/7-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -716,90 +716,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Тарбағатай ауданы Құйған ауылдық округ бюджетіне аудандық бюджеттен берілетін субвенция көлемі 41 055,0 мың теңге сомасында белгіленгені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. 2025 жылға арналған Тарбағатай ауданы Құйған ауылдық округ бюджетіне аудандық бюджеттен 45262,0 мың теңге көлемінде нысаналы трансферттер көзделгені ескерілсін.</w:t>
+      3. 2025 жылға арналған Тарбағатай ауданы Құйған ауылдық округ бюджетіне аудандық бюджеттен – 51064,0 мың теңге көлемінде нысаналы трансферттер көзделгені ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Тарбағатай аудандық мәслихатының 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Тарбағатай аудандық мәслихатының 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32/8-VIII</w:t>
+        <w:t>№ 34/7-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -1122,124 +1122,124 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Тарбағатай аудандық мәслихатының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 жылғы "27" желтоқсандағы </w:t>
+              <w:t xml:space="preserve">2024 жылғы 27 желтоқсандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">№ 25/8-VIII шешіміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1 қосымша</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Құйған ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Тарбағатай аудандық мәслихатының 18.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Тарбағатай аудандық мәслихатының 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32/8-VIII</w:t>
+        <w:t>№ 34/7-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1833,51 +1833,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-94 567,0</w:t>
+100 369,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4665,51 +4665,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86 317,0</w:t>
+92 119,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4842,51 +4842,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86 317,0</w:t>
+92 119,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5019,51 +5019,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-86 317,0</w:t>
+92 119,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5887,51 +5887,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-97 060,4</w:t>
+102 862,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9231,51 +9231,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 483,0</w:t>
+7 285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9440,51 +9440,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 483,0</w:t>
+7 285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9649,51 +9649,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 483,0</w:t>
+7 285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9858,51 +9858,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 483,0</w:t>
+7 285,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -40595,55 +40595,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>