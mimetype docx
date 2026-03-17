--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d500f7d" w14:textId="d500f7d">
+    <w:p w14:paraId="c233d51" w14:textId="c233d51">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы шешім 01.01 2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -231,68 +248,84 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2- тармағына, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6 бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 тармағына 1) тармақшасына сәйкес Тарбағатай аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2025-2027 жылдарға арналған Тарбағатай ауданы Жетіарал ауылдық округінің бюджетіне тиісінше </w:t>
+      2025-2027 жылдарға арналған Тарбағатай ауданы Жетіарал ауылдық округінің бюджетіне туралы тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -308,88 +341,87 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3-қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
-[...18 lines deleted...]
-      1) кірістер – 96613,1мың теңге, соның ішінде:</w:t>
+        <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 4929,0 мың теңге;</w:t>
+      1) кірістер – 104 613,1 мың теңге, соның ішінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      салықтық түсімдер – 4 929,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 286,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -399,105 +431,105 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 91398,1 мың теңге;</w:t>
+      трансферттер түсімі –99 398,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 96 676,0 мың теңге;</w:t>
+      2) шығындар – 104 676,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджеттік кредиттер – 0,0 мың теңге;</w:t>
+      бюджеттік кредиттер –0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -543,51 +575,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -63,0 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 63,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 63,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -597,275 +629,289 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қарыздарды өтеу –,0 мың теңге;</w:t>
+      қарыздарды өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланатын қалдықтары – 63,0 мың теңге.</w:t>
+      бюджет қаражатының пайдаланатын қалдықтары – 63,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Тарбағатай аудандық мәслихатының 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Тарбағатай аудандық мәслихатының 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32/5-VIII</w:t>
+        <w:t>№ 34/4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Тарбағатай ауданы Жетіарал ауылдық округ бюджетіне аудандық бюджеттен берілетін субвенция көлемі 46 698,0 мың теңге сомасында белгіленгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. 2025 жылға арналған Тарбағатай ауданы Жетіарал ауылдық округ бюджетіне аудандық бюджеттен – 44700,1 мың теңге көлемінде нысаналы трансферттер көзделгені ескерілсін.</w:t>
+      3. 2025 жылға арналған Тарбағатай ауданы Жетіарал ауылдық округ бюджетіне аудандық бюджеттен – 52 700,1 мың теңге көлемінде нысаналы трансферттер көзделгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Тарбағатай аудандық мәслихатының 18.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 3-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Тарбағатай аудандық мәслихатының 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32/5-VIII</w:t>
+        <w:t>№ 34/4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3-1. 63,0 мың теңге бюджет қаражатының бос қалдықтарының пайдаланылуы осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бөлінсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -884,70 +930,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkStart w:name="z9" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1032,50 +1078,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>О. Канагатов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1122,124 +1186,124 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Тарбағатай аудандық мәслихатының </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 жылғы "27" желтоқсандағы </w:t>
+              <w:t xml:space="preserve">2024 жылғы 25 желтоқсандағы </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">№ 25/5-VIII шешіміне </w:t>
+              <w:t xml:space="preserve">№ 24/2-VIII шешіміне </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>1 қосымша</w:t>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Жетіарал ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Тарбағатай аудандық мәслихатының 18.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Тарбағатай аудандық мәслихатының 25.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 32/5-VIII</w:t>
+        <w:t>№ 34/4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1833,51 +1897,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96 613,1</w:t>
+104 613,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2328,51 +2392,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке табыссалығы</w:t>
+Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2505,87 +2569,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншiккесалынатын салықтар</w:t>
+Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4129,0</w:t>
+4 129,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4311,51 +4375,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91 398,1</w:t>
+99 398,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4488,51 +4552,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91 398,1</w:t>
+99 398,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4665,51 +4729,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91 398,1</w:t>
+99 398,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -5533,51 +5597,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-96 676,0</w:t>
+104 676,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5742,51 +5806,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67313,0</w:t>
+69 313,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5915,87 +5979,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқаоргандар</w:t>
-[...35 lines deleted...]
-67313,0</w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+69 313,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6160,51 +6224,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-67313,0</w:t>
+69 313,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6369,51 +6433,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-65693,0</w:t>
+67 693,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6542,51 +6606,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік органның күрделі шығыстары</w:t>
+Мемлекеттік органнын күрделі шығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6787,51 +6851,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27861,6</w:t>
+27 861,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7414,51 +7478,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12892,9</w:t>
+12 892,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7832,51 +7896,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14168,7</w:t>
+14 168,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8214,51 +8278,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәдениетсаласындағы қызмет</w:t>
+Мәдениет саласындағы қызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8877,51 +8941,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+7 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9086,51 +9150,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+7 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9295,51 +9359,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+7 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9504,51 +9568,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+7 000,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10536,57 +10600,61 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -38693,55 +38761,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>