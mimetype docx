--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e9780a9" w14:textId="e9780a9">
+    <w:p w14:paraId="171f197" w14:textId="171f197">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -307,141 +307,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 167444,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер - 170674,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер - 12910,0 мың теңге;</w:t>
+      салықтық түсімдер - 13468,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер - 72,0 мың теңге;</w:t>
+      салықтық емес түсімдер - 73,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 154462,0 мың теңге;</w:t>
+      трансферттер түсімі - 157133,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 168387,0 мың теңге;</w:t>
+      2) шығындар - 171617,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -641,61 +641,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 42/8-VIII</w:t>
+        <w:t>№ 44/8-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -979,61 +979,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күршім ауданының Сарыөлең ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 15.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 42/8-VIII</w:t>
+        <w:t>№ 44/8-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1757,51 +1757,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-167444,0</w:t>
+170674,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1934,51 +1934,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12910,0</w:t>
+13468,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2111,51 +2111,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5804,0</w:t>
+5929,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2288,51 +2288,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5804,0</w:t>
+5929,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2465,51 +2465,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6926,0</w:t>
+7102,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2642,51 +2642,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-515,0</w:t>
+248,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2819,51 +2819,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0,0</w:t>
+145,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2996,51 +2996,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5840,0</w:t>
+6077,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3169,51 +3169,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13,0</w:t>
+23,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3342,51 +3342,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5827,0</w:t>
+6054,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3519,51 +3519,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-571,0</w:t>
+632,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3696,51 +3696,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-180,0</w:t>
+437,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3873,51 +3873,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-180,0</w:t>
+437,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4050,51 +4050,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72,0</w:t>
+73,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4227,51 +4227,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72,0</w:t>
+73,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4404,92 +4404,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-72,0</w:t>
+73,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+ 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4581,51 +4581,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-154462,0</w:t>
+157133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4758,51 +4758,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-154462,0</w:t>
+157133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4935,51 +4935,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-154462,0</w:t>
+157133,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5112,51 +5112,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100069,0</w:t>
+102740,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6262,51 +6262,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-168387,0</w:t>
+171617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6471,51 +6471,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76518,0</w:t>
+79748,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6680,51 +6680,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76518,0</w:t>
+79748,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6889,51 +6889,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-76518,0</w:t>
+79748,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7098,51 +7098,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-55893,0</w:t>
+59123,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -33931,55 +33931,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>