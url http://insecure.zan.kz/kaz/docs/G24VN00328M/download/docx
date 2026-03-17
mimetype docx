--- v1 (2025-12-28)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="171f197" w14:textId="171f197">
+    <w:p w14:paraId="7365bc1" w14:textId="7365bc1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы шешім 01.01 2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2008 жылғы 4 желтоқсандағы Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -211,52 +228,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының 2001 жылғы 23 қаңтардағы "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1) тармақшасына негізінде, Күршім аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Күршім ауданы Сарыөлең ауылдық округінің 2025-2027 жылдарға арналған бюджеті сәйкесінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -291,67 +324,66 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 170674,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер - 173199,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер - 13468,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -379,69 +411,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 157133,0 мың теңге;</w:t>
+      трансферттер түсімі - 159658,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 171617,0 мың теңге;</w:t>
+      2) шығындар - 174142,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -641,107 +673,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 29.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 44/8-VIII</w:t>
+        <w:t>№ 46/8-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім 2025 жылдың 1 қаңтарынан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -826,50 +858,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>К. Бахтияров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -979,61 +1029,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күршім ауданының Сарыөлең ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 29.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 44/8-VIII</w:t>
+        <w:t>№ 46/8-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1757,51 +1807,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-170674,0</w:t>
+173199,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4581,51 +4631,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-157133,0</w:t>
+159658,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4758,51 +4808,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-157133,0</w:t>
+159658,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4935,51 +4985,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-157133,0</w:t>
+159658,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5112,51 +5162,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-102740,0</w:t>
+105265,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6262,51 +6312,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-171617,0</w:t>
+174142,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6471,51 +6521,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79748,0</w:t>
+82296,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6680,51 +6730,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79748,0</w:t>
+82296,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6889,51 +6939,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-79748,0</w:t>
+79771,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7098,51 +7148,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-59123,0</w:t>
+61671,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7516,51 +7566,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89869,0</w:t>
+89846,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7725,51 +7775,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89869,0</w:t>
+89846,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7934,51 +7984,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-89869,0</w:t>
+89846,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8561,51 +8611,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-75857,0</w:t>
+75834,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>