--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="16e5a97" w14:textId="16e5a97">
+    <w:p w14:paraId="4792627" w14:textId="4792627">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -307,69 +307,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 106617,0 мың теңге, оның ішінде:</w:t>
+      1) кірістер - 107217,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер - 10420,0 мың теңге;</w:t>
+      салықтық түсімдер - 11020,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 156,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -397,51 +397,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       трансферттер түсімі - 96041,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 109639,0 мың теңге;</w:t>
+      2) шығындар - 110239,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -641,61 +641,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 42/6-VIII</w:t>
+        <w:t>№ 44/6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -999,61 +999,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күршім ауданының Құйған ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 15.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 42/6-VIII</w:t>
+        <w:t>№ 44/6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1777,51 +1777,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-106617,0</w:t>
+107217,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1954,51 +1954,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10420,0</w:t>
+11020,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2131,51 +2131,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4300,0</w:t>
+4900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2308,51 +2308,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4300,0</w:t>
+4900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5928,51 +5928,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-109639,0</w:t>
+110239,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6137,51 +6137,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45722,0</w:t>
+46322,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6346,51 +6346,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45722,0</w:t>
+46322,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6555,51 +6555,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45722,0</w:t>
+46322,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6764,51 +6764,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45222,0</w:t>
+45822,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -36625,55 +36625,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>