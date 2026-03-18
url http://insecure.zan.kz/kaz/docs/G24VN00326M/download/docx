--- v1 (2025-12-28)
+++ v2 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="4792627" w14:textId="4792627">
+    <w:p w14:paraId="85eba68" w14:textId="85eba68">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы шешім 01.01 2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2008 жылғы 4 желтоқсандағы Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -211,52 +228,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының 2001 жылғы 23 қаңтардағы "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1) тармақшасына негізінде, Күршім аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Күршім ауданы Құйған ауылдық округінің 2025-2027 жылдарға арналған бюджеті сәйкесінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -291,157 +324,156 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 107217,0 мың теңге, оның ішінде:</w:t>
+       1) кірістер - 108817,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер - 11020,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер - 156,0 мың теңге;</w:t>
+      салықтық емес түсімдер - 656,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 96041,0 мың теңге;</w:t>
+      трансферттер түсімі - 97141,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 110239,0 мың теңге;</w:t>
+      2) шығындар - 111839,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -613,155 +645,155 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік қаражатының пайдаланатын қалдықтары - 3022,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражаты қалдықтары - 3022,0 мың теңге.</w:t>
+       бюджет қаражаты қалдықтары - 3022,0 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 29.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 44/6-VIII</w:t>
+        <w:t>№ 46/6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Аудандық бюджеттен Құйған ауылдық округінің бюджетіне берілген субвенция көлемі 2025 жылға 44222,0 мың теңге сомасында Құйған ауылдық округінің бюджетінде ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -846,50 +878,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>К. Бахтияров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -999,61 +1049,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күршім ауданының Құйған ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 29.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 44/6-VIII</w:t>
+        <w:t>№ 46/6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1777,51 +1827,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-107217,0</w:t>
+108817,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2485,51 +2535,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5620,0</w:t>
+6120,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3016,51 +3066,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5400,0</w:t>
+5900,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3362,51 +3412,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5500,0</w:t>
+5800,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3539,51 +3589,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-156,0</w:t>
+656,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3998,51 +4048,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 1</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4102,196 +4152,196 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-96041,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4311,164 +4361,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...112 lines deleted...]
-96041,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4529,154 +4579,685 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...71 lines deleted...]
-96041,0</w:t>
+09</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті бюджетке түсетін басқа да салықтық емес түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+500,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+97141,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 97141,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ 97141,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4778,51 +5359,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51819,0</w:t>
+52919,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5928,51 +6509,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-110239,0</w:t>
+111839,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6137,51 +6718,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46322,0</w:t>
+48650,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6346,51 +6927,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46322,0</w:t>
+48650,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6555,51 +7136,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46322,0</w:t>
+48650,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6764,51 +7345,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45822,0</w:t>
+48150,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7182,51 +7763,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60961,0</w:t>
+60233,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7391,51 +7972,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60961,0</w:t>
+60233,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7600,51 +8181,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60961,0</w:t>
+60233,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7809,51 +8390,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6961,0</w:t>
+6458,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8227,51 +8808,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51842,0</w:t>
+51617,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>