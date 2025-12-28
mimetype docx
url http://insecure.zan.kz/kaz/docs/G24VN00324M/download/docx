--- v0 (2025-11-11)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2d8ce29" w14:textId="2d8ce29">
+    <w:p w14:paraId="20c5d38" w14:textId="20c5d38">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -307,69 +307,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 628151,3 мың теңге, оның ішінде:</w:t>
+      1) кірістер - 653797,3 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер - 152036,0 мың теңге;</w:t>
+      салықтық түсімдер - 161652,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -379,69 +379,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 476115,3 мың теңге;</w:t>
+      трансферттер түсімі - 492115,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 633915,0 мың теңге;</w:t>
+      2) шығындар - 659531,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу - 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -641,61 +641,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 15.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 42/4-VIII</w:t>
+        <w:t>№ 44/4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -979,61 +979,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күршім ауданының Күршім ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 15.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 29.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 42/4-VIII</w:t>
+        <w:t>№ 44/4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1757,51 +1757,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-628151,3</w:t>
+653767,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1934,51 +1934,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-152036,0</w:t>
+161652,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2111,51 +2111,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101413,0</w:t>
+108601,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2288,51 +2288,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-101413,0</w:t>
+108601,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3346,51 +3346,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42544,0</w:t>
+44944,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4223,51 +4223,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-476115,3</w:t>
+492115,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4400,51 +4400,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-476115,3</w:t>
+492115,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4577,51 +4577,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-402862,3</w:t>
+418862,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4754,51 +4754,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-402862,3</w:t>
+418862,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5904,51 +5904,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-633915,0</w:t>
+659531,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7158,51 +7158,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-281992,0</w:t>
+295992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7367,51 +7367,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-281992,0</w:t>
+295992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7576,51 +7576,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-281992,0</w:t>
+295992,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7785,51 +7785,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-70339,0</w:t>
+81339,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8412,51 +8412,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-195705,0</w:t>
+198705,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8621,51 +8621,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-206850,3</w:t>
+218466,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8830,51 +8830,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-206850,3</w:t>
+218466,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9039,51 +9039,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17775,0</w:t>
+29391,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9248,51 +9248,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-17775,0</w:t>
+29391,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>