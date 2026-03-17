--- v1 (2025-12-28)
+++ v2 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="20c5d38" w14:textId="20c5d38">
+    <w:p w14:paraId="1b647c9" w14:textId="1b647c9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы шешім 01.01 2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының 2008 жылғы 4 желтоқсандағы Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -211,52 +228,68 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының 2001 жылғы 23 қаңтардағы "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6-бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1) тармақшасына негізінде, Күршім аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Күршім ауданы Күршім ауылдық округінің 2025-2027 жылдарға арналған бюджеті сәйкесінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -291,67 +324,66 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер - 653797,3 мың теңге, оның ішінде:</w:t>
+      кірістер - 766457,3 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық түсімдер - 161652,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -379,87 +411,87 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі - 492115,3 мың теңге;</w:t>
+      трансферттер түсімі - 604805,3 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар - 659531,0 мың теңге;</w:t>
+      шығындар - 772221,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) таза бюджеттік кредиттеу - 0,0 мың теңге, оның ішінде:</w:t>
+      таза бюджеттік кредиттеу - 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -469,51 +501,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо - 0,0 мың теңге, оның ішінде:</w:t>
+      қаржы активтерімен операциялар бойынша сальдо - 0,0 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -523,69 +555,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттің қаржы активтерін сатудан түсетін түсімдер - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) - - 5763,7 мың теңге;</w:t>
+      бюджет тапшылығы (профициті) - - 5763,7 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 5763,7 мың теңге, оның ішінде:</w:t>
+      бюджет тапшылығын қаржыландыру (профицитін пайдалану) - 5763,7 мың теңге, оның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі - 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -641,107 +673,107 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 29.10.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 44/4-VIII</w:t>
+        <w:t>№ 46/4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -826,50 +858,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>К. Бахтияров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -979,61 +1029,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Күршім ауданының Күршім ауылдық округінің 2025 жылға арналған бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 29.10.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Күршім аудандық мәслихатының 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 44/4-VIII</w:t>
+        <w:t>№ 46/4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1098,51 +1148,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлығы (мың теңге)</w:t>
+Барлығы(мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1757,51 +1807,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-653767,3</w:t>
+766457,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2465,51 +2515,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-47124,0</w:t>
+51757,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2996,51 +3046,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45134,0</w:t>
+47562,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3346,51 +3396,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44944,0</w:t>
+44974,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4223,51 +4273,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-492115,3</w:t>
+604805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4400,51 +4450,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-492115,3</w:t>
+604805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4577,51 +4627,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-418862,3</w:t>
+604805,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4754,51 +4804,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-418862,3</w:t>
+531552,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5904,51 +5954,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-659531,0</w:t>
+772221,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6113,51 +6163,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92289,0</w:t>
+97074,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6322,51 +6372,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92289,0</w:t>
+97074,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6531,51 +6581,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-92289,0</w:t>
+97074,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6740,51 +6790,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-91789,0</w:t>
+96574,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7158,51 +7208,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-295992,0</w:t>
+293897,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7367,51 +7417,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-295992,0</w:t>
+293897,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7576,51 +7626,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-295992,0</w:t>
+293897,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8203,51 +8253,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-100,0</w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8412,51 +8462,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-198705,0</w:t>
+196710,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8621,51 +8671,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-218466,3</w:t>
+328466,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8830,51 +8880,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-218466,3</w:t>
+328466,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9039,51 +9089,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29391,0</w:t>
+328466,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9457,51 +9507,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-189075,3</w:t>
+299075,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -34861,55 +34911,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>