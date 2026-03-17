--- v0 (2025-11-11)
+++ v1 (2026-03-17)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f6e77a7" w14:textId="f6e77a7">
+    <w:p w14:paraId="466b5da" w14:textId="466b5da">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы шешім 01.01 2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -211,68 +228,84 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, Қазақстан Республикасының "Қазақстан Республикасындағы жергілікті мемлекеттік басқару және өзін-өзі басқару туралы" Заңының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>6- бабы</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1- тармағының 1) тармақшасына сәйкес, Алтай ауданының мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. 2025-2027 жылдарға арналған Жаңа Бұқтырма кентінің бюджеті тиісінше </w:t>
+      1. 2024-2026 жылдарға арналған Жаңа Бұқтырма кентінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -291,85 +324,84 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> және </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 - қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, оның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 144161,0 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 132277,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 113756,0 мың теңге;</w:t>
+      салықтық түсімдер – 88584,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       салықтық емес түсімдер – 1370,0 мың теңге; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -379,69 +411,69 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негізгі капиталды сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 29035,0 мың теңге;</w:t>
+      трансферттер түсімі – 42322,4 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 175232,3 мың теңге;</w:t>
+      2) шығындар – 140241,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -469,141 +501,141 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтерімен операциялар бойынша сальдо – 0,0 мың теңге, соның ішінде:</w:t>
+      4) қаржылық активтерімен жасалатын операциялар бойынша сальдо – 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      қаржы активтерін сатып алу – 0,0 мың теңге;</w:t>
+      қаржылық активтерін сатып алу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      мемлекеттің қаржы активтерін сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
+      мемлекеттің қаржылық активтерін сатудан түсетін түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – -31071,3мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – -7964,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5-1) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – 0,0 мың теңге;</w:t>
+      6) бюджеттің мұнайға қатысты емес тапшылығы (профициті) – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) –   31071,3 мың теңге, соның ішінде:</w:t>
+      7) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 7964,5 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздар түсімі – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -613,237 +645,237 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланылатын қалдықтары – 31071,3 мың теңге.</w:t>
+      бюджет қаражатының пайдаланылатын қалдықтары – 7964,5 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Алтай ауданы мәслихатының 08.05.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Алтай ауданы мәслихатының 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28/6-VIII</w:t>
+        <w:t>№ 38/4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. 2025 жылға арналған Жаңа Бұқтырма кентінің бюджетінде аудандық бюджеттен 29025,0 мың теңге сомада трансферттер көлемі көзделсін.</w:t>
+      2. 2025 жылға арналған Жаңа Бұқтырма кентінің бюджетінде аудандық бюджеттен 42312,4 мың теңге сомада трансферттер көлемі көзделсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Алтай ауданы мәслихатының 08.05.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 2-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Алтай ауданы мәслихатының 04.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28/6-VIII</w:t>
+        <w:t>№ 36/6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. 2025 жылға арналған Жаңа Бұқтырма кентінің бюджетінде республикалық бюджеттен 10,0 мың теңге сомада трансферттер көлемі көзделсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -928,50 +960,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Л. Гречушникова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1081,61 +1131,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Жаңа Бұқтырма кентінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Алтай ауданы мәслихатының 08.05.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Алтай ауданы мәслихатының 23.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 28/6-VIII</w:t>
+        <w:t>№ 38/4-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1729,51 +1779,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-144161,0</w:t>
+132277,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1906,51 +1956,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-113756,0</w:t>
+88584,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2083,51 +2133,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71440,0</w:t>
+59868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2260,51 +2310,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-71440,0</w:t>
+59868,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2437,51 +2487,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41234,0</w:t>
+27634,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2968,51 +3018,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-34585,0</w:t>
+20985,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3073,51 +3123,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- 5</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4561,51 +4611,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29035,0</w:t>
+42322,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4738,51 +4788,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29035,0</w:t>
+42322,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4915,51 +4965,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29035,0</w:t>
+42322,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -5821,51 +5871,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-175232,3</w:t>
+140241,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6030,51 +6080,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41289,2</w:t>
+39901,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6239,51 +6289,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41289,2</w:t>
+39901,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6448,51 +6498,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41289,2</w:t>
+39901,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6657,51 +6707,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-41289,2</w:t>
+39901,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6866,51 +6916,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-117042,9</w:t>
+63697,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7075,51 +7125,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4900,0</w:t>
+6280,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7284,51 +7334,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4900,0</w:t>
+6280,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7493,51 +7543,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4900,0</w:t>
+6280,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7702,51 +7752,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-112142,9</w:t>
+57417,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7911,51 +7961,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-112142,9</w:t>
+57417,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8329,51 +8379,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22292,0</w:t>
+21277,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8538,51 +8588,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-82240,9</w:t>
+28530,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8747,51 +8797,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16900,0</w:t>
+36642,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8956,51 +9006,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16900,0</w:t>
+36642,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9165,51 +9215,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16900,0</w:t>
+36642,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9374,51 +9424,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-16900,0</w:t>
+36642,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10998,51 +11048,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-IV.Қаржы активтерімен операциялар бойынша сальдо</w:t>
+IV.Қаржылық активтерімен жасалатын операциялар бойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11203,51 +11253,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+Қаржылық активтерін сатып алу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11412,51 +11462,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Мемлекеттің қаржылық активтерін сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11653,51 +11703,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
--31071,3</w:t>
+-7964,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11822,87 +11872,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI.Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
-[...35 lines deleted...]
-31071,3</w:t>
+VI.Бюджеттің мұнайға қатысты емес тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11922,369 +11972,365 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-0,0</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+VІI.Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7964,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...140 lines deleted...]
-Қарыздарды өтеу</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздар түсімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12308,93 +12354,93 @@
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...41 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -12549,160 +12595,160 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қарыздарды өтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12790,128 +12836,128 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...76 lines deleted...]
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының жоғары тұрған бюджет алдындағы борышын өтеу</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12967,196 +13013,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...144 lines deleted...]
-31071,3</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+056</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімі аппаратының жоғары тұрған бюджет алдындағы борышын өтеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13176,196 +13222,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...144 lines deleted...]
-31071,3</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7964,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -13417,50 +13463,259 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7964,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -13530,51 +13785,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-31071,3</w:t>
+7964,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -37074,55 +37329,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>