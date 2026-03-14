--- v0 (2025-11-04)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ab2ba6f" w14:textId="ab2ba6f">
+    <w:p w14:paraId="98f2dcd" w14:textId="98f2dcd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы шешім 01.01 2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -251,237 +268,252 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1) тармақшасына, "2024-2026жылдарға Зайсан ауданының бюджеті туралы" Зайсан аудандық мәслихатының 2024 жылғы 25 желтоқсандағы №30/2-VIII </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Зайсан аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Зайсан ауданы Қаратал ауылдық округінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 111 471,0 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 114 187,5 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер - 23 119,0 мың теңге;</w:t>
+      салықтық түсімдер - 23 116,9 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 0,0 мың теңге;</w:t>
+      салықтық емес түсімдер – 49,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер –1350,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер –1 302,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері–87 002,0 мың теңге;</w:t>
+      трансферттердің түсімдері–89 718,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 116 989,6 мың теңге;</w:t>
+      2) шығындар – 119 706,1 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -509,51 +541,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтері мен жасалатын операциялар бойынша сальдо – 0,0 мың теңге;</w:t>
+      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -635,175 +667,191 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қарыздарды өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      бюджет қаражатының пайдаланатын қалдықтары – 5 518,6 мың теңге.</w:t>
+      бюджет қаражатының пайдаланатын қалдықтары – 5 518,6 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Зайсан аудандық мәслихатының 17.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Зайсан аудандық мәслихатының 01.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 40/6-VIII</w:t>
+        <w:t>№ 44/6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Қаратал ауылдық округінің бюджетіне аудандық бюджеттен берілетін субвенция көлемі 36 821,0 мың теңге сомасында белгіленгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z12" w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-1. 5 518,6 мың теңге бюджет қаражатының пайдаланатын қалдықтары осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бөлінсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -822,70 +870,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -1123,61 +1171,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Қаратал ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Зайсан аудандық мәслихатының 17.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Зайсан аудандық мәслихатының 01.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 40/6-VIII</w:t>
+        <w:t>№ 44/6-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1418,51 +1466,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші сыныбы</w:t>
+Кішісыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -1716,51 +1764,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-111 471,0</w:t>
+114 187,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1893,51 +1941,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23119,0</w:t>
+23 116,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2070,51 +2118,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12550,0</w:t>
+5 600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2247,51 +2295,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12550,0</w:t>
+5 600,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2388,87 +2436,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншiкке салынатын салықтар</w:t>
+Меншiккесалынатынсалықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9962,0</w:t>
+16 509,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2565,87 +2613,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлiкке салынатын салықтар</w:t>
+Мүлiккесалынатынсалықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-650,0</w:t>
+630,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2919,87 +2967,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк құралдарына салынатын салық</w:t>
+Көлiкқұралдарынасалынатынсалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6694,0</w:t>
+14 034,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3096,87 +3144,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бірыңғай жер салығы</w:t>
+Бірынғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2458,0</w:t>
+1 685,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3309,51 +3357,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-607,0</w:t>
+1 007,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3486,92 +3534,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-607,0</w:t>
+1 007,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3627,87 +3675,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталды сатудан түсетін түсімдер</w:t>
+Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 350,0</w:t>
+49,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3736,51 +3784,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-03</w:t>
+06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3804,87 +3852,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жердi және материалдық емес активтердi сату</w:t>
+Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 350,0</w:t>
+49,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3981,125 +4029,129 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жерді сату</w:t>
+Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-350,0</w:t>
+49,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4113,206 +4165,202 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Материалдық емес активтерді сату</w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 000,0</w:t>
+1 302,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4335,87 +4383,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
+Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 002,0</w:t>
+1 302,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4435,164 +4483,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+Жерді сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 002,0</w:t>
+574,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4653,50 +4701,581 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+728,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердіңтүсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89 718,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+89 718,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4725,51 +5304,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-87 002,0</w:t>
+89 718,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4849,51 +5428,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сома (мың теңге)</w:t>
+Сома (мыңтеңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -4924,51 +5503,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші функция</w:t>
+Кішіфункция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5025,51 +5604,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+Бюджеттікбағдарламалардыңәкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5482,51 +6061,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-116 989,6</w:t>
+119 706,1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5655,87 +6234,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
-[...35 lines deleted...]
-51 244,0</w:t>
+Жалпысипаттағымемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52 970,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5900,51 +6479,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-51 244,0</w:t>
+52 970,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6073,87 +6652,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-51 244,0</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдықокруг әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52 970,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6282,87 +6861,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
-[...35 lines deleted...]
-50 579,0</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімініңқызметінқамтамасызетужөніндегіқызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+52 356,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6527,51 +7106,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-665,0</w:t>
+614,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6700,87 +7279,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғын үй-коммуналдық шаруашылық</w:t>
-[...35 lines deleted...]
-17 820,3</w:t>
+Тұрғынүй-коммуналдықшаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 483,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6909,87 +7488,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді көркейту</w:t>
-[...35 lines deleted...]
-17 820,3</w:t>
+Елді-мекендердікөркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 483,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7118,87 +7697,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-17 820,3</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдықокруг әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18 483,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7327,87 +7906,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердегі көшелерді жарықтандыру</w:t>
-[...35 lines deleted...]
-11 040,1</w:t>
+Елдімекендердегікөшелердіжарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 180,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7536,51 +8115,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердің санитариясын қамтамасыз ету</w:t>
+Елдімекендердіңсанитариясынқамтамасызету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7745,87 +8324,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді абаттандыру мен көгалдандыру</w:t>
-[...35 lines deleted...]
-5 780,2</w:t>
+Елдімекендердіабаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5 303,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7954,87 +8533,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
-[...35 lines deleted...]
-1 300,0</w:t>
+Мәдениет, спорт, туризм жәнеақпараттықкеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 627,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8163,87 +8742,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәдениет саласындағы қызмет</w:t>
-[...35 lines deleted...]
-1 100,0</w:t>
+Мәдениетсаласындағықызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 427,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8372,87 +8951,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-1 100,0</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдықокруг әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 427,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8581,87 +9160,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
-[...35 lines deleted...]
-1 100,0</w:t>
+Жергіліктідеңгейдемәдени-демалысжұмысынқолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 427,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8999,51 +9578,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдықокруг әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9208,51 +9787,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергілікті деңгейде дене шынықтыру-сауықтыру және спорттық іс-шараларды өткізу</w:t>
+Жергіліктідеңгейдеденешынықтыру-сауықтыружәнеспорттықіс-шаралардыөткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9417,51 +9996,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк және коммуникация</w:t>
+Көлiкжәне коммуникация</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9835,51 +10414,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдықокруг әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10454,51 +11033,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+Бюджеттіккредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10659,51 +11238,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+Бюджеттіккредиттердіөтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11069,51 +11648,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+Қаржыактивтерінсатыпалу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11274,51 +11853,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Мемлекеттіңқаржыактивтерінсатудантүсетінтүсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11684,51 +12263,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI.БЮДЖЕТ ТАПШЫЛЫҒЫН ҚАРЖЫЛАНДЫРУ (ПРОФИЦИТТІ ПАЙДАЛАНУ)</w:t>
+VII.БЮДЖЕТ ТАПШЫЛЫҒЫН ҚАРЖЫЛАНДЫРУ (ПРОФИЦИТТІ ПАЙДАЛАНУ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11889,51 +12468,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімдері</w:t>
+Қарыздартүсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12094,51 +12673,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздарды өтеу</w:t>
+Қарыздардыөтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12757,51 +13336,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5518,6</w:t>
+5 518,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -36893,55 +37472,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>