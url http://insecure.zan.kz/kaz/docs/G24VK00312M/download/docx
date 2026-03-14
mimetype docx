--- v0 (2025-11-04)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7f4c2a2" w14:textId="7f4c2a2">
+    <w:p w14:paraId="4bef006" w14:textId="4bef006">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -152,51 +152,68 @@
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>      Осы шешім 01.01 2025 бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z5" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Қазақстан Республикасының Бюджет Кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -251,255 +268,270 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тармағының 1) тармақшасына, "2024-2026жылдарға Зайсан ауданының бюджеті туралы" Зайсан аудандық мәслихатының 2024 жылғы 25 желтоқсандағы №30/2-VIII </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>шешіміне</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес Зайсан аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025-2027 жылдарға арналған Зайсан ауданы Біржан ауылдық округінің бюджеті тиісінше </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>,</w:t>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3 қосымшаларға</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес, соның ішінде 2025 жылға мынадай көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 178 546,5 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 183 838,5 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер - 12 563,0 мың теңге;</w:t>
+      салықтық түсімдер - 13 117,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       салықтық емес түсімдер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер –0,0 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер –196,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттердің түсімдері–165 983,5 мың теңге;</w:t>
+      трансферттердің түсімдері–170 525,5 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 179 460,6 мың теңге;</w:t>
+      2) шығындар – 184 752,6 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3)таза бюджеттік кредиттеу – 0,0 мың теңге, соның ішінде:</w:t>
+      3) таза бюджеттік кредиттеу – 0,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттер – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -509,51 +541,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бюджеттік кредиттерді өтеу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) қаржы активтері мен жасалатын операциялар бойынша сальдо – 0,0 мың теңге;</w:t>
+      4) қаржы активтерімен жасалатын операциялар бойынша сальдо – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       қаржы активтерін сатып алу – 0,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -663,147 +695,163 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Зайсан аудандық мәслихатының 17.09.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Шығыс Қазақстан облысы Зайсан аудандық мәслихатының 01.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 40/2-VIII</w:t>
+        <w:t>№ 44/2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. 2025 жылға арналған Біржан ауылдық округінің бюджетіне аудандық бюджеттен берілетін субвенция көлемі 33 853,0 мың теңге сомасында белгіленгені ескерілсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z12" w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2-1. 914,1 мың теңге бюджет қаражатының пайдаланатын қалдықтары осы шешімнің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>4-қосымшасына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес бөлінсін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -822,70 +870,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkStart w:name="z8" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Осы шешім 2025 жылғы 1 қаңтардан бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkEnd w:id="1"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -970,50 +1018,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Загипаров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1123,61 +1189,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2025 жылға арналған Біржан ауылдық округінің бюджеті</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Зайсан аудандық мәслихатының 17.09.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Шығыс Қазақстан облысы Зайсан аудандық мәслихатының 01.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 40/2-VIII</w:t>
+        <w:t>№ 44/2-VIII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> шешімімен (01.01.2025 бастап қолданысқа енгізіледі).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -1418,51 +1484,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші сыныбы</w:t>
+Кішісыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -1716,51 +1782,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-178 546,5</w:t>
+183 838,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1857,87 +1923,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Салықтық түсімдер</w:t>
+Салықтықтүсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12 563,0</w:t>
+13 117,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2070,51 +2136,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 000,0</w:t>
+3 727,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2247,51 +2313,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4 000,0</w:t>
+3 727,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2388,87 +2454,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншiкке салынатын салықтар</w:t>
+Меншiккесалынатынсалықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7 863,0</w:t>
+7 031,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2565,87 +2631,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлiкке салынатын салықтар</w:t>
+Мүлiккесалынатынсалықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-120,0</w:t>
+163,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2742,87 +2808,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер салығы</w:t>
+Жерсалығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-46,0</w:t>
+52,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2919,87 +2985,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк құралдарына салынатын салық</w:t>
+Көлiкқұралдарынасалынатынсалық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 997,0</w:t>
+4 713,7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3132,51 +3198,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1 700,0</w:t>
+2 102,3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3309,51 +3375,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700,0</w:t>
+2 357,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3450,128 +3516,128 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+Табиғижәнебасқа да ресурстардыпайдаланғаныүшiнтүсетiнтүсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-700,0</w:t>
+2 357,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3627,87 +3693,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-165 983,5</w:t>
+196,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3736,51 +3802,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
+03</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3804,87 +3870,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+Жердi және материалдық емес активтердi сату</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-165 983,5</w:t>
+196,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3945,50 +4011,758 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+128,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердіңтүсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+170 525,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+170 525,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4017,51 +4791,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-165 983,5</w:t>
+170 525,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4216,51 +4990,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші функция</w:t>
+Кішіфункция</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -4317,51 +5091,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+Бюджеттікбағдарламалардыңәкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -4774,51 +5548,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-179 460,6</w:t>
+184 752,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4947,87 +5721,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
-[...35 lines deleted...]
-43 508,3</w:t>
+Жалпысипаттағымемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 801,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5156,87 +5930,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
-[...35 lines deleted...]
-43 508,3</w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқаоргандар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 801,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5365,87 +6139,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-43 508,3</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдықокруг әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+48 801,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5574,87 +6348,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
-[...35 lines deleted...]
-42 493,3</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімініңқызметінқамтамасызетужөніндегіқызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+47 786,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5992,87 +6766,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тұрғынүй-коммуналдық шаруашылық</w:t>
-[...35 lines deleted...]
-20 330,4</w:t>
+Тұрғынүй-коммуналдықшаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 938,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6410,51 +7184,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6828,87 +7602,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді көркейту</w:t>
-[...35 lines deleted...]
-16 099,0</w:t>
+Елді-мекендердікөркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 707,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7037,87 +7811,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдықокруг әкімінің аппараты</w:t>
-[...35 lines deleted...]
-16 099,0</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдықокруг әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15 707,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7246,87 +8020,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердегі көшелерді жарықтандыру</w:t>
-[...35 lines deleted...]
-14 599,0</w:t>
+Елдімекендердегікөшелердіжарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14 207,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7455,51 +8229,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердің санитариясын қамтамасыз ету</w:t>
+Елдімекендердіңсанитариясынқамтамасызету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7664,51 +8438,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+Елдімекендердіабаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7873,51 +8647,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+Мәдениет, спорт, туризм жәнеақпараттықкеңістiк</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8082,51 +8856,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мәдениет саласындағы қызмет</w:t>
+Мәдениетсаласындағықызмет</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8291,51 +9065,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8500,51 +9274,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+Жергіліктідеңгейдемәдени-демалысжұмысынқолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8918,51 +9692,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9127,51 +9901,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергілікті деңгейде дене шынықтыру-сауықтыру және спорттық іс-шараларды өткізу</w:t>
+Жергіліктідеңгейдеденешынықтыру-сауықтыружәнеспорттықіс-шаралардыөткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9336,87 +10110,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк және коммуникация</w:t>
-[...35 lines deleted...]
-36 300,6</w:t>
+Көлiкжәне коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 690,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9581,51 +10355,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-36 300,6</w:t>
+36 690,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9754,87 +10528,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
-[...35 lines deleted...]
-36 300,6</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдықокруг әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 690,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9963,87 +10737,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасызету</w:t>
-[...35 lines deleted...]
-36 300,6</w:t>
+Аудандықмаңызы бар қалаларда, ауылдарда, кенттерде, ауылдықокругтерде автомобиль жолдарыныңжұмысістеуінқамтамасызету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36 690,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10590,51 +11364,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдықокруг әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11426,51 +12200,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+Аудандықмаңызы бар қала, ауыл, кент, ауылдықокруг әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12045,51 +12819,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттер</w:t>
+Бюджеттіккредиттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12250,51 +13024,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік кредиттерді өтеу</w:t>
+Бюджеттіккредиттердіөтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12660,51 +13434,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қаржы активтерін сатып алу</w:t>
+Қаржыактивтерінсатыпалу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -12865,51 +13639,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттің қаржы активтерін сатудан түсетін түсімдер</w:t>
+Мемлекеттіңқаржыактивтерінсатудантүсетінтүсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13271,51 +14045,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-VI.БЮДЖЕТ ТАПШЫЛЫҒЫН ҚАРЖЫЛАНДЫРУ (ПРОФИЦИТТІ ПАЙДАЛАНУ)</w:t>
+VII.БЮДЖЕТ ТАПШЫЛЫҒЫН ҚАРЖЫЛАНДЫРУ (ПРОФИЦИТТІ ПАЙДАЛАНУ)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13476,51 +14250,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздар түсімдері</w:t>
+Қарыздартүсімдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13681,51 +14455,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Қарыздарды өтеу</w:t>
+Қарыздардыөтеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -39098,55 +39872,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>