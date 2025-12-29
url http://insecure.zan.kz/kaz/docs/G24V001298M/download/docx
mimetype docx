--- v0 (2025-10-16)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="424e283" w14:textId="424e283">
+    <w:p w14:paraId="b99d98e" w14:textId="b99d98e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -6242,169 +6242,186 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жасыл екпелерді жасау, </w:t>
+              <w:t xml:space="preserve">Жасыл екпелерді күтіп- ұстаудың </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">күтіп- баптау және қорғау </w:t>
+              <w:t xml:space="preserve">және қорғаудың үлгілік </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қағидаларына 2-қосымша </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z205" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Жасыл екпелерді зерттеп-қарау актісі</w:t>
+        <w:t xml:space="preserve"> Жасыл екпелерді зерттеп-қарау актісі 20__ж. "___" ___________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z206" w:id="195"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 2-қосымша жаңа редакцияда - Шығыс Қазақстан облыстық мәслихатының 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25/201-VІІІ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> шешімімен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1119"/>
         <w:gridCol w:w="1119"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6549,60 +6566,79 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Рұқсатсыз кесу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
@@ -7644,83 +7680,114 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Барлығы:</w:t>
-            </w:r>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8005,50 +8072,380 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Барлығы:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Қорытынды</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8299,70 +8696,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z207" w:id="196"/>
+    <w:bookmarkStart w:name="z237" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       кестенің жалғасы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkEnd w:id="195"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -8427,81 +8824,80 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санитариялық кесу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сапалық (нақты жай-күйі)</w:t>
+Сапалық (нақты жай-күйі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8536,51 +8932,50 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Залалды өтеу мөлшері бойынша залалдың сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8793,145 +9188,183 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 дің диаметрі, см</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-АЕК</w:t>
+айлық есептік көрсеткіш</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-теңге</w:t>
-[...14 lines deleted...]
-          <w:p/>
+тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -9561,170 +9994,170 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z208" w:id="197"/>
+    <w:bookmarkStart w:name="z238" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Осы акт _______ данада жасалды.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z239" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескертпе: Зерттеп-қарау актісі жасыл екпелерді кесуге </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z209" w:id="198"/>
-[...15 lines deleted...]
-      Ескертпе: Зерттеп-қарау актісі жасыл екпелерді кесуге немесе қайта отырғызуға құқық беретін құжат болып табылмайды.</w:t>
+    <w:bookmarkStart w:name="z240" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      немесе қайта отырғызуға құқық беретін құжат болып табылмайды.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z210" w:id="199"/>
-[...15 lines deleted...]
-      Жеке немесе заңды тұлғаның өкілі ___________________________ қолы (Т.А.Ә.)</w:t>
+    <w:bookmarkStart w:name="z241" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жеке немесе заңды тұлғаның өкілі _______________қолы (Т.А.Ә.)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z211" w:id="200"/>
+    <w:bookmarkStart w:name="z242" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті органның лауазымды адамы ___________ қолы (Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z243" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (мөрі бар болса)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z213" w:id="202"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="202"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9802,72 +10235,616 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">қағидаларына 3-қосымша </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Нысан </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жергілікті атқарушы органның </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(облыстың, ауданның, облыстық маңызы бар қаланың) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшысы ____________________________ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(тегі, аты, ол бар болған жағдайда әкесінің аты, мемлекеттік органның атауы) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">____________________________ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(жеке тұлғаның тегі, аты, ол бар болған жағдайда әкесінің </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аты не көрсетілетін қызметті алушы заңды тұлға ұйымының атауы) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және (немесе) сенімхат бойынша)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(ЖСН/БСН)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мекенжайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(заңды мекенжайы немесе тұрғылықты жері) байланыстар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(электрондық мекенжайы,телефон)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z216" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:br/>
-[...12 lines deleted...]
-    </w:p>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кепілдік хат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z217" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________ (жеке немесе заңды тұлғаның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z218" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ағаштарды кесуге рұқсат алған сәттен бастап алты ай ішінде ____________ дана көлемінде өтемдік ағаш отырғызуды жүргізуге кепілдік береді, ___________ тұқымдылар, ағаштардың орнына _________ дана, _________________ үшін кесілетін тұқымдар ____________________________________мекенжайы бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z219" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (себебі көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z220" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________ 20 жылғы " " жасыл екпелерді зерттеп-қарау актісіне сәйкес.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z221" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отырғызылған көшеттер жойылған жағдайда, қайта отырғызуға кепілдік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z222" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Өтемдік отырғызу сәтінен бастап үш жыл ішінде (ағаш көшетінің жерсіну кезеңі) осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>26-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4), 5), 6), 7) және 8) тармақшаларына сәйкес көшеттерді күтіп-ұстау және қорғау жөніндегі іс-шараларды жүргізуге және үш жыл өткеннен кейін оларды ағаштардың жерсіну актісі негізінде жергілікті атқарушы органның теңгеріміне беруге кепілдік береді</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z223" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z224" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (жеке немесе заңды тұлғаның атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z225" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жасыл екпелерді күтіп-ұстау және қорғау қағидаларын бұзғаны үшін "Әкімшілік құқық бұзушылық туралы" Қазақстан Республикасының Кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>381-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>386 бабына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жауапкершілікке тартылатыны хабарланды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z226" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Күні: 20__ ж. "___" ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z227" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z228" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Басшының Т.А.Ә. және қолы (мөрі бар болса)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="214"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9901,738 +10878,155 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жергілікті атқарушы органның </w:t>
+              <w:t>Жасыл екпелерді жасау,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(облыстың, ауданның, облыстық маңызы бар қаланың) </w:t>
+              <w:t>күтіп- баптау және қорғау</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">басшысы ____________________________ </w:t>
+              <w:t>қағидаларына 4-қосымша</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">(тегі, аты, ол бар болған жағдайда әкесінің аты, мемлекеттік органның атауы) </w:t>
-[...142 lines deleted...]
-              <w:t>(электрондық мекенжайы,телефон)</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z216" w:id="203"/>
-[...313 lines deleted...]
-      Басшының Т.А.Ә. және қолы (мөрі бар болса)</w:t>
+    <w:bookmarkStart w:name="z230" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жасыл екпелердің жерсіну актісі</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="215"/>
-    <w:tbl>
-[...137 lines deleted...]
-      Жасыл екпелердің жерсіну актісі</w:t>
+    <w:bookmarkStart w:name="z231" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20___ ж. "___" _________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z231" w:id="217"/>
-[...15 lines deleted...]
-      20___ ж. "___" _________</w:t>
+    <w:bookmarkStart w:name="z232" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жасыл екпелердің отырғызған мекенжайы: ____________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z232" w:id="218"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="218"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -12076,184 +12470,184 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z233" w:id="219"/>
+    <w:bookmarkStart w:name="z233" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жеке немесе заңды тұлғаның өкілі ________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z234" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (Т.А.Ә., қолы) (мөрі бар болса)</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z234" w:id="220"/>
+    <w:bookmarkStart w:name="z235" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уәкілетті органның лауазымды адамы _____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z236" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (Т.А.Ә., қолы) (мөрі бар болса)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z236" w:id="222"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -12579,31 +12973,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>