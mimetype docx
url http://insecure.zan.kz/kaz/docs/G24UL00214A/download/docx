--- v0 (2025-10-01)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="84e0fd0" w14:textId="84e0fd0">
+    <w:p w14:paraId="ec686bd" w14:textId="ec686bd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -24479,159 +24479,125 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-       1. "Созақ ауданы әкімдігінің мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесі (бұдан әрі – бөлім) Созақ ауданы әкімдігінің мәдениет, тілдерді дамыту, дене шынықтыру және спорт саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
-[...107 lines deleted...]
-      4. Бөлім ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      1. "Созақ ауданы әкімдігінің мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесі (бұдан әрі – бөлім) Созақ ауданы әкімдігінің мәдениет, тілдерді дамыту, дене шынықтыру және спорт саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       2. Бөлімнің ведомстволары жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Бөлім өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ережеге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Бөлім мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Бөлім азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -24677,69 +24643,89 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Созақ ауданы әкімдігінің мәдениет, тілдерді дамыту, дене шынықтыру және спорт бөлімі" мемлекеттік мекемесі құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Заңды тұлғаның орналасқан жері: Түркістан облысы, Созақ ауданы, 161000, Шолаққорған ауылы, Жібек жолы көшесі, 5 үй.</w:t>
-[...17 lines deleted...]
-      10. Осы ереже бөлімнің құрылтай құжаты болып табылады.</w:t>
+      9. Заңды тұлғаның орналасқан жері: Қазақстан Республикасы, Түркістан облысы, Созақ ауданы, 161000, Шолаққорған ауылы, Жібек жолы көшесі, ғимарат 5 .</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ереже</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бөлімнің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Бөлім қызметін каржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -24909,735 +24895,955 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) құқықтары:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - мемлекеттік мекемеге міндеттелген функцияларды атқару үшін мемлекеттік органдардан, басқа да ұйымдардан тиісті мәліметтерді сұратады және алады;</w:t>
-[...179 lines deleted...]
-      - дене шынықтыру және спорт ұйымдарына кеңестік, заңды көмек көрсетеді;</w:t>
+      мемлекеттік мекемеге міндеттелген функцияларды атқару үшін мемлекеттік органдардан, басқа да ұйымдардан тиісті мәліметтерді сұратады және алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      белгілі құзыреті шегінде жергілікті бюджеттен қаржыландырылатын атқарушы органдарға тапсырмалар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құзыреті шегінде бұйрықтар шығарады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құзырына жататын мәселелер бойынша аудан әкімінің шешімінің, өкімінің, аудан әкімдігінің қаулысының, сонымен қатар мәслихаттың шешімдерінің жобаларын дайындайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      - кадр саясаты мәселелері бойынша қарамағындағы ұйымдар мен мекемелерге кеңестік көмек көрсетеді; </w:t>
-[...35 lines deleted...]
-      - түрлі ведомстволар және қоғамдық ұйымдар ұйымдастыратын дене шынықтыру және спорттық шараларын үйлестіреді, бірыңғай іс-шаралар және жарыстар тізбесін бекітеді, оның өткізуіне басшылық етеді;</w:t>
+      осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ережемен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және заңдылықтармен, облыстық және аудандық жергілікті атқарушы органдармен бекітілген өзге де уәкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мәдениет, тілдерді дамыту, дене шынықтыру және спорт саласына қатысты Қазақстан Республикасы Президенті мен Үкіметінің, облыс, аудан Әкімінің нормативтік- құқықтық актілерінің орындалуы туралы мекеме, ұйым, кәсіпорындардан мәліметтер мен тиісті құжаттарды талап етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құзырына жататын мәселелер бойынша нормативтік құқықтық актілердің жобаларын дайындайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      - дене шынықтыру және спорт ұйымдарымен методикалық басшылықты жүзеге асырады; </w:t>
-[...35 lines deleted...]
-      - ауданның құрама командаларын сапалы түрде дайындауды жүзеге асырады, аудан спортшыларын облыстық, республикалық және халықаралық жарыстарға қатысуын қамтамасыз етеді;</w:t>
+      осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ережемен</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және заңнамалармен, облыстық және аудандық жергілікті атқарушы органдармен бекітілген өзге де уәкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік саясатты жүзеге асырудағы дене шынықтыру және спорт саласын дамытудағы негізгі бағыттарды анықтайды, дене шынықтыру мен спортты дамыту жөніндегі перспективалық ағымдағы, мақсаттық бағдарламаларды өңдейді және жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      аудан әкімдігінің қаулыларын дайындауға, өз саласының аймақтық бағдарламаларын және әлеуметтік-экономикалық дамыту жоспарларын калыптастыруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дене шынықтыру және спорт ұйымдарына кеңестік, заңды көмек көрсетеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      - мүдделі ведомстволар және қоғамдық ұйымдармен бірлесе отырып, спорт резервін дайындау жөнінде жұмыс жүргізеді, ведомстволық тәуелділікке және салалық орталықтарына қарамай, спорт клубтары мен мектептер жүйелерін дамытуды үйлестіреді; </w:t>
-[...17 lines deleted...]
-      - дене шынықтыру және спорт ұйымдары қызметкерлеріне, аудан шаралары жүлдегері мен жеңімпазына бағалы сыйлықтар беру, оларды грамоталармен, дипломдармен, медальдармен марапаттау мәселелерін белгіленген тәртіпте шешеді;</w:t>
+      кадр саясаты мәселелері бойынша қарамағындағы ұйымдар мен мекемелерге кеңестік көмек көрсетеді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дене шынықтыру мен спорт жұмыстары бойынша тәжірибе алмасу мақсатында симпозиумдар, конференциялар, семинарлар және басқа да оқу нысандарын ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      түрлі ведомстволар және қоғамдық ұйымдар ұйымдастыратын дене шынықтыру және спорттық шараларын үйлестіреді, бірыңғай іс-шаралар және жарыстар тізбесін бекітеді, оның өткізуіне басшылық етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      - заңда белгіленген мерзімді есеп-қисаптық есеп жасап, оны белгіленген мекен жайларға тапсырады; </w:t>
-[...53 lines deleted...]
-      - Қазақстан Республикасының заңдарына сәйкес заңды тұлғалардың барлық құқықтарын пайдаланады.</w:t>
+      дене шынықтыру және спорт ұйымдарымен методикалық басшылықты жүзеге асырады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мүдделі ұйымдар мен ведомстволардың келісімі бойынша шығын мөлшерін бекітеді, дене шынықтыру және спорт шараларына қатысушыларды материалдық қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауданның құрама командаларын сапалы түрде дайындауды жүзеге асырады, аудан спортшыларын облыстық, республикалық және халықаралық жарыстарға қатысуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      мүдделі ведомстволар және қоғамдық ұйымдармен бірлесе отырып, спорт резервін дайындау жөнінде жұмыс жүргізеді, ведомстволық тәуелділікке және салалық орталықтарына қарамай, спорт клубтары мен мектептер жүйелерін дамытуды үйлестіреді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дене шынықтыру және спорт ұйымдары қызметкерлеріне, аудан шаралары жүлдегері мен жеңімпазына бағалы сыйлықтар беру, оларды грамоталармен, дипломдармен, медальдармен марапаттау мәселелерін белгіленген тәртіпте шешеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      заңда белгіленген мерзімді есеп-қисаптық есеп жасап, оны белгіленген мекен жайларға тапсырады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      келісім мен тәртіп бойынша статистика органдарынан және тиісті басқармалар мен ведомстволардан бөлімге жүктелген қызметтерді жүзеге асыру үшін қажетті мәліметтер алады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жүктелген міндеттерін толық орындау үшін бөлім аппаратын өндірістік шаруашылық және әлеуметтік тұрмыстық тұрғыдан қамтамасыз етуді ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңдарына сәйкес заңды тұлғалардың барлық құқықтарын пайдаланады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) міндеттері:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      - Мәдениет, тіл саясаты саласындағы ұйым, мекеме жұмысын ұйымдастырады және үйлестіреді, дене шынықтыру мен спорттық материалдық-техникалық базасын кұру және нығайту, олардың инфрақұрылымын дамыту;</w:t>
-[...251 lines deleted...]
-      - Мемлекеттік дене шынықтыру мен спортты дамыту саясатын жүзеге асыру мәселелері жөніндегі аудан ведомстволар мен қоғамдық ұйымдардың және кәсіпорындардың қызметін үйлестіру, сонымен қатар саланың өзекті проблемаларын практикалық шешу жөніндегі поселке және ауыл әкімшіліктерімен өзара іс-қимыл жасау;</w:t>
+      уәкілетті органмен келісу бойынша Қазақстан Республикасының заңнамасында белгіленген тәртіппен театр, музыка өнері және кино өнері, кітапхана және музей ісі, мәдени-демалыс қызметі саласында ауданның мемлекеттік мәдениет ұйымдарын құрады, қайта ұйымдастырады, таратады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      театр, музыка өнері және кино өнері, кітапхана және музей ісі, мәдени-демалыс қызметі саласында ауданның мемлекеттік мәдениет ұйымдарының қызметін қолдайды және үйлестіреді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мәдени құндылықтарды есепке алу, қорғау және пайдалану жөніндегі жұмысты ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауданның сауықтық мәдени-бұқаралық іс-шараларын, сондай-ақ әуесқой шығармашылық бірлестіктер арасында байқаулар, фестивальдер және конкурстар өткізуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауданның мемлекеттік мәдениет ұйымдарын аттестаттаудан өткізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      өз құзыреті шегінде мәдениет саласындағы коммуналдық меншікті басқаруды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауданның мәдени мақсаттағы объектілерінің құрылысы, реконструкциясы және жөнделуі бойынша тапсырысшы болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      мемлекеттік мәдениет ұйымдарын қолдайды және материалдық-техникалық қамтамасыз етуде жәрдем көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ауданның мемлекеттік кітапханаларының біріне "Орталық" мәртебесін береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәдениет, тіл саясаты саласындағы ұйым, мекеме жұмысын ұйымдастырады және үйлестіреді, дене шынықтыру мен спорттық материалдық-техникалық базасын кұру және нығайту, олардың инфрақұрылымын дамыту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәдениет, тіл саясаты, дене шынықтыру және спорт саласы бойынша ауданның даму жоспарын жасап, тәжірибе жұмыстарын жүргізеді, жүргізілген жұмыстарының нәтижесі бойынша талдау жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәдениет, тіл саясаты, дене шынықтыру және спорт саласын реттейтін заңдардың орындалуын және осы бағыттағы мемлекеттік бағдарламаның жүзеге асырылуын бақылайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәдени мекемелердің жұмысын үйлестіріп, бақылайды, аудан халқының бос уақытын тиімді өткізуге арналған мәдени-көпшілік, спорттық іс-шаралар жұмыстарын ұйымдастырып, басшылық жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тіл туралы заңының орындалуын, мемлекеттік тіл саясатын жүзеге асыруды қадағалайды және ұлттар арасындағы тұрақтылық пен келісімді барынша нығайтуды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мәдени мекемелердің жұмыстарына бағыт бағдар береді, ұйымдастырады, басшылық жасайды және қоғамдық бірлестіктер жұмыстарына қолдау көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Тұрғындардың демалысын тиімді пайдалануға бағытталған мәдени-көпшілік жұмыстарын ұйымдастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Созақ ауданының аумағында мәдениет және тілдерді дамыту, дене шынықтыру және спорт саласында мемлекеттік саясатты жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазақстан Республикасының заңдылықтарымен жүктелген басқа да міндеттерді орындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Халықаралық, аймақаралық спорт ұйымдарында, ауданның мүдделерін білдіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дене шынықтыру және спорт салаларының мүдделерін республика, облыс және аудан алдында көрсету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Саланың ақпараттық-жарнамалық және баспа жұмыстарын ұйымдастыру, дене шынықтыру және спорт қозғалысын насихаттау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дене шынықтыру және спорт салаларындағы кадрлар потенциалын талдау, оның мамандарға мұқтаждығын алдын-ала болжау, кадрларды дайындау, мамандығын жетілдіру және орынды пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мүдделі ведомстволармен бірлесіп дене шынықтыру мен спорт саласында ғылыми зерттеулер ұйымдастыру және жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік дене шынықтыру мен спортты дамыту саясатын жүзеге асыру мәселелері жөніндегі аудан ведомстволар мен қоғамдық ұйымдардың және кәсіпорындардың қызметін үйлестіру, сонымен қатар саланың өзекті проблемаларын практикалық шешу жөніндегі поселке және ауыл әкімшіліктерімен өзара іс-қимыл жасау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Функциялары: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -25719,51 +25925,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       мемлекеттік мекемелердің жұмыстарына мемлекеттік тілді және дене шынықтыруды дамыту бойынша бағыт бағдар береді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      аудан аумағындағы мәдениет, ескерткіштерін және тілдердің тарихын зерттейді ;</w:t>
+      аудан аумағындағы мәдениет, ескерткіштерін және тілдердің тарихын зерттейді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жергілікті мемлекеттік басқару мүддесінде Қазақстан Республикасының заңнамасымен жергілікті атқарушы органдарға жүктелетін өзге де өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -25808,70 +26014,110 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ақпараттық, мәдени, білім беру, дене шынықтыру және спорт функцияларын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...18 lines deleted...]
-      Қазақстан Республикасының "Әкімшілік құқық бұзушылық туралы" Кодексінің 75-бабында көзделген әкімшілік құқық бұзушылық туралы істерді қарайды және әкімшілік жазалар қолданады;</w:t>
+        <w:t xml:space="preserve">
+      маңдайшаны ауылда, кентте орналастыру туралы хабарламаларды "Рұқсаттар және хабарламалар туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес қабылдауды және қарауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қазақстан Республикасының "Әкімшілік құқық бұзушылық туралы" Кодексінің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>75-бабында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген әкімшілік құқық бұзушылық туралы істерді қарайды және әкімшілік жазалар қолданады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазақстан Республикасының заңнамасында белгіленген тәртіппен маңдайшаларды орналастыру туралы ұсыныстарға келісу немесе уәжді ескерту береді.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
@@ -26545,50 +26791,88 @@
               </w:rPr>
               <w:t>№214 қаулысына 15 қосымшасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z456" w:id="409"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Созақ ауданы әкімдігінің экономика және қаржы бөлімі" мемлекеттік мекемесінің ЕРЕЖЕСІ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="409"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ереже. 14-қосымша жаңа редакцияда - Түркістан облысы Созақ ауданы әкiмдiгiнiң 26.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 283</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z457" w:id="410"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="410"/>
     <w:bookmarkStart w:name="z458" w:id="411"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>