--- v0 (2025-11-09)
+++ v1 (2026-03-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="73c59a6" w14:textId="73c59a6">
+    <w:p w14:paraId="4c70dd9" w14:textId="4c70dd9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5291,458 +5291,568 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 29 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 283 қаулысына 3 – қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z72" w:id="68"/>
+    <w:bookmarkStart w:name="z110" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазығұрт аудандық тұрғын-үй коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі" мемлекеттік мекемесі туралы ЕРЕЖЕ</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z73" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Ереже жаңа редакцияда - Түркістан облысы Қазығұрт ауданы әкiмдiгiнiң 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі" мемлекеттік мекемесі (бұдан әрі- Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі) мемлекеттік басқаруды заңнамада көзделген шекте тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдарын дамыту саясаты саласында (ларында) басшылықты жүзеге асыратын Қазақстан Республикасының жергілікті бюджеттен қаржыландырылатын атқарушы орган болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімінің ведомстволары жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі мемлекеттік мекеме ұйымдық-құқықтық нысандағы заңды тұлға болып табылады, оның Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлері және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі азаматтық-құқықтық қатынастарды өз атынан жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімінің құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: Қазақстан Республикасы, Түркістан облысы, Қазығұрт ауданы, Қазығұрт ауыл округі, Қазығұрт ауылы, Д.Қонаев көшесі №95 үй, индекс 160300.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. Мемлекеттік орган өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы </w:t>
-[...241 lines deleted...]
-    <w:bookmarkStart w:name="z87" w:id="83"/>
+      10. Осы ереже Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімінің құрылтай құжаты болып табылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімінің қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес республикалық және жергілікті бюджеттерден жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі кәсіпкерлік субъектілерімен Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімінің өкілеттіктері болып табылатын міндеттерді орындау тұрғысынан шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. Мемлекеттік органның миссиясы, негізгі міндеттері, функциялары, құқықтары мен міндеттері</w:t>
-[...58 lines deleted...]
-      1) жергілікті, өкілетті және атқарушы органдардың актілерін жасауға қатысады және тұрғын үй – коммуналдық шаруашылығы, ауданның тұрғын үй-коммуналдық инфрақұрылымын жақсарту, жолаушылар көлігі мен тасымалдауды ұйымдастыру, автомобиль жолдарының жұмыс істеуін қамтамасыз ету; коммуналдық тұрғын үйлерді беру және оны жекешелендіру мәселелері бойынша ұсыныстарды аудан әкімдігінің қарауына енгізеді;</w:t>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның мақсаттары мен өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мақсаттары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Ауданның тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі және автомобиль жолдары саласындағы мемлекеттік саясатты жүргізу және мемлекеттік тұрғын үй қорын басқару, тұрғын үйді инспекциялау болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Құқықтары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - мемлекеттік органның қарауына жатқызылған мәселелер бойынша мемлекеттік және мемлекеттік емес органдармен және ұйымдармен қызмет хат алмасу жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - ауданның атқарушы органдарынан қажетті құжаттарымен, ақпараттар, қажетті қызметтері бойынша жергілікті атқарушы органдардың жекелеген лауазымдық тұлғалардан түсініктемелер сұратуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қазақстан Республикасының заңдарын, Қазақстан Республикасы Президенті мен Үкіметінің актілерін, облыс, аудан әкімдігінің қаулылары мен әкімнің шешім, өкімдерінің орындалуына тексерулер жүргізу, орындалмау себептерін анықтау және анықталған заң бұзушылықтарды жою жөнінде шаралар қабылдау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - аудандық әкімдіктің және мәслихаттың мәжілістеріне, аудандық, аумақтық және өзге де атқарушы органдардың жиналыстарына қатысу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қазақстан Республикасының заңнамасында көзделген өзге де құқықтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) жергілікті, өкілетті және атқарушы органдардың актілерін жасауға қатысады және тұрғын үй-коммуналдық шаруашылығы, ауданның тұрғын үй-коммуналдық инфрақұрылымын жақсарту, жолаушылар көлігі мен тасымалдауды ұйымдастыру, автомобиль жолдарының жұмыс істеуін қамтамасыз ету; коммуналдық тұрғын үйлерді беру және оны жекешелендіру мәселелері бойынша ұсыныстарды аудан әкімдігінің қарауына енгізеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) объектілермен коммуникациялардың құрылысын, қайта құрылуын, қалпына келтіру, күрделі жөнделуін, аумақтардың абаттандырылуын, көгалдандырылуын реттейтін мәселелердің нормалары мен ережелерін жетілдіру бойынша ұсыныстар дайындайды;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -5769,52 +5879,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мекеменің құзыреті шегінде тұрғын үй –коммуналдық шуашылығы, жолаушылар көлігі және автомобиль жолдары кәсіпорындарының қызметін үйлестіруді жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      5) тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі саласында бағаның қалыптасуына талдау жүргізеді;</w:t>
+        <w:t xml:space="preserve">
+      5) тұрғын үй-коммуналдық шаруашылығы, жолаушылар көлігі саласында бағаның қалыптасуына талдау жүргізеді; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) экономикалық тұрақты жұмысты қамтамасыз ету бойынша ұсыныстар жасайды және коммуналдық мемлекеттік кәсіпорындардың жұмысын бақылауды жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -6258,129 +6368,125 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28) "Тұрғын үй қатынастары туралы" Қазақстан Республикасының </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Заңына</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 19 ақпандағы № 108 </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10528 болып тіркелген, 2015 жылғы 23 сәуірде "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) Кондоминиум объектісінің ортақ мүлкін күтіп-ұстау қағидаларына сәйкес бұзушылықтарды жою бойынша орындалуы міндетті нұсқамалар (ұсынымдар) шығарады;</w:t>
+        <w:t xml:space="preserve"> және Қазақстан Республикасы Ұлттық экономика министрінің 2015 жылғы 19 ақпандағы № 108 бұйрығымен бекітілген (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 10528 болып тіркелген, 2015 жылғы 23 сәуірде "Әділет" ақпараттық-құқықтық жүйесінде жарияланған) Кондоминиум объектісінің ортақ мүлкін күтіп-ұстау қағидаларына сәйкес бұзушылықтарды жою бойынша орындалуы міндетті нұсқамалар (ұсынымдар) шығарады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) пәтерлердің, тұрғын емес үй-жайлардың меншік иелері өтініш берген кезде кондоминиум объектісін басқару және кондоминиум объектісінің ортақ мүлкін күтіп-ұстау жөніндегі есептің болуына тексеру жүргізу жатады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30) "Қауіпті техникалық құрылғыларды есепке қою және есептен шығару" мемлекеттік қызметті көрсетеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z90" w:id="86"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31) Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялары:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ауданның тұрғын үйлерін жылыту маусымына дайындау, пәтер иелері кооперативтеріне (бұдан әрі –ПИК) жұмыс, су тасқынына дайындау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6859,726 +6965,568 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28) ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптардың, деректерді басқару жөніндегі талаптардың сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29) Елді мекендерді электр желісімен және газ жүйесімен қамтамасыз ету үшін құрылыс жұмыстарын жүргізуді үйлестіру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z91" w:id="87"/>
-[...91 lines deleted...]
-    <w:bookmarkStart w:name="z92" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. Мемлекеттік органның қызметін ұйымдастыру</w:t>
-[...377 lines deleted...]
-    <w:bookmarkStart w:name="z100" w:id="96"/>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның бірінші басшысының мәртебесі, өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімін басқаруды бірінші басшы жүзеге асырады, ол Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөліміне жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруына дербес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімінің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымнан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімінің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімінің бірінші басшысының өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) мемлекеттік мекеменің жұмыс жоспарларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) мемлекеттік мекеменің атынан әрекет етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) сенімхаттар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) заңнамамен белгіленген тәртіпте мемлекеттік мекеменің қызметкерлерін көтермелейді және оларға тәртіптік жаза береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өз құзыреті шегінде бұйрықтар шығарады, қызметтік құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) мемлекеттік мекеменің ішкі еңбек тәртібін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7) мемлекеттік мекемеде Қазақстан Республикасының "Қазақстан Республикасының мемлекеттік қызметі туралы" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сақталуын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) азаматтарды жеке қабылдауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Қазақстан Республикасының заңнамалық актілерде көзделген өкілеттіктерді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) сыбайлас жемқорлыққа қарсы іс-қимыл бойынша шаралар қабылдамағаны үшін дербес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімінің бірінші басшысы болмаған кезенде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Бірінші басшы өз орынбасарының өкілеттіктерін қолданыстағы заңнамаға сәйкес айқындайды.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімі заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімінің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөліміне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Егер заңнамада өзгеше көзделмесе, Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне берілген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату</w:t>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z108" w:id="104"/>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      24. Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімін қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімінің қарамағындағы ұйымдардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Қазығұрт аудандық "Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімінің "Жарық-жол және саябақтары" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z109" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Қазығұрт аудандық "Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімінің "Таза су" шаруашылық жүргізу құқығындағы коммуналдық мемлекеттік кәсіпорны.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазығұрт аудандық "Қазығұрт аудандық тұрғын үй-коммуналдық шаруашылық, жолаушылар көлігі және автомобиль жолдары бөлімінің "Тұрғын үй және газ инспекциясы" коммуналдық мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7644,1688 +7592,1804 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 29 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 283 қаулысына 4 – қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z111" w:id="106"/>
+    <w:bookmarkStart w:name="z146" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазығұрт аудандық ішкі саясат бөлімі" мемлекеттік мекемесі туралы ЕРЕЖЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z112" w:id="107"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Ереже жаңа редакцияда - Түркістан облысы Қазығұрт ауданы әкiмдiгiнiң 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-[...38 lines deleted...]
-    <w:bookmarkStart w:name="z114" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Қазығұрт аудандық ішкі саясат бөлімі" мемлекеттік мекемесі (бұдан әрі – Қазығұрт аудандық ішкі саясат бөлімі) мемлекеттік басқаруды заңнамада көзделген шекте ішкі саясат саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Қазығұрт аудандық ішкі саясат бөлімінің ведомстволары жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазығұрт аудандық ішкі саясат бөлімі өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Қазығұрт аудандық ішкі саясат бөлімі мемлекеттік мекеме ұйымдық-құқықтық нысанындағы заңды тұлға болып табылады, оның рәміздері мен айырым белгілері (бар болса), Қазақстан Республикасының Мемлекеттік Елтаңбасы бейнеленген мөрлері және атауы қазақ және орыс тілдерінде жазылған мөртабандары, белгіленген үлгідегі бланкілері, Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Қазығұрт аудандық ішкі саясат бөлімі азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Қазығұрт аудандық ішкі саясат бөлімі Қазақстан Республикасының заңнамасына сәйкес, уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Қазығұрт аудандық ішкі саясат бөлімі өз құзіретінің мәселелері бойынша заңнамада белгіленген тәртіппен Қазығұрт аудандық ішкі саясат бөлімі басшысының бұйрықтарымен және Қазақстан Республикасы заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Қазығұрт аудандық ішкі саясат бөлімінің құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: Қазақстан Республикасы, Түркістан облысы, Қазығұрт ауданы, Қазығұрт ауыл округі, Қазығұрт елді мекені, Д.Қонаев көшесі №95 үй, индекс 160300.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Осы ереже Қазығұрт аудандық ішкі саясат бөлімінің құрылтай құжаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Қазығұрт аудандық ішкі саясат бөлімінің қызметін қаржыландыру Қазақстан Республикасының заңнамасына сәйкес республикалық және жергілікті бюджетінен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Қазығұрт аудандық ішкі саясат бөлімі кәсіпкерлік субъектілерімен Қазығұрт аудандық ішкі саясат бөлімі өкілеттігі болып табылатын міндеттерді орындау тұрғысында шарттық қарым-қатынас жасауға тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер Қазығұрт аудандық ішкі саясат бөлімі заңнамалық актілермен кіріс әкелетін қызметті жүзеге асыру құқығы берілсе, онда алынған кіріс, егер Қазақстан Республикасының заңнамасында өзгеше белгіленбесе, мемлекеттік бюджетке жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның мақсаттары мен өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мақсаттары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Ішкі саясат, қоғамдық-саяси сала мәселелері бойынша Қазақстан Республикасының заңнамаларын, мемлекеттік ішкі саясатты насихаттау және түсіндіру жөніндегі бағдарламаны әзірлеу және іске асыру жөніндегі жұмыстарды үйлестіріп отырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қазақстан Республикасының заңнамасымен қарастырылған өзге де міндеттерді жүзеге асыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіктері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1)Құқықтары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Мемлекеттік органдар мен ұйымдарда мүдделерін білдіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Өзінің қызметін орындау үшін қажетті ақпараттарды мемлекеттік органдардан және лауазым иелерінен, басқа ұйымдар мен азаматтардан белгіленген тәртіппен сұратып алады, Қазығұрт аудандық ішкі саясат бөлімі құзырына қатысты мәселелерді әзірлеуге қатысуға, тиісті ұсыныстар әзірлеу үшін уақытша жұмысшы топтарын құрады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Ішкі саясат саласында Қазығұрт аудандық ішкі саясат бөлімі қызметін жетілдіру жөнінде аудан әкіміне ұсыныстар енгізеді, Қазығұрт аудандық ішкі саясат бөлімі қатысты мәселелер бойынша ақпараттық талдау және басқа да материалдар әзірлеуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қазығұрт аудандық ішкі саясат бөлімі қызмет саласына қатысты мәселелер бойынша тиісті мемлекеттік органдар мен лауазымды адамдарға ұсыныстар береді, оның орындалуын қадағалайды, сондай –ақ жергілікті атқарушы органдар өткізетін шараларға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Аудандық деңгейде ақпараттық саясатты жүргізуге арналған жастар саясаты мен мемлекеттік тапсырысты іске асыру жөніндегі аудандық бағдарламаларды қаржыландыруды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қазығұрт аудандық ішкі саясат бөлімі құзырына кіретін ішкі саясат, азаматтардың құқықтарын сақтау және басқа да мәселелер бойынша Қазығұрт аудандық ішкі саясат бөлімі лауазымды тұлғаларына ұйымдастырушылық-әдістемелік, ақпараттық және басқа да көмектер көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қазығұрт аудандық ішкі саясат бөлімі құзырына кіретін мәселелер бойынша отырыстар өткізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қазақстан Республикасының заңнамаларына сәйкес басқа да өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Өз құзыреті шегінде мемлекеттік органдардан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және басқа да материалдарды сұрату және алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қарамағындағы мекеменің қызметін үйлестіру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қазақстан Республикасының заңнамасында көзделген өзге де құқықтар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қазақстан Республикасының қолданыстағы заңнамасының нормаларын сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қоғамдық саяси тұрақтылықты қалыптастыруға, сондай-ақ мемлекеттің егемендігін нығайту, қоғамдық процестерді демократияландыру және қоғамды топтастыру жөніндегі мемлекеттік саясатты қалыптастыруға және іске асыруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Ауданда Қазығұрт аудандық ішкі саясат бөлімі және лауазымды адамдардың мемлекеттің ішкі саясатын іске асыру барысына, сондай-ақ Қазақстан Республикасы Президенті мен Үкіметінің, әкімдіктің, облыстың және аудан әкімдіктерінің, Түркістан облысының қоғамдық даму басқармасының Қазығұрт аудандық ішкі саясат бөлімі құзырына қатысты мәселелер жөніндегі актілері мен тапсырмаларын орындауына бақылау жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қоғамда демократиялық институттарды нығайтуға, Қазақстанды дамытудың 2050 жылға дейінгі Стратегиясының негізгі басым бағыттарын түсіндіруге және насихаттауға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Ішкі саясат, қоғамдық-саяси сала мәселелері бойынша Қазақстан Республикасының заңнамаларын, мемлекеттік ішкі саясатты насихаттау және түсіндіру жөніндегі бағдарламаны әзірлеу және іске асыру жөніндегі жұмыстарды үйлестіріп отырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Ішкі саясат саласында тұжырымдамалық негіздемелер және тәжірибелік ұсынбалар, сондай-ақ Қазақстанды дамытудың ұзақ мерзімді басымдықтары, бірегей азаматтық құрылымдар негізінде қоғамды топтастыру жөнінде ұсыныстар әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Ауданда болып жатқан қоғамдық – саяси процестерге және оның даму барысына жан – жақты және дұрыс зерттеу, қорыту және талдау жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Аудандық деңгейде мемлекеттік ақпараттық саясатты іске асыру, мемлекеттік тапсырысты орындау, оны жүргізу жөнінде аудандық бұқаралық ақпарат құралдарының қызметін үйлестіріп отырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Аудандағы қоғамдық – саяси жағдайларды болжауға бағытталған әлеуметтік - саяси зерттеулер жүргізеді;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. "Қазығұрт аудандық ішкі саясат бөлімі" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы </w:t>
-[...241 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="120"/>
+      - Қоғамдық бірлестіктер және үкіметтік емес ұйымдармен, саяси партиялармен, қоғамдық-саяси және діни ұйымдармен, кәсіби одақтармен, БАҚ-пен, жұртшылық өкілдерімен өзара әрекеттестікте қимыл жасайды; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      - Әлеуметтік даму саласында мемлекеттік саясатты іске асыру бойынша, білім беру және спорт, мәдениет және тілдерді дамыту салаларында мемлекеттік басқару органдары мен мемлекеттік емес құрылымдардың қызметіндегі өзара келісілген іс-әрекетті қамтамасыз етеді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Аудан әкімі орынбасары жанындағы тұрақты комиссиялардың жұмысын іске асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қазақстан Республикасы Президентінің, Үкіметінің және өзге де орталық атқарушы органдардың, сондай-ақ облыс әкімінің және әкімдігінің актілері мен тапсырмаларын сапалы және уақытылы орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Мемлекеттік қызметтерді сапалы және уақытылы көрсетуді қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Мекемелерге қатысты мемлекеттік басқару органының функцияларын жүзеге асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қазақстан Республикасының заңнамасында көзделген өзге де міндеттер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Ішкі саяси процестерді мемлекеттік реттеуге қатысады, жергілікті Қазығұрт аудандық ішкі саясат бөлімі ішкі саясат саласындағы қызметін үйлестіріп отырады, аймақтағы қоғамдық – саяси партиялар мен басқа да қоғамдық бірлестіктердің қызметіне мониторинг жүргізу, талдау жасау және ішкі саяси тұрақтылықты қамтамасыз ету, қоғамды топтастыру, қазақстандық патриотизмді насихаттау және соған тәрбиелеу жөніндегі ұсынбалар әзірлейді және жұмыстарды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Қазақстан Республикасы Президенті, Қазақстан Республикасы Үкіметі актілерінің, Қазақстан Республикасы Президенті Әкімшілігі тапсырмаларының облыс пен аудан әкімдіктерінің, Түркістан облысының қоғамдық даму басқармасы қаулыларының, шешімдері мен өкімдерінің орындалуын бақылауды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Қазығұрт аудандық ішкі саясат бөлімі құзырына кіретін мәселелер жөнінде тұжырымдамалық құжаттарды жасауға, аудан әкімдігі мен әкімі актілерінің жобаларын әзірлеуге және сараптауға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Аудан туралы, қоғамдық-саяси және экономикалық салада өкімет органдарының қызметі туралы ақпараттарды тарату жүйесін жетілдіру жөніндегі аудан әкімдігінің жұмысына қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Қазығұрт аудандық ішкі саясат бөлімінің құзырына кіретін мәселелер бойынша Түркістан облысының қоғамдық даму басқармасымен, аудан әкімі аппаратының тиісті бөлімдерімен ұйымдық және ақпараттық байланысты қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Қазығұрт аудандық ішкі саясат бөлімі атқарған жұмыстары жөнінде Түркістан облысының қоғамдық даму басқармасына үнемі есеп беріп отырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Қазығұрт аудандық ішкі саясат бөлімі құзырына кіретін мәселелер жөнінде бақылауды және үйлестіріп отыруды қамтамыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Қазақстан Республикасының коммерциялық емес ұйымдар туралы заңнамасы талаптарының сақталуы тұрғысынан бақылауды және қадағалауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Облыстық және аудандық қоғамдық –саяси, мәдени шаралардың өткізілуін қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) Ауылдық округтер әкімдерінің, ауданның мемлекеттік мекемелерінің, аудандық бұқаралық ақпарат құралдарының мемлекеттің ішкі саясаты мәселелері жөніндегі ақпараттық-насихаттық жұмыстарды жүргізу барысындағы қызметін үйлестіріп отырады және бақылау жасайды; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Ауданның ішкі саяси өміріндегі маңызды мәселелері бойынша аудандық әкімдіктің мәжілісіне материалдар әзірлеуге қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Кіші Ассамблеяға және оның хатшылығына ұйымдастырушылық және әдістемелік, ақпараттық көмектер көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) Ішкі саясат саласында, ұлтаралық қатынастар саласында мемлекеттік саясатты белгілейтін, Қазақстан Республикасында азаматтардың құқықтары мен бостандықтарының сақталуын және қамтамасыз етілуін айқындайтын тұжырымдамалар, бағдарламалар әзірлеуге және іске асыруға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) Қазығұрт аудандық ішкі саясат бөлімінің құзырына қатысты мәселелер жөнінде ақпараттық мәліметтер базасын (компьютерлік, мәтіндік) қалыптастыру, жинау, жинақтау және қорыту жөніндегі жұмыстарды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) Саяси партиялармен, ұлттық – мәдени бірлестіктермен, үкіметтік емес ұйымдармен, құқық қорғау, діни және басқа да қоғамдық ұйымдармен, жұртшылықпен байланысты жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) Ішкі саяси тұрақтылықты нығайтуға және саяси процестерді демократияландыруға бағытталған облыстық және аудандық ғылыми – практикалық шараларды әзірлеуге және өткізуге қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) Аудан әкімі аппаратының бөлімшелерімен бірлесе отырып, Қазығұрт аудандық ішкі саясат бөлімі құзырына кіретін ұйымдастырушылық-әдістемелік және ғылыми-зерттеу жұмыстарын орындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) Ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптардың, деректерді басқару жөніндегі талаптардың сақталуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19) Қазақстан Республикасының заңнамаларында қарастырылған басқа да қызметтерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. "Қазығұрт аудандық ішкі саясат бөлімі" мемлекеттік мекемесіның миссиясы, негізгі міндеттері,функциялары, құқықтары мен міндеттері</w:t>
-[...731 lines deleted...]
-    <w:bookmarkStart w:name="z130" w:id="125"/>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның бірінші басшысының мәртебесі, өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Қазығұрт аудандық ішкі саясат бөлімін басқаруды бірінші басшы жүзеге асырады, ол Қазығұрт аудандық ішкі саясат бөліміне жүктелген міндеттердің орындалуына және оның өз өкілеттіктерін жүзеге асыруға дербес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Қазығұрт аудандық ішкі саясат бөлімінің бірінші басшысы Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалады және лауазымынан босатылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Қазығұрт аудандық ішкі саясат бөлімінің Қазығұрт аудандық жұмыспен қамту және әлеуметтік бағдарламалар бөлімінің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес лауазымға тағайындалатын және лауазымнан босатылатын орынбасары жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Қазығұрт аудандық ішкі саясат бөлімінің бірінші басшысының өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Қазақстан Республикасының заңнамасына сәйкес, мекеме қызметкерлерін қызметке тағайындайды және қызметтен босатады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) заңнамада белгіленген тәртіппен көтермелеу, материалдық көмек көрсету, тәртіптік жаза қолдану мәселелерін шешеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бұйрықтар шығарады және Мекеменің барлық қызметкерлері үшін міндетті нұсқаулар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) қызметтік құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Мекеме атынан сенімхатсыз әрекет етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Мекеме қызметкерлерінің белгіленген саны және еңбекке ақы төлеу қоры шегінде штат кестелерін бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) бюджеттік бағдарламалар әкімшісін және мекеменің міндеттемелер мен төлемдер бойынша қаржыландыру жоспарларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) өз құзыреті шегінде мекеменің қаражаты мен мүлкіне иелік етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) сыбайлас жемқорлыққа қарсы іс-қимыл бойынша шаралар қабылдамағаны үшін дербес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) Қазақстан Республикасының заңнамасына сәйкес өзге де өкілеттіктерді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) Мемлекеттік мекеменің жұмысын ұйымдастырады және басқарады, Қазығұрт аудандық ішкі саясат бөліміне жүктелген міндеттердің орындалуына дербес жауапкершілікті алып жүретін қызметкерлер арасындағы қызметтік міндеттерді және олардың жауапкершілік дәрежесін үйлестіреді және бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) Қазақстан Республикасының Заңнамасында және осы ережеде белгіленген құзіретіне сәйкес бірінші басшы дара басшылық ету принципінде іс-әрекет жасайды және Қазығұрт аудандық ішкі саясат бөлімінің жұмысындағы мәселелерді жеке шешеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазығұрт аудандық ішкі саясат бөлімінің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. "Қазығұрт аудандық ішкі саясат бөлімі" мемлекеттік мекемесіның қызметін ұйымдастыру</w:t>
-[...359 lines deleted...]
-    <w:bookmarkStart w:name="z138" w:id="133"/>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Қазығұрт аудандық ішкі саясат бөлімі заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болу мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазығұрт аудандық ішкі саясат бөлімінің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді коса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Қазығұрт аудандық ішкі саясат бөлімі бекіткен мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Егер заңнамада өзгеше көзделмесе, Қазығұрт аудандық ішкі саясат бөлімі, өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. "Қазығұрт аудандық ішкі саясат бөлімі" мемлекеттік мекемесінің мүлкі</w:t>
-[...170 lines deleted...]
-      Қазығұрт аудандық ішкі саясат бөлімінің "Жастар ресурстық орталығы" коммуналдық мемлекеттік мекемесі.</w:t>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Қазығұрт аудандық ішкі саясат бөлімін қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қазығұрт аудандық ішкі саясат бөлімінің қарамағындағы ұйымдардың тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       "Жастар ресурстық орталығы" коммуналдық мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9393,442 +9457,442 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 29 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 283 қаулысына 5 – қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="141"/>
+    <w:bookmarkStart w:name="z147" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесі туралы ЕРЕЖЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z148" w:id="142"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z148" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z149" w:id="143"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z149" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесі жер қатынастары саласындағы функцияларды жүзеге асыратын, Қазақстан Республикасының жергілікті бюджеттен қаржыландырылатын атқарушы орган болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z150" w:id="144"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z150" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z151" w:id="145"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z151" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z152" w:id="146"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z152" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесі ұйымдық-құқықтық нысандағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z153" w:id="147"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z153" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесі азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z154" w:id="148"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z154" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z155" w:id="149"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z155" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесі өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесі басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z156" w:id="150"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z156" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z157" w:id="151"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z157" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: Қазақстан Республикасы, Түркістан облысы, Қазығұрт ауданы, Қазығұрт ауыл округі, Қазығұрт ауылы, Д.Қонаев көшесі №2/д үй, индекс 160300.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z158" w:id="152"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z158" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мемлекеттік органның толық атауы – "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z159" w:id="153"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z159" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің құрылтайшысы Қазығұрт ауданының әкімдігі болып табылады. Осы Ереже "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z160" w:id="154"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z160" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z161" w:id="155"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z161" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z162" w:id="156"/>
+    <w:bookmarkStart w:name="z162" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің миссиясы, негізгі мақсаттары, функциялары, құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z163" w:id="157"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z163" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің миссиясы: жер қатынастары саласындағы мемлекеттік саясатты жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z164" w:id="158"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z164" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) белгiлеген жер учаскесiне меншiк құқығы мен жер пайдалану құқығы туындауының, өзгертiлуi мен тоқтатылуының негiздерiн, шарттары мен шектерiн; жер учаскелерiнiң меншiк иелерi мен жер пайдаланушылардың құқықтары мен мiндеттерiн жүзеге асыру тәртiбiн қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -9857,70 +9921,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) шаруашылық жүргiзудiң барлық нысандарын тең құқықпен дамыту үшiн жағдайлар жасау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) жеке және заңды тұлғалар мен мемлекеттiң жерге құқықтарын қорғау;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z165" w:id="159"/>
+    <w:bookmarkStart w:name="z165" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) иесі жоқ жер учаскелерін анықтау және оларды есепке алу жөніндегі жұмысты ұйымдастыру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10331,70 +10395,70 @@
         </w:rPr>
         <w:t xml:space="preserve">
       23) Жер кодексінің </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>147 бабының</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2-2 тармағына сәйкес ауыл шаруашылығы мақсатындағы жерлерде жер учаскесінің меншік иелері мен жер пайдаланушыларға қатысты жерді пайдалану мен қорғауға мемлекеттік бақылауды ұйымдастырады және жүргізеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z166" w:id="160"/>
+    <w:bookmarkStart w:name="z166" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Құқықтары мен міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік органдардан және өзге де ұйымдардан өз қызметіне қажетті ақпаратты сұрату және алу;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10479,166 +10543,166 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> көзделген, аудан аумағында жасалған әкiмшiлiк құқық бұзушылық туралы хаттамаларды жасайды (iстердi қарайды);</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) Қазақстан Республикасының заңнамасына сәйкес өз құзыреті шегінде басқа да құқықтарды және міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z167" w:id="161"/>
+    <w:bookmarkStart w:name="z167" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z168" w:id="162"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z168" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесіне басшылықты "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын бірінші басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z169" w:id="163"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z169" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің бірінші басшысын Қазығұрт ауданының әкімі қызметке тағайындайды және қызметтен босатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z170" w:id="164"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z170" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалатын және қызметтен босатылатын орынбасарлары болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің құзыретіне кіретін мәселелер бойынша "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесі атынан басқа құрылымдық бөлімшелерге жіберілетін құжаттарға "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесі басшысы, ал ол болмаған жағдайда оны алмастыратын адам қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z171" w:id="165"/>
+    <w:bookmarkStart w:name="z171" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемеcінің бірінші басшысының өкілеттігі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік мекеменің жұмыс жоспарларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10813,262 +10877,262 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) сыбайлас жемқорлыққа қарсы заңнаманың орындалуына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекеменің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z172" w:id="166"/>
+    <w:bookmarkStart w:name="z172" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің қызметкерлерінің лауазымдық өкілеттіктері Қазақстан Республикасының жер қатынастары саласындағы заңнамасында анықталған "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің міндеттері мен функциялары негізінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z173" w:id="167"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z173" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекеменің жұмыс режимі: сағат 9.00 – 19.00, түскі үзіліс сағат 13.00 – 15.00, аптасына бес жұмыс күні, демалыстар: сенбі-жексенбі және мереке күндері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z174" w:id="168"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z174" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z175" w:id="169"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z175" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекеменің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z176" w:id="170"/>
+    <w:bookmarkStart w:name="z176" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z177" w:id="171"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z177" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Егер заңнамада өзгеше көзделмесе, "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесі, өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z178" w:id="172"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z178" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесін қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z179" w:id="173"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z179" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесін қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z180" w:id="174"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z180" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. Мемлекеттік органның қарауындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z181" w:id="175"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z181" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазығұрт аудандық жер қатынастары бөлімі" мемлекеттік мекемесінің қарауында ұйымдар жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="104"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11134,442 +11198,442 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 29 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 283 қаулысына 6 – қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z183" w:id="176"/>
+    <w:bookmarkStart w:name="z183" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесі туралы ЕРЕЖЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z184" w:id="177"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z184" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z185" w:id="178"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z185" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесі ауыл шаруашылығы саласындағы функцияларды жүзеге асыратын, Қазақстан Республикасының жергілікті бюджеттен қаржыландырылатын атқарушы орган болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z186" w:id="179"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z186" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z187" w:id="180"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z187" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Ережеге</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> сәйкес жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z188" w:id="181"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z188" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесі ұйымдық-құқықтық нысандағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z189" w:id="182"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z189" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесі азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z190" w:id="183"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z190" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z191" w:id="184"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z191" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесі өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесі басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z192" w:id="185"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z192" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z193" w:id="186"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z193" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Заңды тұлғаның орналасқан жері: Қазақстан Республикасы, Түркістан облысы, Қазығұрт ауданы, Қазығұрт ауыл округі, Қазығұрт ауылы, Д.Қонаев көшесі №2/д үй, индекс 160300.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z194" w:id="187"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z194" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Мемлекеттік органның толық атауы – "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z195" w:id="188"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z195" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің құрылтайшысы Қазығұрт ауданының әкімдігі болып табылады. Осы Ереже "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z196" w:id="189"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z196" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z197" w:id="190"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z197" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Егер "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z198" w:id="191"/>
+    <w:bookmarkStart w:name="z198" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің миссиясы, негізгі мақсаттары, функциялары, құқықтары мен міндеттері</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z199" w:id="192"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z199" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің миссиясы: кәсіпкерлік және ауыл шаруашылығы саласындағы мемлекеттік саясатты жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z200" w:id="193"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z200" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Мақсаттары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттiң азық-түлiк қауiпсiздiгiн қамтамасыз ету;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11598,70 +11662,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) бәсекеге қабілетті ауыл шаруашылығы өнiмiн және оның қайта өңдеу өнiмдерiн өндiрудің экономикалық жағдайларын жасау;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) органикалық өнім өндіруді дамытуды қамтамасыз ету болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z201" w:id="194"/>
+    <w:bookmarkStart w:name="z201" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Функциялары:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) жеке кәсiпкерлiктi қолдау мен дамытудың мемлекеттiк саясатының iске асырылуын жүзеге асырады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12508,70 +12572,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44) ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптардың, деректерді басқару жөніндегі талаптардың сақталуын қамтамасыз етеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45) Қазақстан Республикасының заңнамаларында көзделген басқа да функцияларды жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z202" w:id="195"/>
+    <w:bookmarkStart w:name="z202" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Құқықтары мен міндеттері:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік органдардан және өзге де ұйымдардан өз қызметіне қажетті ақпаратты сұрату және алу; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12618,166 +12682,166 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) мүдделерін барлық құзыретті, мемлекеттік органдарда, мекемелерде, ұйымдарда, сондай-ақ сот және құқық қорғау органдарында білдіру;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) Қазақстан Республикасының заңнамасына сәйкес өз құзыреті шегінде басқа да құқықтарды және міндеттерді жүзеге асыру.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z203" w:id="196"/>
+    <w:bookmarkStart w:name="z203" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің қызметін ұйымдастыру</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z204" w:id="197"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z204" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесіне басшылықты "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын бірінші басшы жүзеге асырады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z205" w:id="198"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z205" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің бірінші басшысын Қазығұрт ауданының әкімі қызметке тағайындайды және қызметтен босатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z206" w:id="199"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z206" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалатын және қызметтен босатылатын орынбасарлары болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің құзыретіне кіретін мәселелер бойынша "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесі атынан басқа құрылымдық бөлімшелерге жіберілетін құжаттарға "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесі басшысы, ал ол болмаған жағдайда оны алмастыратын адам қол қояды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z207" w:id="200"/>
+    <w:bookmarkStart w:name="z207" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемеcінің бірінші басшысының өкілеттігі:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) мемлекеттік мекеменің жұмыс жоспарларын бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12952,242 +13016,242 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) сыбайлас жемқорлыққа қарсы заңнаманың орындалуына дербес жауапты болады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекеменің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z208" w:id="201"/>
+    <w:bookmarkStart w:name="z208" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің қызметкерлерінің лауазымдық өкілеттіктері Қазақстан Республикасының ауыл шаруашылығы саласындағы заңнамасында анықталған "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің міндеттері мен функциялары негізінде белгіленеді.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z209" w:id="202"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z209" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекеменің жұмыс режимі: сағат 9.00 – 19.00, түскі үзіліс сағат 13.00 – 15.00, аптасына бес жұмыс күні, демалыстар: сенбі-жексенбі және мереке күндері.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z210" w:id="203"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z210" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің мүлкі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z211" w:id="204"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z211" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекеменің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z212" w:id="205"/>
+    <w:bookmarkStart w:name="z212" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z213" w:id="206"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z213" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Егер заңнамада өзгеше көзделмесе, "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесі, өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z214" w:id="207"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z214" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесін қайта ұйымдастыру және тарату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z215" w:id="208"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z215" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. "Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімі" мемлекеттік мекемесін қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z216" w:id="209"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z216" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 6. Мемлекеттік органның қарауындағы ұйымдардың тізбесі</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkEnd w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Қазығұрт аудандық кәсіпкерлік және ауыл шаруашылығы бөлімінің "Қазығұрт су шаруашылығы" шаруашылық жүргізу құқығындағы мемлекеттік коммуналдық кәсіпорны.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
@@ -13271,1620 +13335,1754 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2024 жылғы 29 тамыздағы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 283 қаулысына 7 – қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z218" w:id="210"/>
+    <w:bookmarkStart w:name="z251" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі туралы ЕРЕЖЕ</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z219" w:id="211"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. Ереже жаңа редакцияда - Түркістан облысы Қазығұрт ауданы әкiмдiгiнiң 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 316</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулысымен.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z220" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі құрылыс, сәулет және қала құрылысы қатынастары саласында мемлекеттік саясатты және мемлекеттік басқару мен бақылау функцияларын жүзеге асыруға уәкілетті, Қазақстан Республикасының жергілікті бюджеттен қаржыландырылатын атқарушы орган болып табылады.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z221" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің ведомстволары жоқ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z222" w:id="214"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы Ережеге сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі ұйымдық-құқықтық нысандағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі азаматтық-құқықтық қатынастарға өз атынан түседі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі егер заңнамаға сәйкес осыған уәкілеттік берілген болса, мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі басшысының бұйрықтарымен және Қазақстан Республикасының заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       8. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің құрылымы мен штат санының лимиті қолданыстағы заңнамаға сәйкес бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: Қазақстан Республикасы, Түркістан облысы, Қазығұрт ауданы, Қазығұрт ауыл округі, Қазығұрт ауылы, Абай көшесі №78 үй, индекс 160300.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Мемлекеттік органның толық атауы – "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің құрылтайшысы Қазығұрт ауданының әкімдігі болып табылады. Осы Ереже "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесіне кәсіпкерлік субъектілерімен "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Егер "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесіне заңнамалық актілермен кірістер әкелетін қызметті жүзеге асыру құқығы берілсе, онда осындай қызметтен алынған кірістер мемлекеттік бюджеттің кірісіне жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Мемлекеттік органның мақсаттары мен өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мақсаттары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - аудан аумағында сәулет және қала құрылысы саясатын жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - тұрғын үйдің қол жетімді болуын көтеру, әлеуметтік-мәдени саладағы қазіргі заман талабына сай объектілерді құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - ауданның елді мекендерінің құрылыстық, көліктік, инженерлік және әлеуметтік инфрақұрылымын кешенді қалыптастыру міндеттерін шешуге бағытталған өкілеттіктерді экология мен қоршаған ортаны қорғау талаптарына сәйкес жүзеге асыру, сәулеттік, тарихи-мәдени мұра және табиғи кешенді сақтау;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы </w:t>
-[...241 lines deleted...]
-    <w:bookmarkStart w:name="z233" w:id="225"/>
+      - Қазақстан Республикасы заңнамасымен қарастырылған тағы басқа функцияларды атқарады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Өкілеттіліктері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) құқықтары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - өз құзіреті шегінде ақпараттық - талдау материалдарын дайындауға және оларды облыстық мемлекеттік органдарға және аудан әкімдігіне ұсынуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - өз құзыреті шегінде мемлекеттік органдардан және басқа да ұйымдардан қажетті ақпаратты, құжаттарды және басқа да материалдарды сұрату және алуға, мемлекеттік мекеменің құзырына қатысты мәселелерді әзірлеуге, қатысуға тиісті ұсыныстар әзірлеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - сараптамалар мен консультьациялар жүргізу үшін орталық және жергілікті атқарушы органдардың мамандарын,сондай – ақ тәуелсіз сарапшыларды тартуға құқығы бар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - мемлекеттік мекемесінің құзырына кіретін құрылыс, сәулет және қала құрылысы қатынастарындаазаматтардың құқықтарын сақтау және басқа да мәселелер бойынша мемлекеттік органдардың лауазымды тұлғаларына ұйымдастырушылық – әдістемелік, ақпараттық және басқада көмектер көрсетеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - аудандық маңызы бар құүрылыс, аумақты инженерлік жағынан дайындау, абаттандыру және көгалдандыру, аяқталмаған өбъектілер құрылысын тоқтатып қою, объектілерді кейннен кәдеге жару жөніндегі жұмыстар кешенін жүргізу туралы шешімдер қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - өзіне жүктелген құқықтар мен міндеттерді уақытылы және сапалы жүзеге асыру үшін мемлекеттік мекеме Қазақстан Республикасының қолданыстағы заңнамасы нормаларына сәйкес жауапты болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - сот органдарына қолданыстағы заңнама нормаларын сақтау бөлігінде мемлекет мүдделерін қорғауға жүгінуге болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - сәулет және қала құрылысы саласында мемлекеттік, қоғамдық және жеке мүдделерді қорғау мәселелері бойынша жобалау ұйымдары, мемлекеттік сәулет-құрылыс бақылау органдары және жобалардың мемлекеттік сараптамасы облыстық және аумақтық бөлімшелерімен өзара әрекет етуге болады ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Міндеттері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Аудан аумағындағы құрылыс, сәулет және қала құрылысы саласындағы мемлекеттік органдардың қызметін жетілдіру жөнінде аудан көлемінде ұсыныстар еңгізеді, мемлекеттік мекемеге қатысты мәселелер бойынша ақпараттық талдау және басқа да материалдар әзірлеуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - мемлекеттік мекеменің қызмет саласына қатысты мәселелер бойынша тиісті мемлекеттік органдар мен лауазымды адамдарға ұсыныстар береді,оның орындалуын қадағалайды, сондай – ақ жергіліктіатқарушы органдар өткізетін шараларға қатысады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - аудан денгейіндегі құрылыс, сәулет және қала құрылысы қатысты мемлекеттік тапсырыстарды іске асыруға қаржыландыруды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - мемлекеттік мекеменің құзырына кіретін мәселелер бойынша отырыстар өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - аумақта жоспарланып отырған құрылыс салу не өзге де қала құрылысының өзгерiстерi туралы халыққа хабарлап отыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - сәулет және қала құрылысы саласында міндеттерді жүзеге асыру бөлігінде ауданның әлеуметтік-экономикалық дамуының жоспарларын әзірлеу мен келісуге қатысуға міндетті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - құрылыстық, инженерлік және әлеуметтік инфрақұрылымды кешенді қалыптастыру міндеттерін шешуге бағытталған өкілеттіліктерді экология мен қоршаған ортаны қорғау талаптарына сәйкес жүзеге асыруға міндетті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - аудандық маңызы бар құрылыс, аумақты инженерлiк жағынан дайындау, абаттандыру және көгалдандыру, аяқталмаған объектiлер құрылысын тоқтатып қою, объектiлердi кейiннен кәдеге жарату жөнiнде жұмыстар кешенiн жүргiзу туралы шешiмдерді дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қазақстан Республикасының заңнамалық актілерімен қарастырылған жағдайларда мемлекеттік қажеттіліктер үшін алуға және мемлекеттік мақсаттар үшін жер телімдерін ұсынуға объектілер мен кешендерді орналастыру бойынша жұмыс комиссиясында қатысу және ұсыныстар әзірлеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - белгіленген тәртіп бойынша қала құрылыстық, сәулет-құрылыстық және басқа да жобалық (жобалық-сметалық) құжаттардың материалдарын келісіп бекітуге дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - жоғары тұрған ұйымдарға мемлекеттік мекеме өз құзырындағы мәселелер бойынша есептер мен ақпараттарды ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - "Мекенжайлық тіркелім" ақпараттық жүйесін енгізу және толтыру бойынша мониторинг;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - тіреуіш және қоршау конструкцияларын, инженерлік жүйелерді және жабдықтарды өзгертумен байланысты емес әрекеттегі ғимараттар бөлмелерін (жеке бөліктерін) қайта жаңартуға (қайта жоспарлауға, қайта жабдықтауға) рұқсат беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - сәулеттік – жоспарлау тапсырмаларын беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - елді мекендерде сыртқы (көзкөрімдік) жарнаманы орналастыруға рұқсат беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - аудан аумағында жылжымайтын мүлік объектілерінің мекен-жайын анықтау бойынша анықтама беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - мемлекеттік сатып алуды ұйымдастыру және өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - құрылыс жобаларының жүзеге асырылуына бекітілген құрылыстық құжаттамасына сәйкес бақылауды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - жобалық жұмыстар, объектілердің құрылысы мен қайта жаңарту бойынша мемлекеттік сатып алуды өткізу рәсімін ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - ақпараттық-коммуникациялық технологиялар және ақпараттық қауіпсіздікті қамтамасыз ету саласындағы бірыңғай талаптардың, деректерді басқару жөніндегі талаптардың сақталуын қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - бөлімнің міндеттерімен өкілеттіліктерін іске асыру Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Функциялары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - заңдарда белгiленген тәртiппен бекiтiлген аудан аумағының қала құрылысын жоспарлаудың кешендi схемасын (аудандық жоспарлау жобасын), селолық елдi мекендердiң бас жоспарларын iске асыру жөніндегi қызметтi үйлестiру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - мемлекеттік қала құрылысы кадастрының дерекқорына енгізу үшін белгіленген тәртіппен ақпарат және (немесе) мәліметтер беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - объектілерді пайдалануға қабылдау актілерін, сондай-ақ пайдалануға берілетін объектілерді (кешендерді) есепке олардың күтiп ұсталуына (қолданылуына, пайдаланылуына) бақылау жүргiзудi ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - аудандық маңызы бар тұрғын үй қорын, коммуникацияларды, тарих және мәдениет ескерткiштерiн сақтауды</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - елді мекендердің бекітілген бас жоспарларын (аумақтық даму схемаларын) дамыту үшін әзірленетін қала құрылысы жобаларын және іске асыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - аудан аумағында қала құрылысын дамыту схемаларын, сондай-ақ аудандық маңызы бар қалалардың, кенттердің және өзге де ауылдық елді мекендердің бас жоспарларының жобаларын әзірлеуді ұйымдастыру және аудандық мәслихаттың бекітуіне ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - жергілікті бюджет, сондай-ақ жергілікті бюджетнвтік иестициялық жобаны қаржыландыруға бөлінген республикалық бюджет есебінен қаржыландырылатын объектілердің және кешендердің құрылысының жобалау алдындағы және жобалау (жобалау-сметалық) құжаттамаларын қарау және бекіту;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - салынып жатқан (салынуы белгіленген) объектілер мен кешендердің мониторингін сәулет, қала құрылысы және құрылыс істері жөніндегі уәкілетті орган белгілеген тәртіппен жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - ведомстволық бағынысты аумақта құрылыс салуға немесе өзге де қала құрылысын игеруге арналған жер учаскелерін таңдау, беру, заңнамалық актілерде көзделген жағдайларда, мемлекеттік қажеттер үшін алып қою жөнінде шешімдер қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - бұрыннан бар үйлердің үй-жайларын қайта жоспарлау арқылы реконструкциялау туралы шешім қабылдау;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің миссиясы, негізгі мақсаттары, функциялары, құқықтары мен міндеттері</w:t>
-[...94 lines deleted...]
-      3) ауданның елді мекендерінің құрылыстық, көліктік, инженерлік және әлеуметтік инфрақұрылымын кешенді қалыптастыру міндеттерін шешуге бағытталған өкілеттіктерді экология мен қоршаған ортаны қорғау талаптарына сәйкес жүзеге асыру, сәулеттік, тарихи-мәдени мұра және табиғи кешенді сақтау;</w:t>
+        <w:t xml:space="preserve"> 3. Мемлекеттік органның бірінші басшысының мәртебесі, өкілеттіктері</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесіне басшылықты "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесіне жүктелген міндеттердің орындалуына және оның функцияларын жүзеге асыруға дербес жауапты болатын бірінші басшы жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің басшысы лауазымы бойынша аудандардың бас сәулетшісі болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің бірінші басшысын Қазығұрт ауданының әкімі қызметке тағайындайды және қызметтен босатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің бірінші басшысының Қазақстан Республикасының заңнамасына сәйкес қызметке тағайындалатын және қызметтен босатылатын орынбасарлары болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің құзыретіне кіретін мәселелер бойынша "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі атынан басқа құрылымдық бөлімшелерге жіберілетін құжаттарға "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі басшысы, ал ол болмаған жағдайда оны алмастыратын адам қол қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемеcінің бірінші басшысының өкілеттігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - мемлекеттік мекеменің жұмыс жоспарларын бекітеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - мемлекеттік мекеменің атынан әрекет етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - сенімхаттар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - заңнамамен белгіленген тәртіпте мемлекеттік мекеменің қызметкерлерін көтермелейді және оларға тәртіптік жаза береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - өз құзыреті шегінде бұйрықтар шығарады, қызметтік құжаттарға қол қояды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - мемлекеттік мекеменің ішкі еңбек тәртібін бекітеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) Қазақстан Республикасы заңнамасымен қарастырылған тағы басқа функцияларды атқарады. </w:t>
-[...582 lines deleted...]
-    <w:bookmarkStart w:name="z238" w:id="230"/>
+      - мемлекеттік мекемеде Қазақстан Республикасының "Қазақстан Республикасының мемлекеттік қызметі туралы" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сақталуын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - азаматтарды жеке қабылдауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - Қазақстан Республикасының заңнамалық актілерде көзделген өкілеттіктерді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      - сыбайлас жемқорлыққа қарсы заңнаманың орындалуына дербес жауапты болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекеменің бірінші басшысы болмаған кезеңде оның өкілеттіктерін қолданыстағы заңнамаға сәйкес оны алмастыратын тұлға орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің қызметкерлерінің лауазымдық өкілеттіктері Қазақстан Республикасының құрылыс, сәулет және қала құрылысы саласындағы заңнамасында анықталған "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің міндеттері мен функциялары негізінде белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекеменің жұмыс режимі: сағат 9.00 – 19.00, түскі үзіліс сағат 13.00 – 15.00, аптасына бес жұмыс күні, демалыстар: сенбі-жексенбі және мереке күндері.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 3. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің қызметін ұйымдастыру</w:t>
-[...377 lines deleted...]
-    <w:bookmarkStart w:name="z245" w:id="237"/>
+        <w:t xml:space="preserve"> 4. Мемлекеттік органның мүлкі</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің заңнамада көзделген жағдайларда жедел басқару құқығында оқшауланған мүлкі болуы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекеменің мүлкі оған меншік иесі берген мүлік, сондай-ақ өз қызметі нәтижесінде сатып алынған мүлік (ақшалай кірістерді қоса алғанда) және Қазақстан Республикасының заңнамасында тыйым салынбаған өзге де көздер есебінен қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесіне бекітілген мүлік коммуналдық меншікке жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Егер заңнамада өзгеше көзделмесе, "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесі, өзіне бекітілген мүлікті және қаржыландыру жоспары бойынша өзіне бөлінген қаражат есебінен сатып алынған мүлікті өз бетімен иеліктен шығаруға немесе оған өзгедей тәсілмен билік етуге құқығы жоқ.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 4. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесінің мүлкі</w:t>
-[...118 lines deleted...]
-    <w:bookmarkEnd w:id="242"/>
+        <w:t xml:space="preserve"> 5. Мемлекеттік органды қайта ұйымдастыру және тарату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. "Қазығұрт аудандық құрылыс, сәулет және қала құрылысы бөлімі" мемлекеттік мекемесін қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -16793,55 +16991,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>