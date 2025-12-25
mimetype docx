--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d97b2da" w14:textId="d97b2da">
+    <w:p w14:paraId="67a1c39" w14:textId="67a1c39">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -12835,300 +12835,338 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"____"______2024 жылғы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№____қаулысына 7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "Кентау қаласы әкімдігінің "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі туралы ереже 1. Жалпы ережелер</w:t>
+        <w:t xml:space="preserve"> "Кентау қаласы әкімдігінің "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі туралы Ереже</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 7-қосымша жаңа редакцияда- Түркістан облысы Кентау қаласы әкiмдігінiң 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 526</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі) қаулыларымен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Жалпы ережелер</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. "Кентау қаласы әкімдігінің "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі (бұдан әрі - "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі) жұмыспен қамту, әлеуметтік бағдарламалар, арнаулы әлеуметтік қызметтер көрсету саласында басшылықты жүзеге асыратын Қазақстан Республикасының мемлекеттік органы болып табылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесінің ведомствалары бар.</w:t>
-[...17 lines deleted...]
-      1) Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімінің "Әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі.</w:t>
+      2. "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесінің ведомствалары жоқ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының Конституциясына және заңдарына, Қазақстан Республикасының Президенті мен Үкіметінің актілеріне, өзге де нормативтік құқықтық актілерге, сондай-ақ осы ережеге сәйкес жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі, мемлекеттік мекеменің ұйымдық–құқықтық нысанындағы заңды тұлға болып табылады, мемлекеттік тілде өз атауы бар мөрі мен мөртаңбалары, белгіленген үлгідегі бланкілері, сондай-ақ Қазақстан Республикасының заңнамасына сәйкес қазынашылық органдарында шоттары болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі азаматтық–құқықтық қатынастарды өз атынан жасайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" Қазақстан Республикасының заңнамасына сәйкес уәкілеттік берілген жағдайда ол мемлекеттің атынан азаматтық-құқықтық қатынастардың тарапы болуға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі өз құзыретінің мәселелері бойынша заңнамада белгіленген тәртіппен "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі басшысының бұйрықтарымен және Қазақстан Республикасы заңнамасында көзделген басқа да актілермен ресімделетін шешімдер қабылдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесінің құрылымы мен штат санының лимиті Қазақстан Республикасының заңнамасына сәйкес бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Заңды тұлғаның орналасқан жері: 160400, Қазақстан Республикасы, Түркістан облысы, Кентау қаласы, Яссауи даңғылы №85.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3. "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі өз қызметін Қазақстан Республикасының </w:t>
-[...163 lines deleted...]
-      11. "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесінің қызметін қаржыландыру жергілікті бюджеттен жүзеге асырылады.</w:t>
+      10. Осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ереже</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесінің құрылтай құжаты болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесінің қызметін қаржыландыру республикалық, облыстық және жергілікті бюджеттен жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі кәсіпкерлік субъектілерімен "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесінің функциялары болып табылатын міндеттерді орындау тұрғысында шарттық қатынастарға түсуге тыйым салынады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13297,52 +13335,72 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесінің негізгі міндетіне жұмыспен қамту, әлеуметтік жәрдемақыларды тағайындау мен төлеу, әлеуметтік бағдарламаларды жүзеге асыру, арнаулы әлеуметтік қызметтер көрсету жатады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі Қазақстан Республикасының заңдарына, Қазақстан Республикасы Президентінің және Үкіметінің актілеріне, осы Ережеге сәйкес өкілеттіктерді жүзеге асырады.</w:t>
+        <w:t xml:space="preserve">
+      "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесі Қазақстан Республикасының заңдарына, Қазақстан Республикасы Президентінің және Үкіметінің актілеріне, осы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ережеге</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес өкілеттіктерді жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Функциялары:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -13694,187 +13752,207 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20) мемлекеттiң кәмелетке толғандарға қатысты қорғаншылық және қамқоршылық жөніндегі функцияларын жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      21) Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімінің "Әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесіне басшылықты жүзеге асырады.</w:t>
+      21) Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімінің "Әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесіне және Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімінің "Отбасын қолдау орталығы" коммуналдық мемлекеттік мекемесіне басшылықты жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) Қазақстан Республикасының 2023 жылғы 20 сәуірдегі "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының әлеуметтік кодексінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" және "Ардагерлер туралы" 2020 жылғы 6 мамырдағы Қазақстан Республикасы Заңының 10-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 11-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және 13-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) тармақшасында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілген адамдарға әлеуметтік көмек көрсетеді;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      22) Қазақстан Республикасының 2023 жылғы 20 сәуірдегі "Қазақстан Республикасының әлеуметтік </w:t>
-[...117 lines deleted...]
-      23) "Тұрмыстық зорлық-зомбылық профилактикасы туралы" Қазақстан Республикасының Заңына сәйкес көмек көрсету жөніндегі ұйымдарды құрады;</w:t>
+      23) "Тұрмыстық зорлық-зомбылық профилактикасы туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес көмек көрсету жөніндегі ұйымдарды құрады;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24) еңбекші көшіп келушілерге рұқсаттар беру, ұзарту және кері қайтарып алу функцияларын жүзеге асырады.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -14348,51 +14426,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімі" мемлекеттік мекемесінің және оның ведомстваларының қарамағындағы ұйымдардың тізбесі:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімінің "Әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі.</w:t>
+      - Кентау қаласы әкімдігінің "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімінің "Әлеуметтік қызмет көрсету орталығы" коммуналдық мемлекеттік мекемесі".</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14428,51 +14506,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Кентау қаласы әкімдігінің</w:t>
+              <w:t>- Кентау қаласы әкімдігінің "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімінің "Отбасын қолдау орталығы" коммуналдық мемлекеттік мекемесі".Кентау қаласы әкімдігінің "Кентау қалалық жұмыспен қамту және әлеуметтік бағдарламалар бөлімінің "Отбасын қолдау орталығы" коммуналдық мемлекетт Кентау қаласы әкімдігінің</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"___" _______2024 жылғы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -26403,55 +26481,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -26777,31 +26855,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>