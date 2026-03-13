--- v0 (2025-10-03)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3477ad3" w14:textId="3477ad3">
+    <w:p w14:paraId="06bf69a" w14:textId="06bf69a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1789,51 +1789,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19) Қазақстан Республикасының ойын бизнесі, лотереялар және лотерея қызметі туралы заңнамаларының сақталуын мемлекеттік бақылауды жоспардан тыс тексеру, бақылау субъектісіне (объектісіне) бару арқылы профилактикалық бақылау, сондай-ақ бақылау субъектісіне (объектісіне) бармай профилактикалық бақылау нысанында жүзеге асыру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z73" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20) ойын бизнесін ұйымдастырушылардың, лотерея операторының Қазақстан Республикасының ойын бизнесі, лотереялар және лотерея қызметі туралы заңнамаларының, сондай-ақ қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға) және терроризмді қаржыландыруға қарсы іс-қимыл туралы заңнамасының сақталуына бақылауды жүргізу;</w:t>
+      20) ойын бизнесін ұйымдастырушылардың, лотерея операторының Қазақстан Республикасының ойын бизнесі, лотереялар және лотерея қызметі туралы заңнамаларының, сондай-ақ қылмыстық жолмен алынған кірістерді заңдастыруға (жылыстатуға), терроризмді қаржыландыруға және жаппай қырып-жою қаруын таратуды қаржыландыруға қарсы іс-қимыл туралы заңнамасының сақталуына бақылауды жүргізу;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
     <w:bookmarkStart w:name="z74" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21) Қазақстан Республикасының заңнамада белгіленген жағдайларда және тәртіппен әкімшілік құқық бұзушылық туралы хаттамалар жасау, сондай-ақ әкімшілік құқық бұзушылық туралы істерді қарау және әкімшілік жаза қолдану;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z75" w:id="70"/>
     <w:p>
@@ -2178,51 +2178,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Ескерту. 15-тармаққа өзгеріс енгізілді – ҚР Туризм және спорт министрінің 30.07.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 148</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> бұйрығымен.</w:t>
+        <w:t xml:space="preserve">; 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 245</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрықтарымен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z89" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2867,80 +2887,80 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Комитеттің өзіне бекітілген мүлікті және оған қаржыландыру жоспары бойынша берілген қаражат есебінен сатып алынған мүлікті егер заңнамада өзге тәртіп белгіленбесе, дербес иеліктен айыруға немесе оған басқадай жолмен иелік етуге құқығы жоқ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:bookmarkStart w:name="z117" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 5 тарау. Комитетті қайта құру және тарату</w:t>
+        <w:t xml:space="preserve"> 5-тарау. Комитетті қайта құру және тарату</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 5-тарау жаңа редакцияда – ҚР Туризм және спорт министрінің 30.07.2025 </w:t>
+      Ескерту. 5-тарау жаңа редакцияда – ҚР Туризм және спорт министрінің м.а. 15.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 148</w:t>
+        <w:t>№ 245</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z118" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
@@ -2949,124 +2969,122 @@
         <w:t>
       24. Комитетті қайта ұйымдастыру және тарату Қазақстан Республикасының заңнамасына сәйкес жүзеге асырылады.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:bookmarkStart w:name="z123" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Комитеттің қарамағындағы ұйымдардың тізбесі:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z124" w:id="118"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. "Құмар ойындар мониторингі және талдау орталығы" жауапкершілігі шектеулі серіктестігі.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>