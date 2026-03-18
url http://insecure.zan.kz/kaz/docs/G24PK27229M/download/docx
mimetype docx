--- v0 (2025-11-11)
+++ v1 (2026-03-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bb17fea" w14:textId="bb17fea">
+    <w:p w14:paraId="ee3616f" w14:textId="ee3616f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2025 - 2027 жылдарға арналған Луганск ауылдық округінің бюджеті туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Павлодар облысы Павлодар аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 27/229 шешімі.</w:t>
+        <w:t>Павлодар облысы Павлодар аудандық мәслихатының 2024 жылғы 26 желтоқсандағы № 27/229 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту. 01.01.2025 бастап қолданысқа енгізіледі - осы шешімнің 3-тармағымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -209,105 +209,123 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. 2025 - 2027 жылдарға арналған Луганск ауылдық округінің бюджеті тиісінше 1, 2 және 3-қосымшаларына сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 120 518 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 120 519 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 13 497 мың теңге;</w:t>
+      салықтық түсімдер – 13 436 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 107 021 мың теңге;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 61 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 120 896 мың теңге;</w:t>
+      трансферттер түсімі – 106 662 мың теңге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) шығындар – 120 537 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – нөлге тең;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -363,61 +381,61 @@
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Павлодар облысы Павлодар аудандық мәслихатының 30.04.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Павлодар облысы Павлодар аудандық мәслихатының 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 30/261</w:t>
+        <w:t>№ 38/318</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -746,215 +764,217 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(өзгерістермен)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Павлодар облысы Павлодар аудандық мәслихатының 30.04.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Павлодар облысы Павлодар аудандық мәслихатының 28.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 30/261</w:t>
+        <w:t>№ 38/318</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1757"/>
+        <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -977,85 +997,86 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1079,95 +1100,97 @@
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -1177,3104 +1200,3098 @@
               <w:t>
 Атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...95 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-120 518</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120 519</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Салықтық түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-13 497</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13 436</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 01</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 557</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жеке табыс салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5 557</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 04</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Меншiкке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-6 252</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 461</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Мүлiкке салынатын салықтар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 264</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-50</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Көлiк құралдарына салынатын салық</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-5 906</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 127</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Бірыңғай жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
- 32</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+51</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 05</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Тауарларға, жұмыстарға және қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1 688</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...29 lines deleted...]
-1 688</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 418</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-107 021</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...165 lines deleted...]
-107 021</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+61</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...218 lines deleted...]
-        </w:trPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...66 lines deleted...]
-Сомасы (мың теңге)</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
-[...29 lines deleted...]
-Кіші функция</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
-[...30 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Трансферттердің түсімдері </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 662</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -4293,6478 +4310,7007 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бағдарлама</w:t>
-            </w:r>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 662</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...158 lines deleted...]
-            </w:r>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...7 lines deleted...]
-          <w:p/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+106 662</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...209 lines deleted...]
-6</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Функционалдық топ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сомасы (мың теңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...195 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Кіші функция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджеттік бағдарламалардың әкімшісі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бағдарлама</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...199 lines deleted...]
-          </w:p>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-36 907</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-378</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2. Шығындар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+120 537</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-31 167</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67 256</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-19 016</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67 256</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-5 013</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+67 256</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-5 013</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+001</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37 290</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-5 013</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+022</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік органның күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+378</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-14 003</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+032</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ведомстволық бағыныстағы мемлекеттік мекемелер мен ұйымдардың күрделі шығыстары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29 588</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-14 003</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+07</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тұрғын үй-коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19 112</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-10 829</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммуналдық шаруашылық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-1 393</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
- 58</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+014</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді сумен жабдықтауды ұйымдастыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6 233</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-1 723</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді-мекендерді көркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-30 077</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12 879</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-30 077</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+008</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердегі көшелерді жарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9 788</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-30 077</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+009</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендердің санитариясын қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 393</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-30 077</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+011</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 698</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-3 351</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+08</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет, спорт, туризм және ақпараттық кеңістiк</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 077</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...129 lines deleted...]
-3 351</w:t>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мәдениет саласындағы қызмет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 077</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...63 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 124</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...29 lines deleted...]
-3 351</w:t>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 077</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...197 lines deleted...]
-3 351</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+006</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жергілікті деңгейде мәдени-демалыс жұмысын қолдау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30 077</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көлiк және коммуникация</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
-0</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Автомобиль көлiгi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...193 lines deleted...]
--378</w:t>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 092</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
-[...127 lines deleted...]
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+013</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 092</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3. Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профицитi)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-378</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>