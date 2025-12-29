--- v0 (2025-11-12)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="950e7e7" w14:textId="950e7e7">
+    <w:p w14:paraId="3b2a3b9" w14:textId="3b2a3b9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,51 +76,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>2025-2027 жылдарға арналған Май ауданының Майтүбек ауылының бюджеті туралы</w:t>
+        <w:t>2025 - 2027 жылдарға арналған Май ауданының Майтүбек ауылының бюджеті туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Павлодар облысы Май аудандық мәслихатының 2024 жылғы 30 желтоқсандағы № 6/24 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -190,160 +190,160 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1)-тармақшасына сәйкес, Май аудандық мәслихаты ШЕШІМ ҚАБЫЛДАДЫ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. "2025-2027 жылдарға арналған Май ауданының Майтүбек ауылының бюджеті туралы" бюджеті тиісінше 1, 2 және 3 қосымшаларға сәйкес, соның ішінде 2025 жылға арналған келесі көлемдерде бекітілсін:</w:t>
+      1. 2025 - 2027 жылдарға арналған Майтүбек ауылының бюджеті тиісінше 1, 2 және 3-қосымшаларға сәйкес, соның ішінде 2025 жылға арналған келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 49 063 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 42511 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 3 250 мың теңге;</w:t>
+      салықтық түсімдер – 4051 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – нөлге тең;</w:t>
+      салықтық емес түсімдер – 596 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       негiзгi капиталды сатудан түсетiн түсiмдер – нөлге тең;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 45 813 мың теңге;</w:t>
+      трансферттер түсімі – 37864 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 49 063 мың теңге;</w:t>
+      2) шығындар – 42575 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – нөлге тең, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -389,69 +389,131 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – нөлге тең;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – нөлге тең;</w:t>
+      5) бюджет тапшылығы (профициті) – -64 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – нөлге тең.</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 64 мың теңге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Павлодар облысы Май аудандық мәслихатының 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5/32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. "Майтүбек ауылының бюджеті туралы" бюджеттен берілетін 2025 жылға арналған субвенция көлемі 23011 мың теңге сомасында ескерілсін.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z4" w:id="3"/>
     <w:p>
       <w:pPr>
@@ -746,51 +808,101 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2025 жылға арналған Майтүбек ауылының бюджеті </w:t>
+        <w:t xml:space="preserve"> 2025 жылға арналған Майтүбек ауылының бюджеті</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>(өзгерістермен)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 1-қосымша жаңа редакцияда - Павлодар облысы Май аудандық мәслихатының 20.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 5/32</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -807,52 +919,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Санаты </w:t>
+              <w:t>
+Санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -882,51 +994,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Сомасы (мыңтеңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1086,52 +1198,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Кіші сыныбы </w:t>
+              <w:t>
+Кіші сыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -1434,88 +1546,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-1. Кірістер </w:t>
+              <w:t>
+1. Кірістер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49063</w:t>
+42511</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1648,51 +1760,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3250</w:t>
+4051</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1825,51 +1937,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-875</w:t>
+1122</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2002,51 +2114,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-875</w:t>
+1122</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2142,88 +2254,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Меншікке салынатын салықтар </w:t>
+              <w:t>
+Меншікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1554</w:t>
+1954</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2319,88 +2431,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Мүлікке салынатын салықтар </w:t>
+              <w:t>
+Мүлікке салынатын салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-42</w:t>
+32</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2496,88 +2608,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Жер салығы </w:t>
+              <w:t>
+Жер салығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-56</w:t>
+244</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2710,51 +2822,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1375</w:t>
+1257</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2887,51 +2999,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-81</w:t>
+421</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3028,87 +3140,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарға және қызметтерге салынатын ішкі салықтар</w:t>
+Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-821</w:t>
+975</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3241,92 +3353,92 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-821</w:t>
+975</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3382,87 +3494,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердiң түсімдерi</w:t>
+Салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45813</w:t>
+596</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3491,51 +3603,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-02</w:t>
+06</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3559,87 +3671,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+Басқа да салықтық емес түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45813</w:t>
+596</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3700,123 +3812,831 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Басқа да салықтық емес түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+596</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Негiзгi капиталды сатудан түсетiн түсiмдер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердiң түсімдерi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37864</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік басқарудың жоғары тұрған органдарынан түсетін трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+37864</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-45813</w:t>
+37864</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -4139,51 +4959,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+Бюджеттік бағдарламалардыңәкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -4754,51 +5574,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-49063</w:t>
+42575</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4926,88 +5746,88 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-23317</w:t>
+              <w:t>
+Жалпы сипаттағы мемлекеттiк көрсетілетін қызметтер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24683</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5172,51 +5992,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23317</w:t>
+24683</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5381,51 +6201,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23317</w:t>
+24683</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5590,51 +6410,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23317</w:t>
+24333</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6008,51 +6828,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24556</w:t>
+16550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6217,51 +7037,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24556</w:t>
+16550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6426,51 +7246,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24556</w:t>
+16550</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6844,51 +7664,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-620</w:t>
+581</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7053,51 +7873,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21526</w:t>
+13559</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7262,51 +8082,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-840</w:t>
+1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7471,51 +8291,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-840</w:t>
+1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7680,51 +8500,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-840</w:t>
+1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7889,256 +8709,260 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-840</w:t>
+1340</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...172 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8158,192 +8982,196 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...140 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8395,160 +9223,164 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...108 lines deleted...]
-0</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+124</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің аппараты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8632,50 +9464,874 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+048</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Пайдаланылмаған (толық пайдаланылмаған) нысаналы трансферттерді қайтару</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.Таза бюджеттік кредиттеу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4. Қаржы активтері мен операциялар бойынша сальдо </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5. Бюджет тапшылығы (профициті)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -8709,56 +10365,901 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
-            </w:r>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының пайдаланылатын қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+01</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражаты қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бюджет қаражатының бос қалдықтары</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24588,55 +27089,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>