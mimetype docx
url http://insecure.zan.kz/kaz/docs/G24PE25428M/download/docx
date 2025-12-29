--- v0 (2025-11-11)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="79891be" w14:textId="79891be">
+    <w:p w14:paraId="bbf45ce" w14:textId="bbf45ce">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2025 - 2027 жылдарға арналған Майқайың кентінің бюджеті туралы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Павлодар облысы Баянауыл аудандық мәслихатының 2024 жылғы 30 желтоқсандағы № 254/28 шешімі.</w:t>
+        <w:t>Павлодар облысы Баянауыл аудандық мәслихатының 2024 жылғы 30 желтоқсандағы № 254/28 шешімі</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ескерту. 01.01.2025 бастап қолданысқа енгізіледі - осы шешімнің 2-тармағымен.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z1" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -209,141 +209,141 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. 2025 - 2027 жылдарға арналған Майқайың кентінің бюджеті тиісінше 1, 2, 3 – қосымшаларға сәйкес, соның ішінде 2025 жылға келесі көлемдерде бекітілсін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) кірістер – 461184,6 мың теңге, соның ішінде:</w:t>
+      1) кірістер – 466866,0 мың теңге, соның ішінде:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық түсімдер – 169686 мың теңге;</w:t>
+      салықтық түсімдер – 173211,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      салықтық емес түсімдер – 1305 мың теңге;</w:t>
+      салықтық емес түсімдер – 2166,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      негізгі капиталды сатудан түсетін түсімдер – нөлге тең;</w:t>
+      негізгі капиталды сатудан түсетін түсімдер – 1296,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      трансферттер түсімі – 290193 мың теңге;</w:t>
+      трансферттер түсімі – 290193,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) шығындар – 559881 мың теңге;</w:t>
+      2) шығындар – 565563,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) таза бюджеттік кредиттеу – нөлге тең;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -353,107 +353,107 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) қаржы активтерімен операциялар бойынша сальдо – нөлге тең;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) бюджет тапшылығы (профициті) – - 98697 мың теңге;</w:t>
+      5) бюджет тапшылығы (профициті) – - 98697,0 мың теңге;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 98697 мың теңге.</w:t>
+      6) бюджет тапшылығын қаржыландыру (профицитін пайдалану) – 98697,0 мың теңге.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Павлодар облысы Баянауыл аудандық мәслихатының 17.04.2025 </w:t>
+        <w:t xml:space="preserve">      Ескерту. 1-тармақ жаңа редакцияда - Павлодар облысы Баянауыл аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 291/32</w:t>
+        <w:t>№ 373/40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
@@ -762,61 +762,61 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(өзгерістермен)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Ескерту. 1-қосымша жаңа редакцияда - Павлодар облысы Баянауыл аудандық мәслихатының 17.04.2025 </w:t>
+      Ескерту. 1-қосымша жаңа редакцияда - Павлодар облысы Баянауыл аудандық мәслихатының 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 291/32</w:t>
+        <w:t>№ 373/40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (01.01.2025 бастап қолданысқа енгізіледі) шешімімен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
@@ -881,51 +881,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сомасы (мың теңге)</w:t>
+Сомасы (мыңтеңге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -1057,51 +1057,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Кіші сыныбы</w:t>
+Кішісыныбы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -1540,51 +1540,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-461184,0</w:t>
+466866,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1717,51 +1717,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-169686,0</w:t>
+173211,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1858,87 +1858,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табыс салығы </w:t>
+Табыссалығы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60000,0</w:t>
+61846,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2035,87 +2035,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жеке табыс салығы</w:t>
+Жеке табыссалығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-60000,0</w:t>
+61846,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2212,87 +2212,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Меншiкке салынатын салықтар</w:t>
+Меншiккесалынатынсалықтар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-44416,0</w:t>
+46095,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2389,87 +2389,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мүлiкке салынатын салықтар </w:t>
+Мүлiккесалынатынсалықтар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-337,0</w:t>
+192,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2566,87 +2566,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жер салығы</w:t>
+Жерсалығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3784,0</w:t>
+1773,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2743,87 +2743,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Көлiк құралдарына салынатын салық </w:t>
+Көлiкқұралдарынасалынатынсалық </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-40149,0</w:t>
+44023,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2920,87 +2920,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
- Бірыңғай жер салығы</w:t>
+ Бірыңғайжерсалығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-146,0</w:t>
+107,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3097,51 +3097,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Тауарларға, жұмыстарға және көрсетілетін қызметтерге салынатын iшкi салықтар </w:t>
+Тауарларға, жұмыстарға жәнекөрсетілетін қызметтергесалынатынiшкiсалықтар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3274,51 +3274,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Табиғи және басқа да ресурстарды пайдаланғаны үшiн түсетiн түсiмдер</w:t>
+Табиғи жәнебасқа да ресурстардыпайдаланғаныүшiнтүсетiн түсiмдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3487,51 +3487,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1305,0</w:t>
+2166,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3664,51 +3664,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1305,0</w:t>
+1440,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3841,125 +3841,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1305,0</w:t>
+1440,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+06</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -3982,129 +3982,125 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Негізгі капиталды сатудан түсетін түсімдер</w:t>
+Басқа да салықтық емес түсiмдер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-0</w:t>
+726,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4118,202 +4114,206 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Трансферттердің түсімдері</w:t>
+Басқа да салықтық емес түсiмдер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-290193,0</w:t>
+726,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -4336,87 +4336,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+Негізгі капиталды сатудан түсетін түсімдер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-290193,0</w:t>
+1296,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -4436,128 +4436,1013 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+03</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жердi және материалдық емес активтердi сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1296,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1287,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Материалдық емес активтерді сату</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Трансферттердің түсімдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+290193,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+02</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттiк басқарудың жоғары тұрған органдарынан түсетiн трансферттер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+290193,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандардың (облыстық маңызы бар қаланың) бюджетінен трансферттер</w:t>
+Аудандардың (облыстық маңызы бар қаланың) бюджетінентрансферттер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4816,51 +5701,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бюджеттік бағдарламалардың әкімшісі</w:t>
+Бюджеттікбағдарламалардыңәкімшісі</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5163,52 +6048,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Сомасы </w:t>
+              <w:t>
+Сомасы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -5696,51 +6581,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-559881,0</w:t>
+565563,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5868,52 +6753,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Жалпы сипаттағы мемлекеттiк қызметтер </w:t>
+              <w:t>
+Жалпысипаттағымемлекеттiкқызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6078,51 +6963,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттiк басқарудың жалпы функцияларын орындайтын өкiлдi, атқарушы және басқа органдар</w:t>
+Мемлекеттiкбасқарудыңжалпыфункцияларынорындайтынөкiлдi, атқарушыжәнебасқаоргандар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6496,51 +7381,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімінің қызметін қамтамасыз ету жөніндегі қызметтер</w:t>
+Аудандық маңызы бар қала, ауыл, кент, ауылдық округ әкімініңқызметінқамтамасызетужөніндегіқызметтер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6705,51 +7590,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мемлекеттік органның күрделі шығыстары</w:t>
+Мемлекеттікорганныңкүрделішығыстары</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6950,51 +7835,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-293825,0</w:t>
+299507,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7123,87 +8008,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді-мекендерді көркейту</w:t>
-[...35 lines deleted...]
-293825,0</w:t>
+Елді-мекендердікөркейту</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+299507,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7368,51 +8253,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-293825,0</w:t>
+299507,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7541,87 +8426,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердегі көшелерді жарықтандыру</w:t>
-[...35 lines deleted...]
-29834,0</w:t>
+Елдімекендердегікөшелердіжарықтандыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+30516,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7750,87 +8635,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендердің санитариясын қамтамасыз ету</w:t>
-[...35 lines deleted...]
-4032,0</w:t>
+Елдімекендердіңсанитариясынқамтамасызету</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9032,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7959,51 +8844,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Елді мекендерді абаттандыру мен көгалдандыру</w:t>
+Елдімекендердіабаттандыру мен көгалдандыру</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8413,51 +9298,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-172589,0</w:t>
+173153,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8795,51 +9680,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергілікті деңгейде мәдени-демалыс жұмыстарын қолдау</w:t>
+Жергіліктідеңгейдемәдени-демалысжұмыстарын қолдау</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9422,51 +10307,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Жергілікті деңгейде дене шынықтыру-сауықтыру және спорттық іс-шараларды өткізу</w:t>
+Жергіліктідеңгейдеденешынықтыру-сауықтыружәнеспорттықіс-шаралардыөткізу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10258,51 +11143,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдық округтерде автомобиль жолдарының жұмыс істеуін қамтамасыз ету</w:t>
+Аудандық маңызы бар қалаларда, ауылдарда, кенттерде, ауылдықокругтерде автомобиль жолдарыныңжұмысістеуінқамтамасызету</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11299,51 +12184,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3. Таза бюджеттік кредиттеу</w:t>
+3. Таза бюджеттіккредиттеу</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11504,51 +12389,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4. Қаржы активтерімен операциялар бойынша сальдо</w:t>
+4. Қаржыактивтеріменоперацияларбойынша сальдо</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11914,51 +12799,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6. Бюджет тапшылығын қаржыландыру (профицитін пайдалану)</w:t>
+6. Бюджет тапшылығынқаржыландыру (профицитінпайдалану)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -32580,55 +33465,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -32954,31 +33839,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>